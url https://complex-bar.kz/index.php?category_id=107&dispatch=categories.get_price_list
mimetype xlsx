--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -76,51 +76,51 @@
   <si>
     <t>Крышка для контейнера для подачи для 9113CW;поликарбонат;,H=65,L=230,B=280мм;прозр.</t>
   </si>
   <si>
     <t>04011524</t>
   </si>
   <si>
     <t>911CWC135</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>Camwear</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>Крышки для контейнеров для подачи</t>
   </si>
   <si>
     <t>23855.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для подачи «XL» 85089;пластик;,H=20,L=215,B=215мм;белый</t>
   </si>
   <si>
     <t>04011546</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Serving Box XL</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>9702.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для подачи для EPP4060T300;полипроп.;черный</t>
   </si>