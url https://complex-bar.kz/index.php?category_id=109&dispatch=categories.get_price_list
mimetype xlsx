--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,108 +73,108 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста арт.4011474, 4011475;полипроп.;,L=60,5,B=40см;белый</t>
   </si>
   <si>
     <t>04011476</t>
   </si>
   <si>
     <t>ACOPER</t>
   </si>
   <si>
     <t>Zio Pepe</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Крышки для контейнеров для теста</t>
   </si>
   <si>
     <t>21491.00₸</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста арт.510111, 510112;полипроп.;,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04011479</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>19928.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста 510501, 510505;полипроп.;,L=53,B=41см;белый</t>
   </si>
   <si>
     <t>04011838</t>
   </si>
   <si>
     <t>20652.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;белый</t>
   </si>
   <si>
     <t>04013993</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>5236.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;голуб.</t>
   </si>
   <si>
     <t>04013994</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста 510531,510532;полиэтилен;D=48,H=3см;белый</t>
   </si>
   <si>
     <t>04014344</t>
   </si>
   <si>
     <t>18427.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста д/лотков;поликарбонат;,H=30,L=660,B=465мм;белый</t>
   </si>
   <si>
     <t>09100707</t>
   </si>
   <si>
     <t>DBC1826CW148</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>