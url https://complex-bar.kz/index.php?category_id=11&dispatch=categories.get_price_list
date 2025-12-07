--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="800">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="777">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,2292 +119,2223 @@
   <si>
     <t>9702.00₸</t>
   </si>
   <si>
     <t>Риммер «Пробар» трехступенчатый;пластик;D=157,H=70мм;черный</t>
   </si>
   <si>
     <t>02120205</t>
   </si>
   <si>
     <t>JW-BSS/JD-BSS</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Риммеры</t>
   </si>
   <si>
     <t>7546.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Риммер трехступенчатый;пластик;D=155,H=72мм;черный</t>
+  </si>
+  <si>
+    <t>02120207</t>
+  </si>
+  <si>
+    <t>44101-03</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>16933.00₸</t>
+  </si>
+  <si>
+    <t>Спонж для риммера «Пробар»;пластик;D=145,H=10мм;серый</t>
+  </si>
+  <si>
+    <t>02120208</t>
+  </si>
+  <si>
+    <t>JW-BSS-SP</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Риммер трехступенчатый;абс-пластик;D=200,H=75мм;черный</t>
+  </si>
+  <si>
+    <t>02120210</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>8132.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Флаг России»[40шт];пластик;,L=22см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010102</t>
+  </si>
+  <si>
+    <t>Ims</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей</t>
+  </si>
+  <si>
+    <t>9518.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Ассорти с ложечкой»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010104</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Афродита с ложечкой»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010204</t>
+  </si>
+  <si>
+    <t>4105.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Афродита»[100шт];пластик;,L=16см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010207</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>3319.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Афродита»[100шт];полистирол;,L=15см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010208</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Ложка»[35шт];полистирол;,L=25см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010301</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Жираф»[100шт];полистирол;,L=14см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010803</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Пальма»[100шт];полистирол;,L=18см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010904</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Пальма»[50шт];пластик;,L=20,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010906</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Тропикана»[100шт];полистирол;,L=23,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010907</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Кораблик» с вилочкой[100шт];пластик;,L=15,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06011001</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Весло»[50шт];полистирол;,L=19,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06011101</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Весло»[50шт];полистирол;,L=19,5см;прозр.</t>
+  </si>
+  <si>
+    <t>06011102</t>
+  </si>
+  <si>
+    <t>817.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Наутилус»[100шт];полистирол;,L=17,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06011202</t>
+  </si>
+  <si>
+    <t>2272.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Сердечко с ложечкой»[50шт];пластик;,L=19см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06011601</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Сердечко»[100шт];полистирол;,L=18см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06011605</t>
+  </si>
+  <si>
+    <t>2888.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Шарик»[100шт];полистирол;,L=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>06011909</t>
+  </si>
+  <si>
+    <t>3258.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Бамбук»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06012101</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Морской коктейль»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06012201</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Морской коктейль» с вилочкой[100шт];пластик;,L=18,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06012202</t>
+  </si>
+  <si>
+    <t>4120.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Мешалки для коктейлей «Шарик»[500шт];пластик;,L=16см;черный</t>
+  </si>
+  <si>
+    <t>06012804</t>
+  </si>
+  <si>
+    <t>18827.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Солар» на шпажках в форме фламинго;сталь нерж.;,L=112,B=16мм;медный</t>
+  </si>
+  <si>
+    <t>06013002</t>
+  </si>
+  <si>
+    <t>MCP007/c</t>
+  </si>
+  <si>
+    <t>Probar Premium</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей</t>
+  </si>
+  <si>
+    <t>1127.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пьюр» на шпажках в форме фламинго;сталь нерж.;,L=112,B=16мм;золотой</t>
+  </si>
+  <si>
+    <t>06013003</t>
+  </si>
+  <si>
+    <t>MCP007/g</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Риммер трехступенчатый;пластик;D=155,H=72мм;черный</t>
-[...14 lines deleted...]
-    <t>16933.00₸</t>
+    <t>Украшения для коктейлей «Оникс» на шпажках в форме фламинго;сталь нерж.;,L=112,B=16мм;черный</t>
+  </si>
+  <si>
+    <t>06013004</t>
+  </si>
+  <si>
+    <t>MCP007/b</t>
+  </si>
+  <si>
+    <t>Onix</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Цветок на палочке»[50шт];фольга,дерево;,H=40,L=235/110,B=120мм;разноцветн.,</t>
+  </si>
+  <si>
+    <t>06020101</t>
+  </si>
+  <si>
+    <t>3116.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Клоун» на шпажках[144шт];бумага,дерево;,H=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06020303</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Фрукты»[50шт];дерево;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06020405</t>
+  </si>
+  <si>
+    <t>4821.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Зонтик» на шпажках[100шт];бумага,дерево;,H=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06020602</t>
+  </si>
+  <si>
+    <t>3088.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пальма на палочке»[50шт];бумага,дерево;,H=20,L=270/255,B=70мм;разноцветн.,б</t>
+  </si>
+  <si>
+    <t>06021001</t>
+  </si>
+  <si>
+    <t>3752.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=19см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021002</t>
+  </si>
+  <si>
+    <t>2834.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=15,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021010</t>
+  </si>
+  <si>
+    <t>3265.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пальма ассорти на палочке» L=22cм ;фольга,дерево;,H=205,L=120,B=40мм;разноц</t>
+  </si>
+  <si>
+    <t>06021011</t>
+  </si>
+  <si>
+    <t>2388.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Ветряные мельницы» на шпажках[100шт];фольга,дерево;,H=75мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021103</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Попугай» на шпажках[100шт];бумага,дерево;,L=18см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06022003</t>
+  </si>
+  <si>
+    <t>7000.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Ягодки»[144шт];дерево;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06022301</t>
+  </si>
+  <si>
+    <t>5945.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей[200шт];пластик;,H=61,L=250,B=80мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06023402</t>
+  </si>
+  <si>
+    <t>3858.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=5,L=125мм;черный</t>
+  </si>
+  <si>
+    <t>06030101</t>
+  </si>
+  <si>
+    <t>Техпак</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Трубочка-мешалка[100шт];полипроп.;D=6,L=205,B=20мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030102</t>
+  </si>
+  <si>
+    <t>1664.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030103</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки  со сгибом декоративные[50шт];полипроп.;D=6,L=275мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030104</t>
+  </si>
+  <si>
+    <t>2796.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[100шт];полипроп.;D=8,L=250мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030105</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=6,L=500мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030106</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом флюарисцентные[1000шт];полипроп.;D=5,L=210мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030108</t>
+  </si>
+  <si>
+    <t>2195.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом неоновые[250шт];полипроп.;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030109</t>
+  </si>
+  <si>
+    <t>1163.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>06030110</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;синий</t>
+  </si>
+  <si>
+    <t>06030111</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=8,L=250мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030112</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[250шт];полипроп.;D=5,L=240мм;серебрян.</t>
+  </si>
+  <si>
+    <t>06030113</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030115</t>
+  </si>
+  <si>
+    <t>06030117</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;зелен.</t>
+  </si>
+  <si>
+    <t>06030118</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;серебрист.</t>
+  </si>
+  <si>
+    <t>06030119</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки-мешалки со сгибом[50шт];полипроп.;D=7,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030121</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030122</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];пластик;D=8,H=320,L=255,B=40мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030123</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=5,L=125мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030125</t>
+  </si>
+  <si>
+    <t>mix 100</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом неоновые[100шт];пластик;D=8,L=270мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030126</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом в индивидуальной упаковке[250шт];полипроп.;D=5,L=210мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030127</t>
+  </si>
+  <si>
+    <t>1317.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;черный</t>
+  </si>
+  <si>
+    <t>06030128</t>
+  </si>
+  <si>
+    <t>Трубочки-мешалки без сгиба «Лопата»[50шт];полипроп.;D=5,L=220мм;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>06030129</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[400шт];полипроп.;D=5,L=125мм;черный</t>
+  </si>
+  <si>
+    <t>06030131</t>
+  </si>
+  <si>
+    <t>1933.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без изгиба L=14,5см[240шт];пластик;D=8,L=145мм;черный</t>
+  </si>
+  <si>
+    <t>06030135</t>
+  </si>
+  <si>
+    <t>1116.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без изгиба L=14,5см[240шт];D=8,H=280,L=145,B=80мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>06030136</t>
+  </si>
+  <si>
+    <t>1052.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом декоративные[50шт];пластик;D=7,L=270мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030137</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>06030141</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=6,L=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030142</t>
+  </si>
+  <si>
+    <t>7084.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом флюарисцентные[1000шт];полипроп.;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030144</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>06030147</t>
+  </si>
+  <si>
+    <t>7254.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[1000шт];полипроп.;D=7,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>06030148</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>06030149</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом L=24см[120шт];D=5,H=240,L=240,B=60мм;синий,красный</t>
+  </si>
+  <si>
+    <t>06030151</t>
+  </si>
+  <si>
+    <t>933.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом L=24см[120шт];D=5,H=240,L=60,B=60мм;зелен.,желт.</t>
+  </si>
+  <si>
+    <t>06030152</t>
+  </si>
+  <si>
+    <t>992.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[120шт];полипроп.;D=5,L=240мм;зелен.,оранжев.</t>
+  </si>
+  <si>
+    <t>06030153</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[120шт];полипроп.;D=5,L=240мм;желт.,оранжев.</t>
+  </si>
+  <si>
+    <t>06030154</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[500шт];полипроп.;D=6,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030155</t>
+  </si>
+  <si>
+    <t>ассорти</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба в инд.упаковке[800шт];полипроп.;D=3,L=210мм;белый</t>
+  </si>
+  <si>
+    <t>06030156</t>
+  </si>
+  <si>
+    <t>6045.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[1000шт];полипроп.;D=3,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030158</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[1000шт];полипроп.;D=3,L=240мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030159</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[100шт];полипроп.;D=8,L=250мм;черный</t>
+  </si>
+  <si>
+    <t>06030160</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[150шт];полипроп.;D=7,L=250мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030161</t>
+  </si>
+  <si>
+    <t>7277.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Фло»[250шт];D=5,L=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030162</t>
+  </si>
+  <si>
+    <t>043561</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Flo</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2420.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=5,L=125мм;белый</t>
+  </si>
+  <si>
+    <t>06030168</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;белый</t>
+  </si>
+  <si>
+    <t>06030169</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[250шт];полипроп.;D=7,L=240мм;белый</t>
+  </si>
+  <si>
+    <t>06030170</t>
+  </si>
+  <si>
+    <t>655.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[250шт];полипроп.;D=8,L=240мм;желт.</t>
+  </si>
+  <si>
+    <t>06030171</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[1000шт];полипроп.;D=3,L=210мм;белый</t>
+  </si>
+  <si>
+    <t>06030173</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[20шт];полипроп.;D=0,6,L=100см;красный</t>
+  </si>
+  <si>
+    <t>06030174</t>
+  </si>
+  <si>
+    <t>532.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[20шт];полипроп.;D=6,L=700мм;красный</t>
+  </si>
+  <si>
+    <t>06030177</t>
+  </si>
+  <si>
+    <t>570.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба[500шт];полипроп.;D=8,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030178</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[250шт];полипроп.;D=8,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030179</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[25шт];бумага;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030180</t>
+  </si>
+  <si>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];бумага;D=6,L=200мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>06030181</t>
+  </si>
+  <si>
+    <t>6692.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки многоразовые без сгиба (4 шт.) с ершиком для мытья[5шт];стекло;D=9,L=230мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030182</t>
+  </si>
+  <si>
+    <t>B0816777</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>8324.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[6шт];стекло;D=9,L=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030183</t>
+  </si>
+  <si>
+    <t>B0816777C</t>
+  </si>
+  <si>
+    <t>7054.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки многоразовые без сгиба (4 шт.) с ершиком для мытья[5шт];стекло;D=12,L=230мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030184</t>
+  </si>
+  <si>
+    <t>B0816778</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[200шт];полипроп.;D=12,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030185</t>
+  </si>
+  <si>
+    <t>5406.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба[250шт];полипроп.;D=8,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030186</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[250шт];полипроп.;D=9,L=21см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030187</t>
+  </si>
+  <si>
+    <t>06030188</t>
+  </si>
+  <si>
+    <t>501.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба[100шт];бумага;D=6,L=200мм;черный,белый</t>
+  </si>
+  <si>
+    <t>06030190</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба[100шт];бумага;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030191</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[500шт];бумага;D=7,L=150мм;черный</t>
+  </si>
+  <si>
+    <t>06030192</t>
+  </si>
+  <si>
+    <t>20675.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];бумага;D=6,L=200мм;белый</t>
+  </si>
+  <si>
+    <t>06030193</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба в индивидуальной упаковке[100шт];бумага;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030194</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Звездочки» без сгиба[100шт];бумага;D=6,L=200мм;белый,золотой</t>
+  </si>
+  <si>
+    <t>06030195</t>
+  </si>
+  <si>
+    <t>Трубочки «Сердечки» без сгиба[100шт];бумага;D=6,L=200мм;белый,красный</t>
+  </si>
+  <si>
+    <t>06030196</t>
+  </si>
+  <si>
+    <t>Трубочки «Зигзаг» без сгиба[100шт];бумага;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030197</t>
+  </si>
+  <si>
+    <t>Трубочки «Зигзаг» без сгиба[100шт];бумага;D=6,L=200мм;белый,черный</t>
+  </si>
+  <si>
+    <t>06030198</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];бумага;D=8,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>06030199</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки-мешалки без сгиба[500шт];полипроп.;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030201</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Спираль» без сгиба[100шт];бумага;D=8,L=210мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030202</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом «Фрукты»[100шт];полипроп.,бумага;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030203</t>
+  </si>
+  <si>
+    <t>6969.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба в индивидуальной упаковке[250шт];полипроп.;D=5,L=210мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030207</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Строс» без сгиба[50шт];стекло;D=12,L=240мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030301</t>
+  </si>
+  <si>
+    <t>straws 50</t>
+  </si>
+  <si>
+    <t>Jakobsen Design</t>
+  </si>
+  <si>
+    <t>Straws</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>52191.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки многоразовые со сгибом (6 шт.) с ершиком для мытья[7шт];стекло;D=1,L=23см;прозр.</t>
+  </si>
+  <si>
+    <t>06030401</t>
+  </si>
+  <si>
+    <t>8386.00₸</t>
+  </si>
+  <si>
+    <t>Трубочка «Солар» многоразовая;сталь нерж.;D=6,L=215мм;медный</t>
+  </si>
+  <si>
+    <t>06030402</t>
+  </si>
+  <si>
+    <t>MSL001C</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>Трубочка изогнутая;стекло;D=1,L=23см</t>
+  </si>
+  <si>
+    <t>06030403</t>
+  </si>
+  <si>
+    <t>Трубочки «EcoPack»[400шт];кук. крах.;D=6,H=240мм;белый</t>
+  </si>
+  <si>
+    <t>06030407</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «EcoPack»[400шт];кук. крах.;D=6,H=240мм;черный</t>
+  </si>
+  <si>
+    <t>06030408</t>
+  </si>
+  <si>
+    <t>Трубочки «EcoPack»[200шт];кук. крах.;D=6,H=240мм;белый</t>
+  </si>
+  <si>
+    <t>06030409</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки «EcoPack»[200шт];кук. крах.;D=6,L=240мм;черный</t>
+  </si>
+  <si>
+    <t>06030410</t>
+  </si>
+  <si>
+    <t>Трубочки-мешалки без сгиба[100шт];полипроп.;D=6,L=200мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030411</t>
+  </si>
+  <si>
+    <t>1356.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки  с фруктами[50шт];полипроп.,бумага;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06040301</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом «Пальма»[50шт];полипроп.,фольга;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06040403</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки «Ветерок» со сгибом[30шт];полипроп.,фольга;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06040503</t>
+  </si>
+  <si>
+    <t>2719.00₸</t>
+  </si>
+  <si>
+    <t>Вилочка коктейльная[144шт];пластик;,L=110,B=25мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050100</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Вилочка коктейльная «Кегли»[250шт];пластик;,L=11,B=5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050101</t>
+  </si>
+  <si>
+    <t>Вилочка коктейльная «Афродита» L=8,5см[200шт];пластик;,H=16,L=9,B=3см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050104</t>
+  </si>
+  <si>
+    <t>2480.00₸</t>
+  </si>
+  <si>
+    <t>Вилочки коктейльные «Рыбки»[200шт];пластик;,L=10см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050106</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Вилочки коктейльные[400шт];полистирол;,L=11см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050107</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Вилочки коктейльные «Зоопарк»[400шт];полистирол;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050108</t>
+  </si>
+  <si>
+    <t>2849.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Вилочки коктейльные «Трезубец»[120шт];пластик;,L=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050109</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Вилочки коктейльные «Трезубец»[40шт];пластик;,L=10см;черный</t>
+  </si>
+  <si>
+    <t>06050110</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Ладошка»[120шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050202</t>
+  </si>
+  <si>
+    <t>3820.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Шпага»[300шт];пластик;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050204</t>
+  </si>
+  <si>
+    <t>2549.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Шпага»[500шт];пластик;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050205</t>
+  </si>
+  <si>
+    <t>4112.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Краб»[120шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050206</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Сердечко»[250шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050208</t>
+  </si>
+  <si>
+    <t>3281.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Узелок»[250шт];бамбук;,L=6см;бежев.</t>
+  </si>
+  <si>
+    <t>06050210</t>
+  </si>
+  <si>
+    <t>7331.00₸</t>
+  </si>
+  <si>
+    <t>Сердечки для канапе[200шт];,H=95мм</t>
+  </si>
+  <si>
+    <t>06050214</t>
+  </si>
+  <si>
+    <t>3499.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Сердечко»[500шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050215</t>
+  </si>
+  <si>
+    <t>3833.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Елочки для канапе»[1000шт];дерево,пластик;бежев.,прозр.</t>
+  </si>
+  <si>
+    <t>06050216</t>
+  </si>
+  <si>
+    <t>2140.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Карты»[300шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050218</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Боне»[500шт];пластик;,L=95мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050219</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе L=7см[300шт];пластик;,H=19,L=7,B=2см;золотой</t>
+  </si>
+  <si>
+    <t>06050220</t>
+  </si>
+  <si>
+    <t>2679.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе[300шт];пластик;,H=25,L=160/70,B=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>06050221</t>
+  </si>
+  <si>
+    <t>2792.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Копье с шариком»[200шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050222</t>
+  </si>
+  <si>
+    <t>Пики для канапе [250шт] «Диск» L=8,5см[250шт];пластик;,H=115,L=75,B=90мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050223</t>
+  </si>
+  <si>
+    <t>2647.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Спонж для риммера «Пробар»;пластик;D=145,H=10мм;серый</t>
-[...11 lines deleted...]
-    <t>1050.00₸</t>
+    <t>Пики для канапе «Бриллиант»[300шт];пластик;,L=9см;прозр.</t>
+  </si>
+  <si>
+    <t>06050224</t>
+  </si>
+  <si>
+    <t>4174.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Рэд пирл»[40шт];бамбук;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050225</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Мексика»[40шт];бамбук;,L=12см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050226</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Итальянский флаг»[500шт];дерево;,L=75мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050227</t>
+  </si>
+  <si>
+    <t>4705.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Узелок»[100шт];бамбук;,L=10см;бежев.</t>
+  </si>
+  <si>
+    <t>06050228</t>
+  </si>
+  <si>
+    <t>F08-006A-10CM/27-0076</t>
+  </si>
+  <si>
+    <t>2506.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Узелок»[100шт];бамбук;,L=15см;бежев.</t>
+  </si>
+  <si>
+    <t>06050230</t>
+  </si>
+  <si>
+    <t>F08-006A-15CM/27-0078</t>
+  </si>
+  <si>
+    <t>2478.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Узелок»[250шт];бамбук;,L=10см;бежев.</t>
+  </si>
+  <si>
+    <t>06050231</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Пинцет»[250шт];бамбук;,L=18см;бежев.</t>
+  </si>
+  <si>
+    <t>06050232</t>
+  </si>
+  <si>
+    <t>11235.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Ассорти»[600шт];полистирол;,L=12см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050236</t>
+  </si>
+  <si>
+    <t>043967</t>
+  </si>
+  <si>
+    <t>58035.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе L=10см[100шт];дерево;,H=120,L=100,B=35мм;черный,белый</t>
+  </si>
+  <si>
+    <t>06050238</t>
+  </si>
+  <si>
+    <t>2954.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Твистер»[100шт];бамбук;,L=11см;бежев.</t>
+  </si>
+  <si>
+    <t>06050239</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Ченая жемчужина»[250шт];дерево;,L=12,5см;черный</t>
+  </si>
+  <si>
+    <t>06050240</t>
+  </si>
+  <si>
+    <t>8524.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Весло»[500шт];бамбук;,L=9см;бежев.</t>
+  </si>
+  <si>
+    <t>06050241</t>
+  </si>
+  <si>
+    <t>043953</t>
+  </si>
+  <si>
+    <t>11119.00₸</t>
+  </si>
+  <si>
+    <t>Пика для канапе «Звезды»[144шт];пластик;,L=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050244</t>
+  </si>
+  <si>
+    <t>2739.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Бриллиант»[250шт];пластик;,L=9см;прозр.</t>
+  </si>
+  <si>
+    <t>06050245</t>
+  </si>
+  <si>
+    <t>3720.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе[500шт];бамбук;,L=15см;бежев.</t>
+  </si>
+  <si>
+    <t>06050247</t>
+  </si>
+  <si>
+    <t>043954</t>
+  </si>
+  <si>
+    <t>33456.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Меч»[500шт];полистирол;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050248</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Булава»[400шт];полистирол;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050249</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Карты»[400шт];полистирол;,L=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050250</t>
+  </si>
+  <si>
+    <t>2341.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Сердце»[250шт];полистирол;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050251</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Шпага»[500шт];полистирол;,L=7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050252</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Пики для канапе «Валюты»[300шт];полистирол;,L=82мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050253</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
   </si>
   <si>
     <t>42 шт.</t>
   </si>
   <si>
-    <t>Риммер трехступенчатый;абс-пластик;D=200,H=75мм;черный</t>
-[...1076 lines deleted...]
-    <t>ПОС40029</t>
+    <t>Пики для канапе «Зонтик»[300шт];полистирол;,L=9см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050254</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Призма»[500шт];полистирол;,L=9см;прозр.</t>
+  </si>
+  <si>
+    <t>06050255</t>
+  </si>
+  <si>
+    <t>3042.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Бар»[250шт];полистирол;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050256</t>
+  </si>
+  <si>
+    <t>1571.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Тюльпан»[400шт];полистирол;,L=82мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050257</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Меч»[500шт];пластик;,L=7см;черный</t>
+  </si>
+  <si>
+    <t>06050258</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Призма»[500шт];полистирол;,L=9см;черный</t>
+  </si>
+  <si>
+    <t>06050260</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Цветы»[200шт];пластик;,L=75мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050261</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Торт»[75шт];пластик;,L=55мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050262</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Спираль»[250шт];пластик;,L=85мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050263</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Череп»[100шт];пластик;,L=10см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06050264</t>
+  </si>
+  <si>
+    <t>5021.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Весло»[40шт];бамбук;,L=10см;бежев.</t>
+  </si>
+  <si>
+    <t>06050265</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Пинцет»[1000шт];бамбук;,L=10,5см;св.зелен.</t>
+  </si>
+  <si>
+    <t>06050267</t>
+  </si>
+  <si>
+    <t>043963</t>
+  </si>
+  <si>
+    <t>16709.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Шпага»[500шт];пластик;,L=7см;розов.</t>
+  </si>
+  <si>
+    <t>06050270</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Животные»[150шт];бамбук;,L=95мм;бежев.</t>
+  </si>
+  <si>
+    <t>06050271</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>Шпажки для канапе «Весло»[250шт];бамбук;,L=15см;бежев.</t>
+  </si>
+  <si>
+    <t>06050272</t>
+  </si>
+  <si>
+    <t>043949</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки в инд.упаковке[1000шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060104</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки в инд.упаковке с  ментолом[1000шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060105</t>
+  </si>
+  <si>
+    <t>06060106</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки в инд.упаковке[500шт];дерево;,L=8см;бежев.</t>
+  </si>
+  <si>
+    <t>06060107</t>
+  </si>
+  <si>
+    <t>Канапэ-зубочистки[190шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060205</t>
+  </si>
+  <si>
+    <t>355.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки в индивидуальной упаковке[1000шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060209</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки с ментолом в индивидуальной упаковке[1000шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060210</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Зубочистки для канапе[500шт];дерево;,L=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>06060215</t>
+  </si>
+  <si>
+    <t>302750/500</t>
+  </si>
+  <si>
+    <t>1394.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Ассорти»[100шт];полистирол;,L=2,B=1см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06070104</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Обезьянка»[100шт];полистирол;,L=2,B=1см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06070107</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=35,B=9мм;желт.</t>
+  </si>
+  <si>
+    <t>06070109</t>
+  </si>
+  <si>
+    <t>2676Y</t>
+  </si>
+  <si>
+    <t>Прищепки для бокалов</t>
+  </si>
+  <si>
+    <t>21525.00₸</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=35,B=9мм;голуб.</t>
+  </si>
+  <si>
+    <t>06070110</t>
+  </si>
+  <si>
+    <t>2676G</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;красный</t>
+  </si>
+  <si>
+    <t>06070111</t>
+  </si>
+  <si>
+    <t>2677R</t>
+  </si>
+  <si>
+    <t>16541.00₸</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;бирюз.</t>
+  </si>
+  <si>
+    <t>06070112</t>
+  </si>
+  <si>
+    <t>2677G</t>
+  </si>
+  <si>
+    <t>12411.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=35,B=9мм;св. дерево</t>
+  </si>
+  <si>
+    <t>06070113</t>
+  </si>
+  <si>
+    <t>2676N</t>
+  </si>
+  <si>
+    <t>13643.00₸</t>
+  </si>
+  <si>
+    <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;св. дерево</t>
+  </si>
+  <si>
+    <t>06070114</t>
+  </si>
+  <si>
+    <t>2677N</t>
+  </si>
+  <si>
+    <t>13230.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пьюр» на шпажках;сталь нерж.;,L=108,B=8мм;глянц.</t>
+  </si>
+  <si>
+    <t>06080302</t>
+  </si>
+  <si>
+    <t>MCP001S</t>
+  </si>
+  <si>
+    <t>385.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Оникс» на шпажках в форме черепа;сталь нерж.;,L=11,2см;металлич.</t>
+  </si>
+  <si>
+    <t>06080303</t>
+  </si>
+  <si>
+    <t>MCP002S</t>
+  </si>
+  <si>
+    <t>896.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Пьюр» на шпажках в форме ананаса;сталь нерж.;,L=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>06080305</t>
+  </si>
+  <si>
+    <t>MCP004/s</t>
+  </si>
+  <si>
+    <t>1281.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей «Солар» на шпажках в форме ананаса;сталь нерж.;,L=11,5см;золотой</t>
+  </si>
+  <si>
+    <t>06080306</t>
+  </si>
+  <si>
+    <t>MCP004/g</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей на шпажках;сталь нерж.;,L=19,3см;черный,глянц.</t>
+  </si>
+  <si>
+    <t>06080307</t>
+  </si>
+  <si>
+    <t>2996.00₸</t>
+  </si>
+  <si>
+    <t>Украшения для коктейлей на шпажках;сталь нерж.;,L=19,3см;серебрист.</t>
+  </si>
+  <si>
+    <t>06080308</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Дуб»;дуб;0,5л</t>
+  </si>
+  <si>
+    <t>07010903</t>
+  </si>
+  <si>
+    <t>PolySc</t>
+  </si>
+  <si>
+    <t>Щепа для смокинг ганов</t>
+  </si>
+  <si>
+    <t>2903.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Бук»;бук;0,5л</t>
+  </si>
+  <si>
+    <t>07010904</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Вишня»;вишня;0,5л</t>
+  </si>
+  <si>
+    <t>07010905</t>
+  </si>
+  <si>
+    <t>Генератор холодного дыма,Супер «Аладин»</t>
+  </si>
+  <si>
+    <t>07010907</t>
+  </si>
+  <si>
+    <t>10/0003</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>Смокинг ганы и коктейльные пистолеты</t>
+  </si>
+  <si>
+    <t>279210.00₸</t>
+  </si>
+  <si>
+    <t>Генератор холодного дыма 007 «Аладин»</t>
+  </si>
+  <si>
+    <t>07010908</t>
+  </si>
+  <si>
+    <t>10/0009</t>
+  </si>
+  <si>
+    <t>204967.00₸</t>
+  </si>
+  <si>
+    <t>Станция д/арт.10/0003 «Аладин»;металлич.</t>
+  </si>
+  <si>
+    <t>07010909</t>
+  </si>
+  <si>
+    <t>10/0031</t>
+  </si>
+  <si>
+    <t>50274.00₸</t>
+  </si>
+  <si>
+    <t>Ручное уст-во д/напр. дыма «Смокинг Ган»</t>
+  </si>
+  <si>
+    <t>07010910</t>
+  </si>
+  <si>
+    <t>GSM700PSS0NUK1</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>254331.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке[4шт];250мл</t>
+  </si>
+  <si>
+    <t>07010912</t>
+  </si>
+  <si>
+    <t>15793.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Аладин оливковое дерево» 80 г;дер. олива</t>
+  </si>
+  <si>
+    <t>07010913</t>
+  </si>
+  <si>
+    <t>10/0052</t>
+  </si>
+  <si>
+    <t>5806.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Аладин J &amp; D» 80 г</t>
+  </si>
+  <si>
+    <t>07010914</t>
+  </si>
+  <si>
+    <t>10/0042</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Аладин апельсиновое дерево» 80 г</t>
+  </si>
+  <si>
+    <t>07010915</t>
+  </si>
+  <si>
+    <t>10/0055</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Слива»;0,5л</t>
+  </si>
+  <si>
+    <t>07010916</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Яблоня»;яблоня;0,5л</t>
+  </si>
+  <si>
+    <t>07010917</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Абрикос»;0,5л</t>
+  </si>
+  <si>
+    <t>07010918</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Персик»;0,5л</t>
+  </si>
+  <si>
+    <t>07010919</t>
+  </si>
+  <si>
+    <t>2765.00₸</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Груша»;0,5л</t>
+  </si>
+  <si>
+    <t>07010921</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Щепа для окуривателя в банке «Ольха»;0,5л</t>
+  </si>
+  <si>
+    <t>07010922</t>
+  </si>
+  <si>
+    <t>Зубочистки с ментолом в индивидуальной упаковке[500шт];бамбук;,H=28,L=34см;бежев.</t>
+  </si>
+  <si>
+    <t>06060221</t>
+  </si>
+  <si>
+    <t>10-0957</t>
   </si>
   <si>
     <t>Hold</t>
   </si>
   <si>
-    <t>4351.00₸</t>
-[...1102 lines deleted...]
-  <si>
     <t>812.00₸</t>
-  </si>
-[...10 lines deleted...]
-    <t>1040.00₸</t>
   </si>
   <si>
     <t>Трубочки в индивидуальной упаковке[100шт];полипроп.;D=12,L=240мм;прозр.</t>
   </si>
   <si>
     <t>06030416</t>
   </si>
   <si>
     <t>Boba&amp;Tom</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
     <t>Коктейльный пистолет «Бластер Кит»;пластик;черный</t>
   </si>
   <si>
     <t>08070312</t>
   </si>
   <si>
     <t>blaster-kit</t>
   </si>
   <si>
     <t>Innocook</t>
   </si>
@@ -2473,51 +2404,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C2414C-8148-11E9-BBBA-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2D-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B2-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10EE-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D61496BF-20CF-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6BE6-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900C-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A449-424C-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E03-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFD-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D328-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CE24-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D04F-2224-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CA30-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB72-814B-11E9-BBBA-005056921CC415.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8CE4-2224-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CF42-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDB-4252-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D17C-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CBD2-2224-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E07-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDA-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD58-E3D4-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD5-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CD05-2224-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9673-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9AD-424F-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEB-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E364B0-2222-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9E-E3D2-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2D-424B-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD6-424B-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE30-424B-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD7-424B-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC5B6-2222-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD8-424B-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE34-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9A-E3D2-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F08-424B-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA0-E3D2-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD4-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9D-E3D2-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9C-E3D2-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A4-424B-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9B-E3D2-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE4-424B-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A1130-E3D2-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEE-424C-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E679-424C-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B64-424E-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4867452A-5EF1-11EE-BC0E-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D99-E3D2-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF1-424C-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2BA-424C-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D41-424C-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44B-424C-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44D-424C-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DD-424C-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DE-424C-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB1A-424C-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF365E-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B45-424D-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA3-E3D2-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9A0-424D-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E001-424D-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E002-424D-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E003-424D-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4D-424D-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D0-424E-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8C1-424F-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA2-E3D2-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086811-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC4D1-2222-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B0B3ED-F94B-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651D-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651E-4251-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA1-E3D2-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C8-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5278-4252-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062F-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700636-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9F-E3D2-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA4-E3D2-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91F-4254-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B920-4254-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7C-1DC1-11EA-BBC7-005056921CC499.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7D-1DC1-11EA-BBC7-005056921CC4100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7E-1DC1-11EA-BBC7-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC1DF-2222-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705ACD-2222-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC13F-2222-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C5-814C-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B67-814D-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B68-814D-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B69-814D-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6B-814D-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6C-814D-11E9-BBBA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DEF-12C1-11EA-BBC6-005056921CC4111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF0-12C1-11EA-BBC6-005056921CC4112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF1-12C1-11EA-BBC6-005056921CC4113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF2-12C1-11EA-BBC6-005056921CC4114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC0-814D-11E9-BBBA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE7-4254-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC1-814D-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B4-3126-11EC-BBF4-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1AAA926-EA55-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC656-2222-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069B-63B2-11EA-BBCE-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1BE-AE67-11EB-BBF1-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBDBB-83D1-11ED-BC04-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863F-FECF-11EC-BBFA-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6DEC-5226-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6D4C-5226-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4462D2E-5226-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B7039-5226-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212B94F8-87A6-11EE-BC13-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705B91-2222-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC09F-2222-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5FE-424B-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBA7-424B-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF9-424C-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF2-424C-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B7AB19-2224-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD4-4252-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD5-4252-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8A-4254-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8B-4254-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A0-4252-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBDF-424B-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF7-424C-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC85E-424B-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF8-424C-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC8F-424E-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE0-424B-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE1-424B-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE6-424B-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE7-424B-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F3-424B-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F4-424B-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF1-424C-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF4-424C-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9674-424D-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460B0-424E-11E8-A155-00259035BB67157.gif"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460B1-424E-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D0-424E-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A41E-424E-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A420-424E-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1854-424E-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FCE-424F-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A9B4-2224-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA08-4250-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA09-4250-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA0A-4250-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A46-4250-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AB7D137-F161-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3F433-2223-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A528C-4252-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CCC-4252-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C0F3D6E-2222-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E369B8-2222-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CCF-4252-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD0-4252-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD1-4252-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD2-4252-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD3-4252-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD7-4252-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD8-4252-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36906-2222-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E366C8-2222-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF86-4254-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF87-4254-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF88-4254-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF89-4254-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2ADB-4254-11E8-A155-00259035BB67188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E3680B-2222-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36550-2222-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB74-814B-11E9-BBBA-005056921CC4191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C0F3CBC-2222-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE3-424B-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2E-424B-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D358C-2224-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF7-424C-11E8-A155-00259035BB67196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE4-424B-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D34EC-2224-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D3376-2224-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A686-3126-11EC-BBF4-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C86881CA-CCB7-11ED-BC05-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C868827C-CCB7-11ED-BC05-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26CBF89B-256B-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA034D5-2223-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CDF-4254-11E8-A155-00259035BB67207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA036C8-2223-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA0383E-2223-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA03423-2223-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA035A8-2223-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBED-424C-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3C-4254-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3D-4254-11E8-A155-00259035BB67220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3E-4254-11E8-A155-00259035BB67221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F80-F163-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AC-4254-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058082FD-814A-11E9-BBBA-005056921CC4224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226BE-4254-11E8-A155-00259035BB67225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D3C0-2222-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB5-814B-11E9-BBBA-005056921CC4227.gif"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36370-2222-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D74C-2222-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D472-2222-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DA7-814C-11E9-BBBA-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36410-2222-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D524-2222-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D688-2222-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D5C4-2222-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D6C2-918F-11EF-BC4E-00505692C447236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85CFEB4-A5CE-11EF-BC57-00505692E049237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD74D455-EAEE-11EF-BC4E-00505692C447238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCC43F4-A3A2-11F0-BC58-00505692C447239.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7C2414C-8148-11E9-BBBA-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2D-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B2-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10EE-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D61496BF-20CF-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6BE6-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900C-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A449-424C-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E03-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFD-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D328-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CE24-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D04F-2224-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CA30-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB72-814B-11E9-BBBA-005056921CC415.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8CE4-2224-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CF42-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDB-4252-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D17C-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CBD2-2224-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E07-424B-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDA-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD58-E3D4-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD5-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CD05-2224-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9673-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9AD-424F-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEB-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E364B0-2222-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9E-E3D2-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2D-424B-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD6-424B-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE30-424B-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD7-424B-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC5B6-2222-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD8-424B-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE34-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9A-E3D2-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F08-424B-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA0-E3D2-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD4-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9D-E3D2-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9C-E3D2-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A4-424B-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9B-E3D2-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE4-424B-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A1130-E3D2-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEE-424C-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E679-424C-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B64-424E-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4867452A-5EF1-11EE-BC0E-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D99-E3D2-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF1-424C-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2BA-424C-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D41-424C-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44B-424C-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44D-424C-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DD-424C-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DE-424C-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB1A-424C-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B45-424D-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA3-E3D2-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9A0-424D-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E001-424D-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E002-424D-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E003-424D-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4D-424D-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D0-424E-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8C1-424F-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA2-E3D2-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086811-4250-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC4D1-2222-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B0B3ED-F94B-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651D-4251-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651E-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA1-E3D2-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C8-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5278-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062F-4253-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700636-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9F-E3D2-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA4-E3D2-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91F-4254-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B920-4254-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7C-1DC1-11EA-BBC7-005056921CC498.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7D-1DC1-11EA-BBC7-005056921CC499.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7E-1DC1-11EA-BBC7-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC1DF-2222-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705ACD-2222-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC13F-2222-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C5-814C-11E9-BBBA-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B67-814D-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B68-814D-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B69-814D-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6B-814D-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6C-814D-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DEF-12C1-11EA-BBC6-005056921CC4110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF0-12C1-11EA-BBC6-005056921CC4111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF1-12C1-11EA-BBC6-005056921CC4112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF2-12C1-11EA-BBC6-005056921CC4113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC0-814D-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE7-4254-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC1-814D-11E9-BBBA-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B4-3126-11EC-BBF4-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC656-2222-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069B-63B2-11EA-BBCE-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1BE-AE67-11EB-BBF1-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBDBB-83D1-11ED-BC04-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863F-FECF-11EC-BBFA-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6DEC-5226-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6D4C-5226-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4462D2E-5226-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B7039-5226-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212B94F8-87A6-11EE-BC13-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705B91-2222-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC09F-2222-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5FE-424B-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBA7-424B-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF9-424C-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF2-424C-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B7AB19-2224-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD4-4252-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD5-4252-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8A-4254-11E8-A155-00259035BB67137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF8B-4254-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A0-4252-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBDF-424B-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF7-424C-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC85E-424B-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF8-424C-11E8-A155-00259035BB67143.gif"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC8F-424E-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE0-424B-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE1-424B-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE6-424B-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCE7-424B-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F3-424B-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5F4-424B-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF1-424C-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF4-424C-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9674-424D-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460B0-424E-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460B1-424E-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D0-424E-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A41E-424E-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A420-424E-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1854-424E-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FCE-424F-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F1A9B4-2224-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA08-4250-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA09-4250-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA0A-4250-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A46-4250-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AB7D137-F161-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3F433-2223-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A528C-4252-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CCC-4252-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C0F3D6E-2222-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E369B8-2222-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CCF-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD0-4252-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD1-4252-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD2-4252-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD3-4252-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD7-4252-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CD8-4252-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36906-2222-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E366C8-2222-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF86-4254-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF87-4254-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF88-4254-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF89-4254-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389E2ADB-4254-11E8-A155-00259035BB67186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E3680B-2222-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36550-2222-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB74-814B-11E9-BBBA-005056921CC4189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C0F3CBC-2222-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE3-424B-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2E-424B-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D358C-2224-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBF7-424C-11E8-A155-00259035BB67194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE4-424B-11E8-A155-00259035BB67195.gif"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D34EC-2224-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D3376-2224-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A686-3126-11EC-BBF4-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB67200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA034D5-2223-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CDF-4254-11E8-A155-00259035BB67202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA036C8-2223-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA0383E-2223-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA03423-2223-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA035A8-2223-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3C-4254-11E8-A155-00259035BB67213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3D-4254-11E8-A155-00259035BB67214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D3E-4254-11E8-A155-00259035BB67215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A732F80-F163-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226AC-4254-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058082FD-814A-11E9-BBBA-005056921CC4218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226BE-4254-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D3C0-2222-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDB5-814B-11E9-BBBA-005056921CC4221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36370-2222-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D74C-2222-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D472-2222-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DA7-814C-11E9-BBBA-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15E36410-2222-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D524-2222-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D688-2222-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0D5C4-2222-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D6C2-918F-11EF-BC4E-00505692C447230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85CFEB4-A5CE-11EF-BC57-00505692E049231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD74D455-EAEE-11EF-BC4E-00505692C447232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCC43F4-A3A2-11F0-BC58-00505692C447233.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4792,51 +4723,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -9442,243 +9373,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>234</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
-        <a:stretch>
-[...178 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9937,62 +9688,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-mernaya-hlp-2-01170608/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-d-chaya-leopold-vienna-02030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-probar-02120205/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-paderno-02120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sponzh-dlya-rimmera-prohotel-02120208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-aps-02120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010102/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010204/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06011601/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011909/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012101/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012202/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012804/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06020405/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06022301/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030101/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-meshalka-ims-06030102/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030103/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030104/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030105/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-ims-06030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030108/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030109/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030110/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030112/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030113/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030115/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030117/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030119/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-ims-06030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030122/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030123/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-bez-sgiba-papstar-06030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030135/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030136/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030137/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030141/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030142/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030144/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030145/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030147/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030148/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030149/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030152/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030158/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030161/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-matfer-06030162/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030168/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030169/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030170/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030173/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030174/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-tehpak-06030177/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030198/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030201/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030202/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030203/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hold-06030204/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030207/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-jakobsen-design-06030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hlp-2-06030401/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-probar-premium-06030402/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-izognutaya-hlp-2-06030403/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030409/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-s-fruktami-ims-06040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-ims-06050100/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-papstar-06050101/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-ims-06050104/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-papstar-06050106/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-prohotel-06050107/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-prohotel-06050108/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-ims-06050109/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-ims-06050110/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050204/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050206/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050210/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/serdechki-dlya-kanape-ims-06050214/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050215/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050218/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050222/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-250sht-ims-06050223/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-papstar-06050224/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050225/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050226/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050227/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050228/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050230/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050231/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050232/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-matfer-06050236/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050238/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050239/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050241/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pika-dlya-kanape-ims-06050244/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050245/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050247/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050248/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050249/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050250/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050251/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050252/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050253/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050254/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050255/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050256/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050257/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050258/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050261/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050262/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050263/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050264/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050267/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050270/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050271/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050272/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060104/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-s-mentolom-ims-06060105/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060106/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060107/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kanape-zubochistki-ims-06060205/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-papstar-06060209/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-papstar-06060210/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-dlya-kanape-ims-06060215/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-optiline-06060218/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-optiline-06060219/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-optiline-06060220/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070114/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070213/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010905/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/generator-holodnogo-dyma-super-100-chef-07010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/generator-holodnogo-dyma-007-100-chef-07010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-art10-0003-100-chef-07010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchnoe-ust-vo-d-napr-dyma-polysc-07010910/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010912/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010914/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010917/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010919/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-hold-06060221/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-trial-market-06030415/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030416/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kokteylnyy-pistolet-innocook-08070312/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-tehpak-06030208/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-plastmassovaya-galantereya-06030209/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030417/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-mernaya-hlp-2-01170608/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-d-chaya-leopold-vienna-02030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-probar-02120205/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-paderno-02120207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sponzh-dlya-rimmera-prohotel-02120208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rimmer-aps-02120210/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010102/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010204/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06011601/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011909/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012101/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012202/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012804/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06020405/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06022301/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030101/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-meshalka-ims-06030102/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030103/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030104/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030105/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-ims-06030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030108/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030109/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030110/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030112/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030113/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030115/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030117/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030119/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-ims-06030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030122/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030123/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-bez-sgiba-papstar-06030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030135/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030136/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030137/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030141/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030142/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030144/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030147/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030148/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030149/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030152/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030158/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030161/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-matfer-06030162/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030168/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030169/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030170/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030173/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030174/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-tehpak-06030177/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030198/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030201/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030202/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030203/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030207/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-jakobsen-design-06030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hlp-2-06030401/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-probar-premium-06030402/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-izognutaya-hlp-2-06030403/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030409/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-s-fruktami-ims-06040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-ims-06050100/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-papstar-06050101/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochka-kokteylnaya-ims-06050104/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-papstar-06050106/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-prohotel-06050107/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-prohotel-06050108/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-ims-06050109/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vilochki-kokteylnye-ims-06050110/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050204/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050206/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050210/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/serdechki-dlya-kanape-ims-06050214/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050215/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050218/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050222/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-250sht-ims-06050223/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-papstar-06050224/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050225/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050226/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050227/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050228/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050230/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050231/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050232/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-matfer-06050236/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050238/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050239/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050241/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pika-dlya-kanape-ims-06050244/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/piki-dlya-kanape-ims-06050245/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050247/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050248/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050249/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050250/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050251/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050252/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050253/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050254/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050255/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050256/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050257/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050258/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050261/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050262/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050263/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050264/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-papstar-06050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050267/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-prohotel-06050270/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-ims-06050271/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpazhki-dlya-kanape-matfer-06050272/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060104/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-s-mentolom-ims-06060105/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060106/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-v-indupakovke-ims-06060107/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kanape-zubochistki-ims-06060205/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-papstar-06060209/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-papstar-06060210/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-dlya-kanape-ims-06060215/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070114/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010905/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/generator-holodnogo-dyma-super-100-chef-07010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/generator-holodnogo-dyma-007-100-chef-07010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-art10-0003-100-chef-07010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchnoe-ust-vo-d-napr-dyma-polysc-07010910/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010912/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010914/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-100-chef-07010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010917/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010919/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schepa-dlya-okurivatelya-v-banke-polysc-07010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zubochistki-hold-06060221/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030416/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kokteylnyy-pistolet-innocook-08070312/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-tehpak-06030208/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-plastmassovaya-galantereya-06030209/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030417/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L244"/>
+  <dimension ref="A1:L237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I244" sqref="I244"/>
+      <selection activeCell="I237" sqref="I237"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -10129,7707 +9880,7486 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="E6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L6" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D7" s="0">
         <v>93175</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D8" s="0">
         <v>302101</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D9" s="0">
         <v>302040</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D10" s="0">
         <v>301982</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D11" s="0">
         <v>12656</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D12" s="0">
         <v>6010208</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>6010301</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>6010803</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D15" s="0">
         <v>6010904</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L15" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D16" s="0">
         <v>302286</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D17" s="0">
         <v>6010907</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D18" s="0">
         <v>12659</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D19" s="0">
         <v>6011101</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D20" s="0">
         <v>6011102</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L20" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D21" s="0">
         <v>6011202</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="L21" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D22" s="0">
         <v>302002</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="L22" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D23" s="0">
         <v>6011605</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L23" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D24" s="0">
         <v>16655</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D25" s="0">
         <v>301975</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D26" s="0">
         <v>301906</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="L26" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D27" s="0">
         <v>16760</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D28" s="0">
         <v>18229</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L29" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="L30" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D32" s="0">
         <v>301272</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D33" s="0">
         <v>16676</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D34" s="0">
         <v>300985</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D35" s="0">
         <v>301296</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D36" s="0">
         <v>301357</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D37" s="0">
         <v>301333</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D38" s="0">
         <v>16680</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="L38" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D39" s="0">
         <v>301180</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D40" s="0">
         <v>16688</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>84</v>
+        <v>167</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="0">
         <v>16780</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D42" s="0">
         <v>16675</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>121</v>
+        <v>174</v>
       </c>
       <c r="L42" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D43" s="0">
         <v>301395</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D44" s="0">
         <v>20001</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="L44" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D45" s="0">
         <v>300138</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D46" s="0">
         <v>6030103</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D47" s="0">
         <v>300169</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D48" s="0">
         <v>300398</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D49" s="0">
         <v>300367</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D50" s="0">
         <v>6030108</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D51" s="0">
         <v>300015</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L51" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D52" s="0">
         <v>6030110</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D53" s="0">
         <v>6030111</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>208</v>
+        <v>46</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D54" s="0">
         <v>300022</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D55" s="0">
         <v>300152</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D56" s="0">
         <v>6030115</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D57" s="0">
         <v>6030117</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D58" s="0">
         <v>6030118</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D59" s="0">
         <v>6030119</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>225</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D60" s="0">
         <v>300060</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D61" s="0">
         <v>6030122</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D62" s="0">
         <v>300206</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="L62" s="0">
         <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>237</v>
+        <v>59</v>
       </c>
       <c r="L63" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D64" s="0">
         <v>300572</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>44</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D65" s="0">
         <v>6030127</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L65" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D66" s="0">
         <v>6030128</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D67" s="0">
         <v>16611</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D68" s="0">
         <v>16700</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D69" s="0">
         <v>300244</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D70" s="0">
         <v>300091</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D71" s="0">
         <v>300077</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D72" s="0">
         <v>16710</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>264</v>
+        <v>174</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>266</v>
       </c>
       <c r="D73" s="0">
         <v>16726</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>267</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>269</v>
       </c>
       <c r="D74" s="0">
         <v>6030144</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>271</v>
+        <v>59</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>272</v>
+        <v>246</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D75" s="0">
-        <v>300039</v>
+        <v>16601</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D76" s="0">
-        <v>16601</v>
+        <v>6030148</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="L76" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>277</v>
+        <v>185</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D77" s="0">
-        <v>6030148</v>
+        <v>6030149</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>279</v>
+        <v>200</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
       <c r="L77" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>184</v>
+        <v>278</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D78" s="0">
-        <v>6030149</v>
+        <v>300527</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>179</v>
+        <v>53</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>199</v>
+        <v>280</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>220</v>
+        <v>19</v>
       </c>
       <c r="L78" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
-      <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D79" s="0">
-        <v>300527</v>
+        <v>300534</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>283</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
+      <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D80" s="0">
-        <v>300534</v>
+        <v>300541</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="0">
-        <v>300541</v>
+        <v>300558</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="D82" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>54</v>
+        <v>180</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="L82" s="0">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D83" s="0" t="s">
         <v>293</v>
       </c>
+      <c r="D83" s="0">
+        <v>16711</v>
+      </c>
       <c r="E83" s="0" t="s">
-        <v>179</v>
+        <v>65</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L83" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D84" s="0">
-        <v>16711</v>
+        <v>6030158</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>297</v>
+        <v>200</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>19</v>
+        <v>188</v>
       </c>
       <c r="L84" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" s="0">
-        <v>6030158</v>
+        <v>6030159</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="0">
-        <v>6030159</v>
+        <v>10040</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>179</v>
+        <v>65</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>199</v>
+        <v>301</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L86" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>302</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>303</v>
       </c>
       <c r="D87" s="0">
-        <v>10040</v>
+        <v>19528</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>304</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>19</v>
+        <v>204</v>
       </c>
       <c r="L87" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>305</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="D88" s="0">
-        <v>19528</v>
+      <c r="D88" s="0" t="s">
+        <v>307</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F88" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>309</v>
+      </c>
       <c r="G88" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>203</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0">
-        <v>6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>313</v>
+      </c>
+      <c r="D89" s="0">
+        <v>6030168</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>314</v>
+        <v>181</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L89" s="0">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90" s="0">
-        <v>6030168</v>
+        <v>6030169</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>180</v>
+        <v>231</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>19</v>
+        <v>316</v>
       </c>
       <c r="L90" s="0">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>318</v>
       </c>
       <c r="D91" s="0">
-        <v>6030169</v>
+        <v>6030170</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>229</v>
+        <v>319</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L91" s="0">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D92" s="0">
-        <v>6030170</v>
+        <v>6030171</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>57</v>
+        <v>323</v>
       </c>
       <c r="L92" s="0">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D93" s="0">
-        <v>6030171</v>
+        <v>6030173</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>325</v>
+        <v>59</v>
       </c>
       <c r="L93" s="0">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D94" s="0">
-        <v>6030173</v>
+        <v>6030174</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D95" s="0">
-        <v>6030174</v>
+        <v>6030177</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D96" s="0">
-        <v>6030177</v>
+        <v>6030178</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>19</v>
+        <v>336</v>
       </c>
       <c r="L96" s="0">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D97" s="0">
-        <v>6030178</v>
+        <v>6030179</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>338</v>
+        <v>34</v>
       </c>
       <c r="L97" s="0">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>340</v>
       </c>
       <c r="D98" s="0">
-        <v>6030179</v>
+        <v>85227</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>179</v>
+        <v>65</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D99" s="0">
-        <v>85227</v>
+        <v>85569</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="0">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>85569</v>
+        <v>346</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>347</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>67</v>
+        <v>348</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C101" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="E101" s="0" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>360</v>
+      </c>
+      <c r="D103" s="0">
+        <v>81789</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>350</v>
+        <v>65</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L103" s="0"/>
+      <c r="L103" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D104" s="0">
-        <v>81789</v>
+        <v>6030186</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>19</v>
+        <v>365</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D105" s="0">
-        <v>6030186</v>
+        <v>6030187</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
       <c r="L105" s="0">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>367</v>
+        <v>251</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>368</v>
       </c>
       <c r="D106" s="0">
-        <v>6030187</v>
+        <v>6030188</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>186</v>
+        <v>369</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L106" s="0">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>250</v>
+        <v>370</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D107" s="0">
-        <v>6030188</v>
+        <v>87010</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>179</v>
+        <v>65</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L107" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D108" s="0">
-        <v>87010</v>
+        <v>87011</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D109" s="0">
-        <v>87011</v>
+        <v>87510</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D110" s="0">
-        <v>87510</v>
+        <v>87513</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D111" s="0">
-        <v>87513</v>
+        <v>87514</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D112" s="0">
-        <v>87514</v>
+        <v>87515</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D113" s="0">
-        <v>87515</v>
+        <v>87516</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D114" s="0">
-        <v>87516</v>
+        <v>87517</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D115" s="0">
-        <v>87517</v>
+        <v>87518</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D116" s="0">
-        <v>87518</v>
+        <v>87511</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D117" s="0">
-        <v>87511</v>
+        <v>6030201</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L117" s="0">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D118" s="0">
-        <v>6030201</v>
+        <v>87512</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>179</v>
+        <v>65</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L118" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D119" s="0">
-        <v>87512</v>
+        <v>19878</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D120" s="0">
-        <v>19878</v>
+        <v>6030207</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L120" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="F121" s="0"/>
+        <v>410</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>411</v>
+      </c>
       <c r="G121" s="0" t="s">
-        <v>16</v>
+        <v>412</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D122" s="0">
-        <v>6030207</v>
+        <v>6030401</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>179</v>
+        <v>15</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L122" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>416</v>
+        <v>126</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>417</v>
+        <v>127</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>418</v>
+        <v>31</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>19</v>
+        <v>207</v>
       </c>
       <c r="L123" s="0">
-        <v>1</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="D124" s="0"/>
       <c r="E124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>422</v>
+        <v>215</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L124" s="0">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D125" s="0"/>
       <c r="E125" s="0" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>427</v>
+        <v>19</v>
       </c>
       <c r="L125" s="0">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D126" s="0"/>
       <c r="E126" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>214</v>
+        <v>425</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>57</v>
+        <v>323</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="D127" s="0"/>
       <c r="E127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>19</v>
+        <v>431</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="D128" s="0"/>
       <c r="E128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>325</v>
+        <v>19</v>
       </c>
       <c r="L128" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="D129" s="0"/>
       <c r="E129" s="0" t="s">
-        <v>30</v>
+        <v>180</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="L129" s="0">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C130" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D130" s="0"/>
+      <c r="D130" s="0">
+        <v>300107</v>
+      </c>
       <c r="E130" s="0" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>437</v>
+        <v>87</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>338</v>
+        <v>19</v>
       </c>
       <c r="L130" s="0">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C131" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D131" s="0"/>
+      <c r="D131" s="0">
+        <v>300374</v>
+      </c>
       <c r="E131" s="0" t="s">
-        <v>179</v>
+        <v>53</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>444</v>
+        <v>19</v>
       </c>
       <c r="L131" s="0">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D132" s="0">
-        <v>300107</v>
+        <v>300213</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>89</v>
+        <v>445</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="0">
-        <v>300374</v>
+        <v>301432</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134" s="0">
-        <v>300213</v>
+        <v>16693</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>452</v>
+        <v>101</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D135" s="0">
-        <v>301432</v>
+        <v>302057</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="D136" s="0">
-        <v>16693</v>
+        <v>19513</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>103</v>
+        <v>335</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>19</v>
+        <v>456</v>
       </c>
       <c r="L136" s="0">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="0">
-        <v>302057</v>
+        <v>6050107</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F137" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G137" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>19</v>
+        <v>207</v>
       </c>
       <c r="L137" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="0">
-        <v>19513</v>
+        <v>6050108</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F138" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G138" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>337</v>
+        <v>462</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>463</v>
       </c>
       <c r="L138" s="0">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D139" s="0">
-        <v>6050107</v>
+        <v>303061</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>466</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="L139" s="0">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>468</v>
       </c>
       <c r="D140" s="0">
-        <v>6050108</v>
+        <v>303078</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>470</v>
+        <v>34</v>
       </c>
       <c r="L140" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D141" s="0">
-        <v>303061</v>
+        <v>301814</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="L141" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="D142" s="0">
-        <v>303078</v>
+        <v>300817</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L142" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="C143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="0">
-        <v>301814</v>
+        <v>12647</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C144" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" s="0">
-        <v>300817</v>
+        <v>300855</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="C145" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="0">
-        <v>12647</v>
+        <v>16776</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>19</v>
+        <v>484</v>
       </c>
       <c r="L145" s="0">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>485</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>486</v>
       </c>
       <c r="D146" s="0">
-        <v>300855</v>
+        <v>16769</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>487</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>489</v>
       </c>
       <c r="D147" s="0">
-        <v>16776</v>
+        <v>300893</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>490</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>491</v>
+        <v>19</v>
       </c>
       <c r="L147" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>492</v>
       </c>
-      <c r="C148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" s="0">
-        <v>16769</v>
+        <v>300831</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="L148" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="C149" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" s="0">
-        <v>300893</v>
+        <v>300886</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>498</v>
       </c>
-      <c r="C150" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="0">
-        <v>300831</v>
+        <v>300848</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>501</v>
+        <v>59</v>
       </c>
       <c r="L150" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="D151" s="0">
-        <v>300886</v>
+        <v>300824</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>504</v>
+        <v>380</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>19</v>
+        <v>225</v>
       </c>
       <c r="L151" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D152" s="0">
-        <v>300848</v>
+        <v>300978</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L152" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D153" s="0">
-        <v>300824</v>
+        <v>300961</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>381</v>
+        <v>507</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>438</v>
+        <v>19</v>
       </c>
       <c r="L153" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="D154" s="0">
-        <v>300978</v>
+        <v>300947</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>19</v>
+        <v>336</v>
       </c>
       <c r="L154" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D155" s="0">
-        <v>300961</v>
+        <v>301036</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>19</v>
+        <v>513</v>
       </c>
       <c r="L155" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D156" s="0">
-        <v>300947</v>
+        <v>16775</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>338</v>
+        <v>19</v>
       </c>
       <c r="L156" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="0">
-        <v>301036</v>
+        <v>19810</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>520</v>
+        <v>462</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L157" s="0">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D158" s="0">
-        <v>16775</v>
+        <v>19808</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>523</v>
+        <v>462</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="0">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D159" s="0">
-        <v>19810</v>
+        <v>16638</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="D160" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="C160" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E160" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F160" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G160" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L160" s="0">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
         <v>528</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="D161" s="0">
-        <v>16638</v>
+      <c r="D161" s="0" t="s">
+        <v>530</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F161" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G161" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>19</v>
+        <v>207</v>
       </c>
       <c r="L161" s="0">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="D162" s="0" t="s">
         <v>533</v>
       </c>
+      <c r="D162" s="0">
+        <v>16770</v>
+      </c>
       <c r="E162" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>534</v>
+        <v>403</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L162" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="C163" s="0" t="s">
-[...3 lines deleted...]
-        <v>537</v>
+      <c r="D163" s="0">
+        <v>16771</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>427</v>
+        <v>19</v>
       </c>
       <c r="L163" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="D164" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="C164" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E164" s="0" t="s">
-        <v>67</v>
+        <v>308</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>404</v>
+        <v>540</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L164" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L164" s="0"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>541</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>542</v>
       </c>
       <c r="D165" s="0">
-        <v>16771</v>
+        <v>16758</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>543</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>544</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="D166" s="0" t="s">
-        <v>546</v>
+      <c r="D166" s="0">
+        <v>81007</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>311</v>
+        <v>65</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>313</v>
+        <v>24</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>547</v>
+        <v>400</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L166" s="0"/>
+      <c r="L166" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D167" s="0">
-        <v>16758</v>
+        <v>11300</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="D168" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="C168" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E168" s="0" t="s">
-        <v>67</v>
+        <v>308</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>401</v>
+        <v>552</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L168" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D169" s="0">
-        <v>11300</v>
+        <v>301777</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>555</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="D170" s="0" t="s">
-        <v>558</v>
+      <c r="D170" s="0">
+        <v>301678</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>311</v>
+        <v>53</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>313</v>
+        <v>24</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L170" s="0"/>
+      <c r="L170" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="D171" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="D171" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E171" s="0" t="s">
-        <v>54</v>
+        <v>308</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>562</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>563</v>
+        <v>19</v>
       </c>
       <c r="L171" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="C172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" s="0">
-        <v>301678</v>
+        <v>6050248</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F172" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G172" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L172" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>567</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...3 lines deleted...]
-        <v>569</v>
+      <c r="D173" s="0">
+        <v>6050249</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="F173" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G173" s="0" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>570</v>
+        <v>69</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="L173" s="0">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D174" s="0">
-        <v>6050248</v>
+        <v>6050250</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>57</v>
+        <v>571</v>
       </c>
       <c r="L174" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="D175" s="0">
-        <v>6050249</v>
+        <v>6050251</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>71</v>
+        <v>574</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>576</v>
+        <v>59</v>
       </c>
       <c r="L175" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D176" s="0">
-        <v>6050250</v>
+        <v>6050252</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>580</v>
+        <v>235</v>
       </c>
       <c r="L176" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D177" s="0">
-        <v>6050251</v>
+        <v>6050253</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>244</v>
+        <v>581</v>
       </c>
       <c r="L177" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D178" s="0">
-        <v>6050252</v>
+        <v>6050254</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>107</v>
+        <v>584</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>470</v>
+        <v>88</v>
       </c>
       <c r="L178" s="0">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>586</v>
       </c>
-      <c r="C179" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="0">
-        <v>6050253</v>
+        <v>6050255</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="L179" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>589</v>
       </c>
-      <c r="C180" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" s="0">
-        <v>6050254</v>
+        <v>6050256</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>592</v>
+        <v>59</v>
       </c>
       <c r="L180" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="D181" s="0">
-        <v>6050255</v>
+        <v>6050257</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L181" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="D182" s="0">
-        <v>6050256</v>
+        <v>6050258</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>598</v>
+        <v>565</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>203</v>
+        <v>19</v>
       </c>
       <c r="L182" s="0">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="D183" s="0">
-        <v>6050257</v>
+        <v>6050260</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L183" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="D184" s="0">
-        <v>6050258</v>
+        <v>303023</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>573</v>
+        <v>466</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="L184" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D185" s="0">
-        <v>6050260</v>
+        <v>303030</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>595</v>
+        <v>466</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>57</v>
+        <v>581</v>
       </c>
       <c r="L185" s="0">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="D186" s="0">
-        <v>303023</v>
+        <v>303047</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>220</v>
+        <v>19</v>
       </c>
       <c r="L186" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D187" s="0">
-        <v>303030</v>
+        <v>303054</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>473</v>
+        <v>607</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>47</v>
+        <v>513</v>
       </c>
       <c r="L187" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D188" s="0">
-        <v>303047</v>
+        <v>11705</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>473</v>
+        <v>610</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="D189" s="0" t="s">
         <v>613</v>
       </c>
-      <c r="D189" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E189" s="0" t="s">
-        <v>54</v>
+        <v>308</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>614</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L189" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
         <v>615</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>616</v>
       </c>
       <c r="D190" s="0">
-        <v>11705</v>
+        <v>6050270</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="F190" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G190" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>617</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>19</v>
+        <v>513</v>
       </c>
       <c r="L190" s="0">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
         <v>618</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="D191" s="0" t="s">
-        <v>620</v>
+      <c r="D191" s="0">
+        <v>302279</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>311</v>
+        <v>53</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>313</v>
+        <v>24</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="D192" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="D192" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E192" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>16</v>
+        <v>310</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>624</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L192" s="0"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
         <v>625</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>626</v>
       </c>
       <c r="D193" s="0">
-        <v>302279</v>
+        <v>302514</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>627</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
         <v>628</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="D194" s="0" t="s">
-        <v>630</v>
+      <c r="D194" s="0">
+        <v>302521</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>311</v>
+        <v>53</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>313</v>
+        <v>24</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>631</v>
+        <v>150</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L194" s="0"/>
+      <c r="L194" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D195" s="0">
-        <v>302514</v>
+        <v>302538</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D196" s="0">
-        <v>302521</v>
+        <v>302668</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>151</v>
+        <v>397</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D197" s="0">
-        <v>302538</v>
+        <v>302507</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="D198" s="0">
-        <v>302668</v>
+        <v>16691</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>398</v>
+        <v>639</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="C199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" s="0">
-        <v>302507</v>
+        <v>16699</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="C200" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="C200" s="0" t="s">
+      <c r="D200" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="D200" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E200" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>646</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
         <v>647</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>648</v>
       </c>
       <c r="D201" s="0">
-        <v>16699</v>
+        <v>301999</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>649</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
         <v>650</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="D202" s="0" t="s">
-        <v>652</v>
+      <c r="D202" s="0">
+        <v>6070107</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="F202" s="0"/>
+        <v>44</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G202" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>653</v>
+        <v>406</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L202" s="0">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="D203" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="C203" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E203" s="0" t="s">
-        <v>657</v>
+        <v>44</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>17</v>
+        <v>655</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="L203" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="D204" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="C204" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E204" s="0" t="s">
-        <v>657</v>
+        <v>44</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>17</v>
+        <v>655</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L204" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>657</v>
+        <v>44</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>17</v>
+        <v>655</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="L205" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="D206" s="0" t="s">
         <v>666</v>
       </c>
-      <c r="C206" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E206" s="0" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>130</v>
+        <v>655</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>19</v>
+        <v>668</v>
       </c>
       <c r="L206" s="0">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
         <v>669</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>670</v>
       </c>
-      <c r="D207" s="0">
-        <v>6070107</v>
+      <c r="D207" s="0" t="s">
+        <v>671</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>130</v>
+        <v>655</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>412</v>
+        <v>672</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="L207" s="0">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>57</v>
+        <v>207</v>
       </c>
       <c r="L208" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F209" s="0"/>
+        <v>126</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>133</v>
+      </c>
       <c r="G209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>674</v>
+        <v>128</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>57</v>
+        <v>207</v>
       </c>
       <c r="L209" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F210" s="0"/>
+        <v>126</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>138</v>
+      </c>
       <c r="G210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>674</v>
+        <v>128</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L210" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F211" s="0"/>
+        <v>126</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>133</v>
+      </c>
       <c r="G211" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>674</v>
+        <v>128</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="L211" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F212" s="0"/>
+        <v>126</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>127</v>
+      </c>
       <c r="G212" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>674</v>
+        <v>128</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L212" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>692</v>
-[...1 lines deleted...]
-      <c r="D213" s="0" t="s">
         <v>693</v>
       </c>
+      <c r="D213" s="0"/>
       <c r="E213" s="0" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>674</v>
+        <v>128</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>694</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>427</v>
+        <v>34</v>
       </c>
       <c r="L213" s="0">
-        <v>10</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
         <v>695</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>696</v>
       </c>
-      <c r="D214" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="D214" s="0"/>
       <c r="E214" s="0" t="s">
-        <v>54</v>
+        <v>126</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L214" s="0">
-        <v>1</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>698</v>
       </c>
-      <c r="C215" s="0" t="s">
+      <c r="D215" s="0"/>
+      <c r="E215" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="D215" s="0" t="s">
+      <c r="F215" s="0"/>
+      <c r="G215" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H215" s="0" t="s">
         <v>700</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>701</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>427</v>
+        <v>245</v>
       </c>
       <c r="L215" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>703</v>
       </c>
-      <c r="D216" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D216" s="0"/>
       <c r="E216" s="0" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>130</v>
+        <v>700</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>57</v>
+        <v>204</v>
       </c>
       <c r="L216" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="D217" s="0"/>
       <c r="E217" s="0" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>130</v>
+        <v>700</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L217" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="F218" s="0"/>
+      <c r="G218" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="C218" s="0" t="s">
+      <c r="H218" s="0" t="s">
         <v>711</v>
       </c>
-      <c r="D218" s="0" t="s">
+      <c r="I218" s="1" t="s">
         <v>712</v>
-      </c>
-[...13 lines deleted...]
-        <v>709</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L218" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
         <v>713</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="D219" s="0"/>
+      <c r="D219" s="0" t="s">
+        <v>715</v>
+      </c>
       <c r="E219" s="0" t="s">
-        <v>128</v>
+        <v>709</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>31</v>
+        <v>710</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>130</v>
+        <v>711</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="D220" s="0"/>
+        <v>718</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>719</v>
+      </c>
       <c r="E220" s="0" t="s">
-        <v>128</v>
+        <v>709</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>31</v>
+        <v>710</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>130</v>
+        <v>711</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>57</v>
+        <v>513</v>
       </c>
       <c r="L220" s="0">
-        <v>300</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="D221" s="0"/>
+        <v>722</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>723</v>
+      </c>
       <c r="E221" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>244</v>
+        <v>160</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D222" s="0"/>
       <c r="E222" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L222" s="0"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="D223" s="0"/>
+        <v>730</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>731</v>
+      </c>
       <c r="E223" s="0" t="s">
-        <v>720</v>
+        <v>709</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>16</v>
+        <v>710</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>244</v>
+        <v>19</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>730</v>
+        <v>709</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>730</v>
+        <v>709</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L225" s="0"/>
+      <c r="L225" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>741</v>
+      </c>
+      <c r="D226" s="0"/>
       <c r="E226" s="0" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>731</v>
+        <v>16</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>740</v>
+        <v>701</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>41</v>
+        <v>174</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="D227" s="0" t="s">
         <v>743</v>
       </c>
+      <c r="D227" s="0"/>
       <c r="E227" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>744</v>
+        <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>745</v>
+        <v>701</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>233</v>
+        <v>323</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D228" s="0"/>
       <c r="E228" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>748</v>
+        <v>701</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L228" s="0"/>
+        <v>513</v>
+      </c>
+      <c r="L228" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="D229" s="0"/>
       <c r="E229" s="0" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
-        <v>731</v>
+        <v>16</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L229" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L229" s="0"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>754</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="D230" s="0"/>
       <c r="E230" s="0" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
-        <v>731</v>
+        <v>16</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>756</v>
+        <v>701</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>19</v>
+        <v>751</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>753</v>
+      </c>
+      <c r="D231" s="0"/>
       <c r="E231" s="0" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
-        <v>731</v>
+        <v>16</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>721</v>
+        <v>700</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>752</v>
+        <v>701</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>19</v>
+        <v>245</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="D232" s="0"/>
+        <v>755</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>756</v>
+      </c>
       <c r="E232" s="0" t="s">
-        <v>720</v>
+        <v>757</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>721</v>
+        <v>17</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>722</v>
+        <v>758</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>762</v>
+        <v>19</v>
       </c>
       <c r="L232" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="D233" s="0"/>
       <c r="E233" s="0" t="s">
-        <v>720</v>
+        <v>761</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>721</v>
+        <v>25</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>722</v>
+        <v>762</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>438</v>
+        <v>34</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="D234" s="0" t="s">
         <v>765</v>
       </c>
-      <c r="C234" s="0" t="s">
+      <c r="E234" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="D234" s="0"/>
-[...3 lines deleted...]
-      <c r="F234" s="0"/>
+      <c r="F234" s="0" t="s">
+        <v>767</v>
+      </c>
       <c r="G234" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>722</v>
+        <v>768</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>187</v>
+        <v>19</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
-      <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="D235" s="0"/>
+        <v>770</v>
+      </c>
+      <c r="D235" s="0">
+        <v>6030208</v>
+      </c>
       <c r="E235" s="0" t="s">
-        <v>720</v>
+        <v>180</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>721</v>
+        <v>25</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>769</v>
+        <v>91</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D236" s="0"/>
       <c r="E236" s="0" t="s">
-        <v>720</v>
+        <v>773</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>721</v>
+        <v>25</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>722</v>
+        <v>774</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="L236" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
-      <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="D237" s="0"/>
       <c r="E237" s="0" t="s">
-        <v>720</v>
+        <v>761</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>721</v>
+        <v>25</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>722</v>
+        <v>231</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>244</v>
-[...30 lines deleted...]
-      <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L238" s="0">
-[...180 lines deleted...]
-      <c r="L244" s="0"/>
+      <c r="L237" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -18026,57 +17556,50 @@
     <hyperlink ref="B213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_214"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_216"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_218"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_220"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_222"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_223"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_224"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_225"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_226"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_227"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_228"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_229"/>
     <hyperlink ref="B231" r:id="rId_hyperlink_230"/>
     <hyperlink ref="B232" r:id="rId_hyperlink_231"/>
     <hyperlink ref="B233" r:id="rId_hyperlink_232"/>
     <hyperlink ref="B234" r:id="rId_hyperlink_233"/>
     <hyperlink ref="B235" r:id="rId_hyperlink_234"/>
     <hyperlink ref="B236" r:id="rId_hyperlink_235"/>
     <hyperlink ref="B237" r:id="rId_hyperlink_236"/>
-    <hyperlink ref="B238" r:id="rId_hyperlink_237"/>
-[...5 lines deleted...]
-    <hyperlink ref="B244" r:id="rId_hyperlink_243"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>