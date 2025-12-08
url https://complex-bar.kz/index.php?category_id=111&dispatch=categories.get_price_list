--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -176,51 +176,51 @@
   <si>
     <t>747.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейника «Спайро» 340мл;фарфор;D=4см;белый</t>
   </si>
   <si>
     <t>03150552</t>
   </si>
   <si>
     <t>9032 C731</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Spyro</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>8047.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Крышка для кофейника «Айвори» 850мл;фарфор;D=55мм;айвори</t>
   </si>
   <si>
     <t>03150565</t>
   </si>
   <si>
     <t>1500 A802</t>
   </si>
   <si>
     <t>Ivory</t>
   </si>
   <si>
     <t>3119.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Крышка для кофейника «Спайро» 600мл;фарфор;D=55мм;белый</t>
   </si>
   <si>
     <t>03150570</t>
   </si>
@@ -266,53 +266,50 @@
   <si>
     <t>03150584</t>
   </si>
   <si>
     <t>2678-white</t>
   </si>
   <si>
     <t>Afrodyta</t>
   </si>
   <si>
     <t>4074.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейник «Афродита» 600мл;фарфор;D=7см;белый</t>
   </si>
   <si>
     <t>03150590</t>
   </si>
   <si>
     <t>2675-white</t>
   </si>
   <si>
     <t>2819.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для кофейника-термоса 11150200;пластик</t>
   </si>
   <si>
     <t>03150684</t>
   </si>
   <si>
     <t>RTA0022</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4284.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейника «Монако Вайт» 400мл;фарфор;,H=4,L=6,B=4см;белый</t>
   </si>
   <si>
     <t>03150901</t>
   </si>
   <si>
     <t>9001 C668</t>
@@ -327,50 +324,53 @@
     <t>Крышка для кофейника «Кантри Стайл» 1л;фарфор;коричнев.</t>
   </si>
   <si>
     <t>03150909</t>
   </si>
   <si>
     <t>TRY3910</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>13398.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейника «Кашуб-хел» 1л;фарфор;белый</t>
   </si>
   <si>
     <t>03150911</t>
   </si>
   <si>
     <t>0684</t>
   </si>
   <si>
     <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Крышка для кофейника «Монако Вайт» 600мл;фарфор;белый</t>
   </si>
   <si>
     <t>03150917</t>
   </si>
   <si>
     <t>9001 C667</t>
   </si>
   <si>
     <t>4944.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейника «Экселенси» (для арт. EXL3840);фарфор;D=44,H=55мм;белый</t>
   </si>
   <si>
     <t>03151347</t>
   </si>
   <si>
     <t>EXL3940</t>
   </si>
   <si>
     <t>Excellency</t>
   </si>
@@ -1789,204 +1789,204 @@
         <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="L18" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>109</v>