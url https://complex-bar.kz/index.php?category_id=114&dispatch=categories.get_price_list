--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -112,51 +112,51 @@
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Аура»;фарфор;,H=33,L=92,B=54мм;белый</t>
   </si>
   <si>
     <t>03171824</t>
   </si>
   <si>
     <t>6300 P357</t>
   </si>
   <si>
     <t>Rene Ozorio</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>3704.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=25,L=91,B=55мм;белый</t>
   </si>
   <si>
     <t>03171826</t>
   </si>
   <si>
     <t>A1883</t>
   </si>
   <si>
     <t>1029.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для ложки для мисосупа «Кунстверк»;фарфор;,H=25,L=91,B=55мм;черный</t>
   </si>
   <si>
     <t>03171827</t>
   </si>
   <si>
     <t>A1883W13</t>
   </si>