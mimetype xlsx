--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -92,66 +92,66 @@
   <si>
     <t>Горелки для мармитов</t>
   </si>
   <si>
     <t>9695.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Горелка для мармита;сталь нерж.;D=90,H=55,L=170мм;серебрист.</t>
   </si>
   <si>
     <t>04010346</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>11527.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Горелка для фламбе;сталь нерж.;D=18,5,H=28см;серебрист.</t>
   </si>
   <si>
     <t>04010362</t>
   </si>
   <si>
     <t>56162-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
-    <t>607246.00₸</t>
+    <t>799969.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита 11915;сталь нерж.;9л;,H=26,L=24,B=24см;серебрист.</t>
   </si>
   <si>
     <t>04010811</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Емкости для мармитов</t>
   </si>
   <si>
     <t>21229.00₸</t>
   </si>
   <si>
     <t>Крышка для мармита 260434;пластик;D=25,4см;прозр.</t>
   </si>
   <si>
     <t>04010822</t>
   </si>
@@ -176,347 +176,344 @@
   <si>
     <t>50.8366.0110</t>
   </si>
   <si>
     <t>Hepp</t>
   </si>
   <si>
     <t>147586.00₸</t>
   </si>
   <si>
     <t>Крышка для мармита 11915;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>04010852</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>14518.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита GN 1/1;D=240,H=75мм;900вт;черный</t>
   </si>
   <si>
-    <t>04010854</t>
+    <t>04010854-С</t>
   </si>
   <si>
     <t>Нагревательные элементы для мармитов</t>
   </si>
   <si>
     <t>175427.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Рама для мармита 12398 для электронагревательного элемента;серебрист.</t>
   </si>
   <si>
     <t>04010855</t>
   </si>
   <si>
     <t>Запчасти для мармитов</t>
   </si>
   <si>
     <t>21014.00₸</t>
   </si>
   <si>
     <t>Рама для мармита 12394, 12404 для электронагревательного элемента;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>04010857</t>
   </si>
   <si>
     <t>22960.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита GN 1/1;алюмин.;,H=2,L=30,B=20см;800вт;серебрист.</t>
   </si>
   <si>
     <t>04010872-С</t>
   </si>
   <si>
     <t>231801.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита GN 1/1;алюмин.;,H=2,L=30,B=20см;600вт;серебрист.</t>
   </si>
   <si>
     <t>04010904</t>
   </si>
   <si>
     <t>175168.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита;сталь нерж.,пластик;D=140,H=95мм;500вт;серебрист.,черный</t>
   </si>
   <si>
     <t>04010908</t>
   </si>
   <si>
     <t>50246.00₸</t>
   </si>
   <si>
+    <t>Рама для мармита «Проотель» для электронагревательного элемента;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04010913</t>
+  </si>
+  <si>
+    <t>ICR</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>9429.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 12393;сталь нерж.;D=38,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010918</t>
+  </si>
+  <si>
+    <t>228814.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Зажим для мармита 58136E41 (левый)</t>
+  </si>
+  <si>
+    <t>04010921</t>
+  </si>
+  <si>
+    <t>58136-KP</t>
+  </si>
+  <si>
+    <t>Asia</t>
+  </si>
+  <si>
+    <t>126997.00₸</t>
+  </si>
+  <si>
+    <t>Зажим для мармита 58136E41 (правый)</t>
+  </si>
+  <si>
+    <t>04010922</t>
+  </si>
+  <si>
+    <t>58136-KQ</t>
+  </si>
+  <si>
+    <t>59383.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита;сталь нерж.;4л;D=22см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010923</t>
+  </si>
+  <si>
+    <t>S58136-GA_14001</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>127820.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;2,5л;D=16,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011847</t>
+  </si>
+  <si>
+    <t>017002</t>
+  </si>
+  <si>
+    <t>38616.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;7,6л;D=24,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011848</t>
+  </si>
+  <si>
+    <t>017004</t>
+  </si>
+  <si>
+    <t>66906.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;14л;D=28,H=23см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011849</t>
+  </si>
+  <si>
+    <t>017005</t>
+  </si>
+  <si>
+    <t>83961.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;4,8л;D=20,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04012525</t>
+  </si>
+  <si>
+    <t>017003</t>
+  </si>
+  <si>
+    <t>61955.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая с разделителем;фарфор;D=370,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>04012527</t>
+  </si>
+  <si>
+    <t>44355-30</t>
+  </si>
+  <si>
+    <t>130954.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая для 12353, 12371;сталь нерж.;6л;D=39см;серебрист.</t>
+  </si>
+  <si>
+    <t>04012896</t>
+  </si>
+  <si>
+    <t>25426.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая для 12354, 12372, 12399;сталь нерж.;10л;D=28,7,H=22см;серебрист.</t>
+  </si>
+  <si>
+    <t>04013624</t>
+  </si>
+  <si>
+    <t>21392.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;фарфор;D=330,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>04013634</t>
+  </si>
+  <si>
+    <t>44352-30</t>
+  </si>
+  <si>
+    <t>85378.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая с разделителем;фарфор;4л;D=375,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>04013708</t>
+  </si>
+  <si>
+    <t>114877.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для мармита GN 1/3;фарфор;2,3л;,H=65,L=325,B=176мм;белый</t>
+  </si>
+  <si>
+    <t>04013838</t>
+  </si>
+  <si>
+    <t>50.8366.0130</t>
+  </si>
+  <si>
+    <t>44676.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита;фарфор;3л;D=33,5см;белый</t>
+  </si>
+  <si>
+    <t>04013996</t>
+  </si>
+  <si>
+    <t>60.8874.3000</t>
+  </si>
+  <si>
+    <t>87149.00₸</t>
+  </si>
+  <si>
+    <t>Станция для мармита «Буфет» GN 1/2;мдф;черный</t>
+  </si>
+  <si>
+    <t>04014927</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>93194.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита для 4042161, 51135556;сталь нерж.;5л;серебрист.</t>
+  </si>
+  <si>
+    <t>04015001</t>
+  </si>
+  <si>
+    <t>34019.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 12399;сталь нерж.;D=48см;серебрист.</t>
+  </si>
+  <si>
+    <t>04015007</t>
+  </si>
+  <si>
+    <t>201032.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Рама для мармита «Проотель» для электронагревательного элемента;сталь нерж.;серебрист.</t>
-[...232 lines deleted...]
-  <si>
     <t>Доводчик крышки для мармита 12404;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>04015008</t>
   </si>
   <si>
     <t>148834.00₸</t>
   </si>
   <si>
     <t>Доводчик крышки для мармита 12.4093.2320</t>
   </si>
   <si>
     <t>04015009</t>
   </si>
   <si>
     <t>57.0078.0021</t>
   </si>
   <si>
     <t>312928.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита GN 1/3;сталь нерж.;,H=65,L=325,B=176мм;серебрист.</t>
   </si>
   <si>
     <t>04015017</t>
@@ -635,66 +632,51 @@
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337,12338, 12339;фарфор;D=295,H=90мм;белый</t>
   </si>
   <si>
     <t>04019149</t>
   </si>
   <si>
     <t>92239.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита 12228 с крышкой;сталь нерж.;4,5л;D=20,H=18см;серебрист.</t>
   </si>
   <si>
     <t>04148515</t>
   </si>
   <si>
     <t>30192.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337;сталь нерж.;4л;D=305,H=80мм;серебрист.</t>
   </si>
   <si>
     <t>04151313</t>
   </si>
   <si>
-    <t>42874.00₸</t>
-[...14 lines deleted...]
-    <t>159283.00₸</t>
+    <t>45731.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита;сталь нерж.,пластик;D=11,H=11,5см;350вт;серебрист.,черный</t>
   </si>
   <si>
     <t>07100221</t>
   </si>
   <si>
     <t>E02-35001</t>
   </si>
   <si>
     <t>38934.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка для мармита X813187V-1;сталь нерж.;,L=72,B=52см;серебрист.</t>
   </si>
   <si>
     <t>07100223</t>
   </si>
   <si>
     <t>32129VL</t>
   </si>
@@ -725,53 +707,50 @@
   <si>
     <t>230716.00₸</t>
   </si>
   <si>
     <t>Поддон для воды для мармита 12350 с креплением;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>07100236</t>
   </si>
   <si>
     <t>52615.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита X81187-1;сталь нерж.;760вт</t>
   </si>
   <si>
     <t>07100238</t>
   </si>
   <si>
     <t>P2112M-UK</t>
   </si>
   <si>
     <t>8463.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доводчик крышки для мармита</t>
   </si>
   <si>
     <t>07100240</t>
   </si>
   <si>
     <t>57.0078.0046</t>
   </si>
   <si>
     <t>136783.00₸</t>
   </si>
   <si>
     <t>Доводчик крышки для мармита[1шт]</t>
   </si>
   <si>
     <t>07100241</t>
   </si>
   <si>
     <t>57.0078.0052</t>
   </si>
   <si>
     <t>279749.00₸</t>
   </si>
   <si>
     <t>Подставка для мармита GN 2/3;сталь нерж.;,H=17,L=40,B=37см;серебрист.</t>
@@ -818,87 +797,108 @@
   <si>
     <t>57.0024.9990</t>
   </si>
   <si>
     <t>197536.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита 82189;сталь нерж.;760вт</t>
   </si>
   <si>
     <t>04019087</t>
   </si>
   <si>
     <t>P2476</t>
   </si>
   <si>
     <t>Емкость для мармита X85887-1;сталь;4л;D=21/16,5,H=17см</t>
   </si>
   <si>
     <t>04019143</t>
   </si>
   <si>
     <t>35700.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для мармита 58136E41;металл;D=45,H=20см;металлич.</t>
   </si>
   <si>
     <t>04019066</t>
   </si>
   <si>
     <t>C59951060</t>
   </si>
   <si>
     <t>232972.00₸</t>
   </si>
   <si>
     <t>Подставка для мармита W20-1102T 50/60Гц; 900W; 230 Вт;сталь нерж.</t>
   </si>
   <si>
     <t>04015205</t>
   </si>
   <si>
     <t>W07-11021B</t>
   </si>
   <si>
     <t>413000.00₸</t>
   </si>
   <si>
     <t>Крышка для мармита 81328-1;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>07100257</t>
   </si>
   <si>
     <t>21388L</t>
   </si>
   <si>
     <t>20300.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мармита GN 1/1;сталь нерж.;,H=19,L=58,B=45см;серебрист.</t>
+  </si>
+  <si>
+    <t>07100258</t>
+  </si>
+  <si>
+    <t>57.0015.6040</t>
+  </si>
+  <si>
+    <t>673951.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита;сталь нерж.,пластик;,L=20,B=25см;700вт</t>
+  </si>
+  <si>
+    <t>07100306</t>
+  </si>
+  <si>
+    <t>60.8981.0020</t>
+  </si>
+  <si>
+    <t>372064.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -913,51 +913,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C943-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1828-424E-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7017-4253-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A6-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7392C83-8146-11E9-BBBA-005056921CC45.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487CDCB6-AECA-11EE-BC40-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA944F-424F-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F546-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F547-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F549-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B20-4251-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1028-21BB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004753-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073516F-4253-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF7-48FA-11EA-BBCE-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC848-0683-11ED-BBFC-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC846-0683-11ED-BBFC-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E146-E3D6-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2F21B-21C1-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD536E-21C1-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111900-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F3-EA59-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C4-4252-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70EBB-E569-11EF-BC53-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8966A47F-696D-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322B1-4253-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AF12271-EA59-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F4-EA59-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BB-94BA-11EC-BBF8-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CFA-48FA-11EA-BBCE-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0857-21C5-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5441-FECF-11EC-BBFA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0660C0E-104C-11EA-BBC6-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BE-0D97-11EC-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BD-0D97-11EC-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE834296-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462745A-21C5-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26173-ACA4-11ED-BC04-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BCA2-8EBC-11EE-BC13-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00164-8EBC-11EE-BC13-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00024-8EBC-11EE-BC13-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563545A9-3212-11EF-BC4C-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5288-4252-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C44-F13D-11EC-BBFA-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1D45-222F-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E07-4253-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E89192-104E-11EA-BBC6-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C010-F94B-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6F-FECF-11EC-BBFA-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA38-5268-11EA-BBCE-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1CA5-222F-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B95C4464-F94B-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5440-FECF-11EC-BBFA-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FC9-F161-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A6804CC-EA58-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527FA4DB-FC24-11EA-BBDB-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C273FCD3-EA57-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B64357-EAEE-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72AB7BD-42B3-11F0-BC50-00505692C44759.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C943-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1828-424E-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7017-4253-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A6-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7392C83-8146-11E9-BBBA-005056921CC45.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487CDCB6-AECA-11EE-BC40-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA944F-424F-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F546-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F547-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F549-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B20-4251-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1028-21BB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004753-424D-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073516F-4253-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF7-48FA-11EA-BBCE-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC848-0683-11ED-BBFC-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC846-0683-11ED-BBFC-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E146-E3D6-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2F21B-21C1-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD536E-21C1-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111900-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F3-EA59-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C4-4252-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70EBB-E569-11EF-BC53-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8966A47F-696D-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322B1-4253-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AF12271-EA59-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F4-EA59-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BB-94BA-11EC-BBF8-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CFA-48FA-11EA-BBCE-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0857-21C5-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5441-FECF-11EC-BBFA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0660C0E-104C-11EA-BBC6-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BE-0D97-11EC-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BD-0D97-11EC-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE834296-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462745A-21C5-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26173-ACA4-11ED-BC04-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BCA2-8EBC-11EE-BC13-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00164-8EBC-11EE-BC13-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00024-8EBC-11EE-BC13-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563545A9-3212-11EF-BC4C-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5288-4252-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C44-F13D-11EC-BBFA-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E07-4253-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E89192-104E-11EA-BBC6-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C010-F94B-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6F-FECF-11EC-BBFA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA38-5268-11EA-BBCE-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1CA5-222F-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B95C4464-F94B-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5440-FECF-11EC-BBFA-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FC9-F161-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A6804CC-EA58-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527FA4DB-FC24-11EA-BBDB-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C273FCD3-EA57-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B64357-EAEE-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72AB7BD-42B3-11F0-BC50-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D77005-C7F0-11F0-BC5A-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682A9CFE-C7F0-11F0-BC5A-00505692E2D060.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2602,123 +2602,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2977,62 +3007,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-ilsa-04010342/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-pintinox-04010346/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-flambe-paderno-04010362/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04010811/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-dlya-shokolada-matfer-04010822/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04010847/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010852/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-dlya-marmitov-aps-04010854/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmita-aps-04010855/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronarevatelnogo-elementa-dlya-marmitov-aps-04010857/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010872/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmi-prohotel-04010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-levyy-dlya-marmita-paderno-04010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-pravyy-dlya-marmita-paderno-04010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-sambonet-04010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011847/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011848/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011849/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04012525/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-kruglaya-paderno-04012527/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-aps-04012896/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmitov-aps-04013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-paderno-04013634/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-s-razdelitelem-aps-04013708/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013838/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013996/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04014927/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-pintinox-04015001/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-art12399-aps-04015007/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-aps-04015008/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-04015009/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04015017/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termoregulyator-dlya-marmita-sunnex-04015018/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015021/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015102/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-gorelkoy-dlya-marmita-aps-04016501/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-nagrevatelnoy-trubki-dlya-marmita-sunnex-04019055/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-paderno-04019065/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04019132/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-marmita-pintinox-04019133/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-pintinox-04019137/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04019149/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kryshkoy-dlya-marmita-aps-04148515/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-aps-04151313/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-beckers-07020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-sunnex-07100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100223/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-hepp-07100234/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kvadratnaya-dlya-marmita-hepp-07100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/poddon-dlya-vody-s-krepleniem-dlya-marmita-aps-07100236/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-sunnex-07100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100240/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100243/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-sunnex-07100245/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-hepp-07100251/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-hepp-07100303/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-sunnex-04019087/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-sunnex-04019143/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-paderno-04019066/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-marmita-sunnex-04015205/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100257/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-ilsa-04010342/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-pintinox-04010346/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-flambe-paderno-04010362/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04010811/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-dlya-shokolada-matfer-04010822/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04010847/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010852/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-dlya-marmitov-aps-04010854/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmita-aps-04010855/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronarevatelnogo-elementa-dlya-marmitov-aps-04010857/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010872/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmi-prohotel-04010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-levyy-dlya-marmita-paderno-04010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-pravyy-dlya-marmita-paderno-04010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-sambonet-04010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011847/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011848/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011849/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04012525/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-kruglaya-paderno-04012527/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-aps-04012896/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmitov-aps-04013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-paderno-04013634/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-s-razdelitelem-aps-04013708/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013838/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013996/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04014927/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-pintinox-04015001/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-art12399-aps-04015007/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-aps-04015008/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-04015009/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04015017/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termoregulyator-dlya-marmita-sunnex-04015018/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015021/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015102/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-gorelkoy-dlya-marmita-aps-04016501/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-nagrevatelnoy-trubki-dlya-marmita-sunnex-04019055/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-paderno-04019065/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04019132/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-marmita-pintinox-04019133/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-pintinox-04019137/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04019149/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kryshkoy-dlya-marmita-aps-04148515/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-aps-04151313/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-sunnex-07100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100223/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-hepp-07100234/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kvadratnaya-dlya-marmita-hepp-07100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/poddon-dlya-vody-s-krepleniem-dlya-marmita-aps-07100236/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-sunnex-07100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100240/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100243/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-sunnex-07100245/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-hepp-07100251/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-hepp-07100303/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-sunnex-04019087/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-sunnex-04019143/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-paderno-04019066/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-marmita-sunnex-04015205/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100257/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100258/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-hepp-07100306/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L66"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I66" sqref="I66"/>
+      <selection activeCell="I67" sqref="I67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3453,1685 +3483,1713 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D14" s="0">
         <v>12299</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D16" s="0">
         <v>12385</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="B19" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D25" s="0">
         <v>12366</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D26" s="0">
         <v>12397</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D28" s="0">
         <v>82215</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D31" s="0">
         <v>97160720</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="B32" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0">
         <v>30597222</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D33" s="0">
         <v>12384</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>73</v>
+        <v>150</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D34" s="0">
         <v>87004</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="E37" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D40" s="0">
         <v>12396</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D44" s="0">
         <v>51800015</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D45" s="0">
         <v>97150856</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D46" s="0">
         <v>82211</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D47" s="0">
         <v>12244</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D48" s="0">
         <v>12329</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>210</v>
+        <v>165</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>118</v>
+        <v>210</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L52" s="0"/>
+      <c r="L52" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>224</v>
+      </c>
+      <c r="D53" s="0">
+        <v>12249</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>12249</v>
+        <v>227</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>228</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L56" s="0"/>
+      <c r="L56" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L57" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L58" s="0"/>
+      <c r="L58" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L59" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
-      <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>260</v>
+        <v>166</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L61" s="0"/>
+      <c r="L61" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
+      <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>258</v>
+      </c>
+      <c r="D62" s="0">
+        <v>21288</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>167</v>
+        <v>259</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
-      <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>21288</v>
+        <v>261</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>262</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>166</v>
+        <v>29</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="B64" s="0" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
+      <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>166</v>
+        <v>46</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0"/>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="80">
+      <c r="A67" s="0"/>
+      <c r="B67" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F67" s="0"/>
+      <c r="G67" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="J67" s="0"/>
+      <c r="K67" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L67" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5157,50 +5215,51 @@
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>