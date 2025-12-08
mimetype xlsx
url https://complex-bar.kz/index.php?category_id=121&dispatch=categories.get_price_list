--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -89,168 +89,168 @@
   <si>
     <t>Ленты и ролики для печати лейблов</t>
   </si>
   <si>
     <t>28768.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Этикет-лента 21*12/1000 белая прямая (150)[10шт]</t>
   </si>
   <si>
     <t>08070206</t>
   </si>
   <si>
     <t>Xelon</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>4905.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>49 шт.</t>
   </si>
   <si>
     <t>Этикет-лента 26*16/800 белая прямая (150)[10шт]</t>
   </si>
   <si>
     <t>08070207</t>
   </si>
   <si>
     <t>6738.00₸</t>
   </si>
   <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 желтая прямая (150)[10шт]</t>
+  </si>
+  <si>
+    <t>08070208</t>
+  </si>
+  <si>
+    <t>5491.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 красная прямая (125)[5шт]</t>
+  </si>
+  <si>
+    <t>08070209</t>
+  </si>
+  <si>
+    <t>3427.00₸</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21*12/800 оранж.прямая (180)[10шт]</t>
+  </si>
+  <si>
+    <t>08070211</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Красящий ролик д/МХ-5500 (20мм)</t>
+  </si>
+  <si>
+    <t>08070212</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Красящий ролик д/МХ-2616(25мм)</t>
+  </si>
+  <si>
+    <t>08070213</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21*12/800 зеленая прямая(180)[10шт]</t>
+  </si>
+  <si>
+    <t>08070220</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 красная прямая (150)[10шт]</t>
+  </si>
+  <si>
+    <t>08070221</t>
+  </si>
+  <si>
+    <t>ЭЛ-27</t>
+  </si>
+  <si>
+    <t>5976.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Лента липкая рулон для арт.4130801[6шт];поливинилхл.;,L=10 000,B=1,2см;желт.</t>
+  </si>
+  <si>
+    <t>08080401</t>
+  </si>
+  <si>
+    <t>13114.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Лейбл в 2 линии[1750шт];бумага;белый</t>
+  </si>
+  <si>
+    <t>08090408</t>
+  </si>
+  <si>
+    <t>36937.00₸</t>
+  </si>
+  <si>
     <t>16 шт.</t>
-  </si>
-[...103 lines deleted...]
-    <t>17 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>