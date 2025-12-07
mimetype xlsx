--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -179,123 +179,126 @@
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>16779.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=11,L=22,8,B=16,5см;коричнев.</t>
   </si>
   <si>
     <t>03177002</t>
   </si>
   <si>
     <t>Q810O-00N</t>
   </si>
   <si>
     <t>16771.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=11,L=21,5,B=15см;коричнев.</t>
   </si>
   <si>
     <t>03177003</t>
   </si>
   <si>
     <t>Q811O-00N</t>
   </si>
   <si>
     <t>15262.00₸</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй 2 отделения;дуб;,H=18,L=24,5,B=16,5см;коричнев.</t>
   </si>
   <si>
     <t>03177004</t>
   </si>
   <si>
     <t>Q812O-00N</t>
   </si>
   <si>
     <t>19173.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй 2 отделения;дуб;,H=15,L=15,B=15,3см;коричнев.</t>
   </si>
   <si>
     <t>03177005</t>
   </si>
   <si>
     <t>Q813O-00N</t>
   </si>
   <si>
     <t>19120.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=20,L=10,B=10см;коричнев.</t>
   </si>
   <si>
     <t>03177006</t>
   </si>
   <si>
     <t>Q814O-00N</t>
   </si>
   <si>
     <t>17110.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=5,L=25,B=12см;коричнев.</t>
   </si>
   <si>
     <t>03177007</t>
   </si>
   <si>
     <t>Q815O-00N</t>
   </si>
   <si>
-    <t>15701.00₸</t>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=7,L=34,B=12см;бежев.</t>
   </si>
   <si>
     <t>03177008</t>
   </si>
   <si>
     <t>Q816P-00W</t>
   </si>
   <si>
     <t>16101.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй 4 отделения;дуб;,H=10,L=17,B=17см;коричнев.</t>
   </si>
   <si>
     <t>03177009</t>
   </si>
   <si>
     <t>Q817O-00N</t>
   </si>
@@ -329,129 +332,132 @@
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=15,L=15,B=15см;коричнев.</t>
   </si>
   <si>
     <t>03177012</t>
   </si>
   <si>
     <t>Q820O-00N</t>
   </si>
   <si>
     <t>24818.00₸</t>
   </si>
   <si>
     <t>Подставка для набора для специй;дуб;,H=7,L=34,B=12см;коричнев.</t>
   </si>
   <si>
     <t>03177013</t>
   </si>
   <si>
     <t>Q816O-00N</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>03177014</t>
   </si>
   <si>
     <t>Q809O-00N</t>
   </si>
   <si>
     <t>15362.00₸</t>
   </si>
   <si>
     <t>Подставка для набора для специй «Мезень» Принц Лебеди;фарфор;,H=105,L=168,B=65мм;белый,красный</t>
   </si>
   <si>
     <t>03177156</t>
   </si>
   <si>
     <t>ИПС 03.168.Д1302:07</t>
   </si>
   <si>
     <t>Башкирский фарфор</t>
   </si>
   <si>
     <t>Мезень</t>
   </si>
   <si>
     <t>6453.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй «Белая» Принц;фарфор;,H=105,L=65,B=168мм;белый</t>
   </si>
   <si>
     <t>03177180</t>
   </si>
   <si>
     <t>ИПС 03.168</t>
   </si>
   <si>
     <t>Белая</t>
   </si>
   <si>
     <t>3743.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй «Кунстверк» для A2750;фарфор;белый</t>
   </si>
   <si>
     <t>03177200</t>
   </si>
   <si>
     <t>A2750D</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>833.00₸</t>
   </si>
   <si>
     <t>Подставка для набора для специй и салфеток 3 отделения;дуб;,H=6,L=21,B=15см;коричнев.</t>
   </si>
   <si>
     <t>04150851</t>
   </si>
   <si>
     <t>Q806F-00N</t>
   </si>
   <si>
     <t>20128.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Подставка для набора для специй и салфеток 5 отделений с лого;дуб;,H=65,L=210,B=150мм</t>
   </si>
   <si>
     <t>04150865</t>
   </si>
   <si>
     <t>Q825O-00N</t>
   </si>
   <si>
     <t>17387.00₸</t>
   </si>
   <si>
     <t>Подставка для набора для специй и салфеток;дуб;,H=10,L=24,B=17,7см</t>
   </si>
   <si>
     <t>04150893</t>
   </si>
   <si>
     <t>Q837O-00N</t>
   </si>
   <si>
     <t>21868.00₸</t>
   </si>
@@ -2036,530 +2042,530 @@
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L14" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L17" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L18" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L20" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L21" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>113</v>
+        <v>33</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L28" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>