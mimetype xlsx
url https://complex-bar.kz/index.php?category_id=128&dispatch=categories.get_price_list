--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -107,54 +107,54 @@
   <si>
     <t>03171249</t>
   </si>
   <si>
     <t>0283CP</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Пробка для солонки и перечницы;резина;D=23/32,H=12мм;белый</t>
   </si>
   <si>
     <t>03177114</t>
   </si>
   <si>
     <t>R916O-00W</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>170.00₸</t>
-[...2 lines deleted...]
-    <t>0 шт.</t>
+    <t>201.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>