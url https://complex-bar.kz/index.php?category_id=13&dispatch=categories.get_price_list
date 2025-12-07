--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -203,267 +203,267 @@
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>11375.00₸</t>
   </si>
   <si>
     <t>Коврик барный «Пробар»;резина;,L=45,B=30см;коричнев.</t>
   </si>
   <si>
     <t>02120625</t>
   </si>
   <si>
     <t>11627.00₸</t>
   </si>
   <si>
     <t>02120626</t>
   </si>
   <si>
     <t>JW-GBM</t>
   </si>
   <si>
     <t>8022.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Коврик барный «Пробар»;резина;,L=30,B=15см;черный</t>
+  </si>
+  <si>
+    <t>02120627</t>
+  </si>
+  <si>
+    <t>JW-GSM</t>
+  </si>
+  <si>
+    <t>8652.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная;поливинилхл.;,L=300,B=61см;черный</t>
+  </si>
+  <si>
+    <t>02120636</t>
+  </si>
+  <si>
+    <t>020342</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>113706.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный «Пробар» рельефный;полипроп.;,H=5,L=300,B=300мм;черный</t>
+  </si>
+  <si>
+    <t>02120638</t>
+  </si>
+  <si>
+    <t>JD-BDM</t>
+  </si>
+  <si>
+    <t>6398.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный рельефный;полипроп.;,L=33,B=33см;черный</t>
+  </si>
+  <si>
+    <t>02120641</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный;резина;,L=30,B=15см;черный</t>
+  </si>
+  <si>
+    <t>02120642</t>
+  </si>
+  <si>
+    <t>7000.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный;резина;,L=45,B=31см;черный</t>
+  </si>
+  <si>
+    <t>02120643</t>
+  </si>
+  <si>
+    <t>19719.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный;резина;,L=52,B=8см;черный</t>
+  </si>
+  <si>
+    <t>02120644</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>13075.00₸</t>
+  </si>
+  <si>
+    <t>Коврик барный;резина;,L=60,B=8см;черный</t>
+  </si>
+  <si>
+    <t>02120645</t>
+  </si>
+  <si>
+    <t>13891.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>02120646</t>
+  </si>
+  <si>
+    <t>Коврик барный рельефный;полипроп.;,L=33,B=33см;белый</t>
+  </si>
+  <si>
+    <t>02120647</t>
+  </si>
+  <si>
+    <t>7154.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная;пластик;,L=100,B=65см;черный</t>
+  </si>
+  <si>
+    <t>02121203</t>
+  </si>
+  <si>
+    <t>SL1440-BK</t>
+  </si>
+  <si>
+    <t>4146.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная;пластик;,L=100,B=65см;прозр.</t>
+  </si>
+  <si>
+    <t>02121204</t>
+  </si>
+  <si>
+    <t>SL1440-C</t>
+  </si>
+  <si>
+    <t>Сетка барная;полиэтилен;,L=100,B=65см;красный</t>
+  </si>
+  <si>
+    <t>02121205</t>
+  </si>
+  <si>
+    <t>SL1440-R</t>
+  </si>
+  <si>
+    <t>4151.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная мелкая;текстиль,прорезин.;,L=100,B=90см;красный</t>
+  </si>
+  <si>
+    <t>02121209</t>
+  </si>
+  <si>
+    <t>MM100-RD</t>
+  </si>
+  <si>
+    <t>4841.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная «Пробар»;полиэтилен;,L=100,B=60см;прозр.</t>
+  </si>
+  <si>
+    <t>02121226</t>
+  </si>
+  <si>
+    <t>BM-240C</t>
+  </si>
+  <si>
+    <t>5124.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная «Пробар»;полиэтилен;,L=100,B=60см;салатов.</t>
+  </si>
+  <si>
+    <t>02121227</t>
+  </si>
+  <si>
+    <t>BM-240G</t>
+  </si>
+  <si>
+    <t>3731.00₸</t>
+  </si>
+  <si>
+    <t>Сетка барная «Пробар»;полиэтилен;,L=100,B=60см;красный</t>
+  </si>
+  <si>
+    <t>02121228</t>
+  </si>
+  <si>
+    <t>BM-240R</t>
+  </si>
+  <si>
+    <t>Сетка барная «Пробар»;полиэтилен;,L=100,B=60см;черный</t>
+  </si>
+  <si>
+    <t>02121229</t>
+  </si>
+  <si>
+    <t>BM-240B</t>
+  </si>
+  <si>
+    <t>Доска барная полукруглая;сталь нерж.,пробка натур.;D=34,B=17см;серебрист.,бежев.</t>
+  </si>
+  <si>
+    <t>02123201</t>
+  </si>
+  <si>
+    <t>10065-02</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>21507.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
-  </si>
-[...214 lines deleted...]
-    <t>21507.00₸</t>
   </si>
   <si>
     <t>Доска на 6 стопок «Pino Board» ясень;,H=6,L=52,B=8см;тем.корич.</t>
   </si>
   <si>
     <t>04090409</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>16284.00₸</t>
   </si>
   <si>
     <t>Доска на 4 стопки «Gloine» ясень;,H=8,L=33,B=6см;тем.корич.</t>
   </si>
   <si>
     <t>04090411</t>
   </si>
   <si>
     <t>Доска "Шот Холдер" на 4 стопки;D=43,L=360,B=75мм;св. дерево</t>
   </si>
   <si>
     <t>04090417</t>
   </si>
@@ -2269,595 +2269,595 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D16" s="0">
         <v>93303</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="L16" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D17" s="0">
         <v>93166</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D18" s="0">
         <v>93167</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D19" s="0">
         <v>93173</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D20" s="0">
         <v>93168</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D21" s="0">
         <v>93169</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D22" s="0">
         <v>93304</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>45</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="L31" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D32" s="0"/>
       <c r="E32" s="0"/>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>138</v>
       </c>