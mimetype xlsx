--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,51 +71,51 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Пробка для вина с рычагом;сталь нерж.,резина;D=15,H=75мм;серебрист.,белый</t>
   </si>
   <si>
     <t>02070102</t>
   </si>
   <si>
     <t>057</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Помпы и пробки</t>
   </si>
   <si>
-    <t>917.00₸</t>
+    <t>963.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Пробка для шампанского «Пробар»;сталь нерж.;D=40,H=47мм;серебрист.</t>
   </si>
   <si>
     <t>02070218</t>
   </si>
   <si>
     <t>HH255C</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3542.00₸</t>
   </si>
   <si>
     <t>Пробка для вина «Пробар»;сталь нерж.;D=4,H=5см;серебрист.</t>
   </si>
@@ -215,111 +215,108 @@
   <si>
     <t>Пробка вакуум. д/вина[2шт];пластик;D=40,H=35,L=35,B=40мм;коричнев.</t>
   </si>
   <si>
     <t>02070244</t>
   </si>
   <si>
     <t>3649.00₸</t>
   </si>
   <si>
     <t>Пробка для шампанского;абс-пластик;D=56,H=76мм;черный</t>
   </si>
   <si>
     <t>02070247</t>
   </si>
   <si>
     <t>Vacuvin</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>11050.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пробка для вина (для арт. 2070205);резина;D=3,H=4см;серый</t>
   </si>
   <si>
     <t>02070253</t>
   </si>
   <si>
     <t>0061300</t>
   </si>
   <si>
     <t>1594.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>39 шт.</t>
   </si>
   <si>
     <t>Пробка для вина и шампанского;абс-пластик;D=45,H=50мм;черный</t>
   </si>
   <si>
     <t>02070301</t>
   </si>
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
     <t>6099.00₸</t>
   </si>
   <si>
     <t>Пробка для сохранения и розлива вина;пластик;D=43,H=50мм;черный</t>
   </si>
   <si>
     <t>02070302</t>
   </si>
   <si>
     <t>2318.00₸</t>
   </si>
   <si>
     <t>Пробка для шампанского;нейлон;D=65/40,H=90мм;черный</t>
   </si>
   <si>
     <t>02070303</t>
   </si>
   <si>
     <t>062</t>
   </si>
   <si>
     <t>5645.00₸</t>
   </si>
   <si>
     <t>Пробка для шампанского;пластик;D=4,H=5см;бордо</t>
   </si>
   <si>
     <t>02070308</t>
   </si>
   <si>
     <t>1801/15burgundy</t>
   </si>
   <si>
-    <t>3019.00₸</t>
+    <t>3111.00₸</t>
   </si>
   <si>
     <t>Пробка для вина[2шт];сталь нерж.;D=4,H=9см;серебрист.</t>
   </si>
   <si>
     <t>02070316</t>
   </si>
   <si>
     <t>10580020IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>11886.00₸</t>
   </si>
   <si>
     <t>Пробка для шампанского[2шт];сталь нерж.;D=40,H=45мм;серебрист.</t>
   </si>
   <si>
     <t>02070317</t>
   </si>
   <si>
     <t>10600020IVV</t>
   </si>
@@ -1746,398 +1743,398 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0">
         <v>1880460</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L13" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D14" s="0">
         <v>1823</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D15" s="0">
         <v>1854460</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D21" s="0">
         <v>64</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D22" s="0">
         <v>3627644</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>