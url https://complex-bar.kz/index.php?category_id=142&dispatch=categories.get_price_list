--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -70,51 +70,51 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Емкость для стойки фуршетной;пластик;,L=22,B=13,5см</t>
   </si>
   <si>
     <t>03080631</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Комплектующие для подставок фуршетных</t>
   </si>
   <si>
     <t>7531.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Емкость для стойки фуршетной 11446,11451;пластик;,H=13,L=15,B=20см</t>
   </si>
   <si>
     <t>03080641</t>
   </si>
   <si>
     <t>9718.00₸</t>
   </si>
   <si>
     <t>45 шт.</t>
   </si>
   <si>
     <t>Основание для буфетной стены;сталь нерж.;,H=80,L=205,B=205мм</t>
   </si>
   <si>
     <t>04012185</t>
   </si>
   <si>
     <t>6ST010</t>
   </si>
   <si>
     <t>Frilich</t>
   </si>