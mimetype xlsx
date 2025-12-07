--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,66 +77,66 @@
   <si>
     <t>Крышка для салатника «Пьюрити» 696 559;эко-кост. фарф.;D=55мм;белый</t>
   </si>
   <si>
     <t>03031075</t>
   </si>
   <si>
     <t>69 6409</t>
   </si>
   <si>
     <t>Bauscher</t>
   </si>
   <si>
     <t>Purity</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Крышки для салатников</t>
   </si>
   <si>
     <t>5190.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка для салатника «Пьюрити» 696 569;эко-кост. фарф.;D=75мм;белый</t>
   </si>
   <si>
     <t>03031076</t>
   </si>
   <si>
     <t>69 6419</t>
   </si>
   <si>
     <t>7369.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Крышка для салатника «Пьюрити» 696 577;эко-кост. фарф.;D=10,4см;белый</t>
   </si>
   <si>
     <t>03031078</t>
   </si>
   <si>
     <t>69 6427</t>
   </si>
   <si>
     <t>10157.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для салатника «Пьюрити» овальная;эко-кост. фарф.;,H=30,L=120,B=95мм;белый</t>
   </si>
   <si>
     <t>03031081</t>
   </si>
   <si>
     <t>69 6312</t>
   </si>
@@ -173,65 +173,59 @@
   <si>
     <t>Крышка для салатника 11 795;поликарбонат;D=23,5см</t>
   </si>
   <si>
     <t>03031878</t>
   </si>
   <si>
     <t>12143.00₸</t>
   </si>
   <si>
     <t>Крышка для салатника 2л;,H=30,L=260,B=175мм;прозр.</t>
   </si>
   <si>
     <t>03032021</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>2580.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для салатника 4л;,H=30,L=330,B=265мм;прозр.</t>
   </si>
   <si>
     <t>03032022</t>
   </si>
   <si>
     <t>4066.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для салатника 707822 набор[500шт];полиэтилен;D=15,9см</t>
   </si>
   <si>
     <t>03032302</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>138031.00₸</t>
   </si>
   <si>
     <t>Крышка для салатника «Фрида» 84930, 84931;пластик;D=90,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03033313</t>
   </si>
   <si>
     <t>Frida</t>
   </si>
   <si>
     <t>3643.00₸</t>
@@ -270,53 +264,50 @@
     <t>03120503</t>
   </si>
   <si>
     <t>S1080</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>4802.00₸</t>
   </si>
   <si>
     <t>Крышка для салатника «Гранд шеф»;фарфор;белый</t>
   </si>
   <si>
     <t>09101181</t>
   </si>
   <si>
     <t>S1079</t>
   </si>
   <si>
     <t>Grand Chef</t>
   </si>
   <si>
     <t>2604.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1403,283 +1394,283 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D9" s="0">
         <v>422108101</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D10" s="0">
         <v>422108301</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L10" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D11" s="0">
         <v>707832</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D12" s="0">
         <v>84962</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D13" s="0">
         <v>84968</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D14" s="0">
         <v>10887</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="E16" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="L16" s="0">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>