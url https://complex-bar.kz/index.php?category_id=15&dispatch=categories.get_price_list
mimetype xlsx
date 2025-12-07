--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -125,675 +125,684 @@
   <si>
     <t>02010232</t>
   </si>
   <si>
     <t>BP 20</t>
   </si>
   <si>
     <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;прозр.</t>
   </si>
   <si>
     <t>02010234</t>
   </si>
   <si>
     <t>JW-BW peach,clear</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3528.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;черный</t>
+  </si>
+  <si>
+    <t>02010235</t>
+  </si>
+  <si>
+    <t>JW-BW black</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>5271.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;зелен.</t>
+  </si>
+  <si>
+    <t>02010236</t>
+  </si>
+  <si>
+    <t>JW-BW green</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;синий</t>
+  </si>
+  <si>
+    <t>02010237</t>
+  </si>
+  <si>
+    <t>JW-BW dark blue</t>
+  </si>
+  <si>
+    <t>4431.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;красный</t>
+  </si>
+  <si>
+    <t>02010238</t>
+  </si>
+  <si>
+    <t>JW-BW red</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>02010239</t>
+  </si>
+  <si>
+    <t>JW-BPP</t>
+  </si>
+  <si>
+    <t>10843.00₸</t>
+  </si>
+  <si>
+    <t>02010240</t>
+  </si>
+  <si>
+    <t>JW-BS clear</t>
+  </si>
+  <si>
+    <t>6300.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02010241</t>
+  </si>
+  <si>
+    <t>JW-FP clear,black</t>
+  </si>
+  <si>
+    <t>5292.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010242</t>
+  </si>
+  <si>
+    <t>JW-FPP silver,black</t>
+  </si>
+  <si>
+    <t>7987.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;прозр.</t>
+  </si>
+  <si>
+    <t>02010243</t>
+  </si>
+  <si>
+    <t>JW-BR clear</t>
+  </si>
+  <si>
+    <t>1995.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;черный</t>
+  </si>
+  <si>
+    <t>02010244</t>
+  </si>
+  <si>
+    <t>JW-BR black</t>
+  </si>
+  <si>
+    <t>2940.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;голуб.</t>
+  </si>
+  <si>
+    <t>02010245</t>
+  </si>
+  <si>
+    <t>JW-BR blue</t>
+  </si>
+  <si>
+    <t>1960.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;красный</t>
+  </si>
+  <si>
+    <t>02010247</t>
+  </si>
+  <si>
+    <t>JW-BR red</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;белый</t>
+  </si>
+  <si>
+    <t>02010248</t>
+  </si>
+  <si>
+    <t>JW-BR white</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;фиолет.</t>
+  </si>
+  <si>
+    <t>02010250</t>
+  </si>
+  <si>
+    <t>JW-BR violet</t>
+  </si>
+  <si>
+    <t>2394.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;оранжев.</t>
+  </si>
+  <si>
+    <t>02010251</t>
+  </si>
+  <si>
+    <t>JW-BR orange</t>
+  </si>
+  <si>
+    <t>2653.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;зелен.</t>
+  </si>
+  <si>
+    <t>02010252</t>
+  </si>
+  <si>
+    <t>JW-BR green</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;салатов.</t>
+  </si>
+  <si>
+    <t>02010253</t>
+  </si>
+  <si>
+    <t>JW-BR light green</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;желт.</t>
+  </si>
+  <si>
+    <t>02010254</t>
+  </si>
+  <si>
+    <t>JW-BR yellow</t>
+  </si>
+  <si>
+    <t>Гейзер на пластиковой основе;сталь,резина;D=9,H=200,L=390,B=290мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02010304</t>
+  </si>
+  <si>
+    <t>MP220-51</t>
+  </si>
+  <si>
+    <t>1122.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Чикаго» на пластиковой основе;сталь,резина;D=13,H=115мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02010316</t>
+  </si>
+  <si>
+    <t>MP 102</t>
+  </si>
+  <si>
+    <t>1785.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];сталь нерж.,пластик;D=3,L=11см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010333</t>
+  </si>
+  <si>
+    <t>JD-BP</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»;сталь нерж.,пластик;D=3,L=11см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010335</t>
+  </si>
+  <si>
+    <t>K85S</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар» с крышкой;сталь нерж.,пластик;D=3,L=12см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010337</t>
+  </si>
+  <si>
+    <t>K85FTS</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;45мл;D=35,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>02020206</t>
+  </si>
+  <si>
+    <t>44118-50</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2757.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;сталь нерж.;25мл;,H=125,B=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02020503</t>
+  </si>
+  <si>
+    <t>10028-01</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>11543.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;40мл;D=35,L=90мм;желт.</t>
+  </si>
+  <si>
+    <t>02020505</t>
+  </si>
+  <si>
+    <t>44118-40</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор[12шт];пластик;40мл;,L=11,B=5см;красный</t>
+  </si>
+  <si>
+    <t>02021002</t>
+  </si>
+  <si>
+    <t>PRMP0032</t>
+  </si>
+  <si>
+    <t>61547.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;сталь нерж.;50мл;,H=12,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02021004</t>
+  </si>
+  <si>
+    <t>PRTP0011/1757</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Дозатор для струбцин 40мл;пластик;1мл;,H=17,L=8см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>02021008</t>
+  </si>
+  <si>
+    <t>DSSM0190</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;20мл;D=35,L=90мм;черный</t>
+  </si>
+  <si>
+    <t>02021018</t>
+  </si>
+  <si>
+    <t>44118-20</t>
+  </si>
+  <si>
+    <t>5260.00₸</t>
+  </si>
+  <si>
+    <t>Уловитель капель;пластик;D=4,L=6см;розов.,прозр.</t>
+  </si>
+  <si>
+    <t>02070248</t>
+  </si>
+  <si>
+    <t>Vacuvin</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Каплеуловитель;пластик;D=4,L=6см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>02070254</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Pinch&amp;Drop» 0,7 л;пластик;5мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070263</t>
+  </si>
+  <si>
+    <t>41-210/5 log</t>
+  </si>
+  <si>
+    <t>1519.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 0,7 л;пластик;5мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070264</t>
+  </si>
+  <si>
+    <t>41-210/5</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «P&amp;D» 0,7 л;пластик;10мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070265</t>
+  </si>
+  <si>
+    <t>41-210/10 log</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 0,7 л;пластик;10мл;,L=39,5/21см;белый</t>
+  </si>
+  <si>
+    <t>02070266</t>
+  </si>
+  <si>
+    <t>41-210/10</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «P&amp;D» 1 л;пластик;10мл;,L=39,5/24см;белый</t>
+  </si>
+  <si>
+    <t>02070267</t>
+  </si>
+  <si>
+    <t>41-240/10 log</t>
+  </si>
+  <si>
+    <t>1778.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 1 л;пластик;10мл;,L=39,5/24см;белый</t>
+  </si>
+  <si>
+    <t>02070268</t>
+  </si>
+  <si>
+    <t>41-240/10</t>
+  </si>
+  <si>
+    <t>Дозатор для пюре и соусов «Пробар»;пластик;15мл;,L=33см;белый</t>
+  </si>
+  <si>
+    <t>02070269</t>
+  </si>
+  <si>
+    <t>43-170/15</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков 1 л;пластик;10мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070273</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=170мм</t>
+  </si>
+  <si>
+    <t>02070514</t>
+  </si>
+  <si>
+    <t>TUBE170</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=204мм</t>
+  </si>
+  <si>
+    <t>02070515</t>
+  </si>
+  <si>
+    <t>TUBE204</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=240мм</t>
+  </si>
+  <si>
+    <t>02070516</t>
+  </si>
+  <si>
+    <t>TUBE240</t>
+  </si>
+  <si>
+    <t>Каплеуловитель «Пробар»;сталь нерж.;,L=615,B=80мм;стальной</t>
+  </si>
+  <si>
+    <t>02120634</t>
+  </si>
+  <si>
+    <t>BMT24</t>
+  </si>
+  <si>
+    <t>20209.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для сиропов «ODK»;пластик;10мл;,L=37см;черный</t>
+  </si>
+  <si>
+    <t>02070510</t>
+  </si>
+  <si>
+    <t>ABE043SSB</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>Accessories</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
     <t>26 шт.</t>
   </si>
   <si>
-    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;черный</t>
-[...571 lines deleted...]
-  <si>
     <t>Дозатор для напитков «ODK»;пластик;10мл;,L=37см;белый</t>
   </si>
   <si>
     <t>02070511</t>
   </si>
   <si>
     <t>ABE043SSC</t>
   </si>
   <si>
     <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=204мм;черный</t>
   </si>
   <si>
     <t>02070523</t>
   </si>
   <si>
     <t>DOZ02070523</t>
   </si>
   <si>
     <t>2965.00₸</t>
   </si>
   <si>
     <t>Каплеуловитель «Пробар»;сталь нерж.;металлич.,черный</t>
   </si>
   <si>
     <t>02070276</t>
   </si>
   <si>
     <t>LK772A</t>
   </si>
   <si>
     <t>693.00₸</t>
   </si>
   <si>
     <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=240мм;белый</t>
   </si>
   <si>
     <t>02070521</t>
   </si>
   <si>
     <t>DOZ02070521</t>
   </si>
   <si>
     <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=240мм;черный</t>
   </si>
   <si>
     <t>02070522</t>
   </si>
   <si>
     <t>DOZ02070522</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный для лимонадных основ;пластик;20мл;,L=12,7см;черный</t>
+  </si>
+  <si>
+    <t>02070524</t>
+  </si>
+  <si>
+    <t>uk30-127</t>
+  </si>
+  <si>
+    <t>2786.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный для фруктовых пюре;пластик;20мл;,L=14,3см;черный</t>
+  </si>
+  <si>
+    <t>02070525</t>
+  </si>
+  <si>
+    <t>uk30- 143</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2692,62 +2701,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010230/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010234/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010235/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010236/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010240/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010242/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010243/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010244/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010247/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010248/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010250/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010251/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010253/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010304/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010316/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010335/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010337/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020206/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02020503/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021008/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ulovitel-kapel-vacuvin-02070248/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-vacuvin-02070254/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070265/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070266/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070267/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070268/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-pyure-i-sousov-uken-02070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-hold-02070273/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070514/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070515/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070516/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-siropov-odk-02070510/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-koncentratov-odk-02070511/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070523/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02070276/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070522/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010230/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010234/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010235/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010236/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010240/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010242/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010243/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010244/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010247/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010248/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010250/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010251/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010253/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010304/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010316/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010335/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010337/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020206/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02020503/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021008/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ulovitel-kapel-vacuvin-02070248/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-vacuvin-02070254/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070265/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070266/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070267/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070268/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-pyure-i-sousov-uken-02070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-hold-02070273/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070514/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070515/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070516/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-siropov-odk-02070510/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-koncentratov-odk-02070511/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070523/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02070276/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070524/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070525/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L56"/>
+  <dimension ref="A1:L58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I56" sqref="I56"/>
+      <selection activeCell="I58" sqref="I58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3120,1509 +3129,1567 @@
         <v>30</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="E28" s="0" t="s">
-[...5 lines deleted...]
-      <c r="G28" s="0" t="s">
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L28" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>128</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>136</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>151</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="L34" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D37" s="0">
         <v>1077100</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="L37" s="0">
         <v>468</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D38" s="0">
         <v>1077410</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="L38" s="0">
         <v>468</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L39" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>183</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L41" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L42" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L44" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L45" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D46" s="0">
         <v>3228</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L47" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L48" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L49" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L50" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="B51" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="G51" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>226</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="B54" s="0" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="80">
+      <c r="B57" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" s="0"/>
+      <c r="G57" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="J57" s="0"/>
+      <c r="K57" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L57" s="0"/>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="80">
+      <c r="B58" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" s="0"/>
+      <c r="G58" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="J58" s="0"/>
+      <c r="K58" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -4638,50 +4705,52 @@
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>