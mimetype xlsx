--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -389,105 +389,99 @@
   <si>
     <t>9471.00₸</t>
   </si>
   <si>
     <t>Подставка овал. для сковор. 4020192;дерево;,H=2,L=39,B=30см;коричнев.</t>
   </si>
   <si>
     <t>04141512</t>
   </si>
   <si>
     <t>UJOP</t>
   </si>
   <si>
     <t>3689.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор.4020193;дерево;D=285,H=20мм;коричнев.</t>
   </si>
   <si>
     <t>04141513</t>
   </si>
   <si>
     <t>U7RP</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для сковор.4020327;дерево;D=26/17,5,H=15см;коричнев.</t>
   </si>
   <si>
     <t>04141514</t>
   </si>
   <si>
     <t>U5RP</t>
   </si>
   <si>
     <t>Подставка квадр. для сковор.4020325;дерево;,H=20,L=195,B=195мм;коричнев.</t>
   </si>
   <si>
     <t>04141515</t>
   </si>
   <si>
     <t>U5WP</t>
   </si>
   <si>
     <t>Подставка для сковороды арт.3122.90,5114.35;сталь нерж.;D=24см</t>
   </si>
   <si>
     <t>04141537</t>
   </si>
   <si>
     <t>26442.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор. 4020499 овал.;дерево;коричнев.</t>
   </si>
   <si>
     <t>04141548</t>
   </si>
   <si>
     <t>MMM</t>
   </si>
   <si>
     <t>4058.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор. 4020709 «Корова»;дерево</t>
   </si>
   <si>
     <t>04141552</t>
   </si>
   <si>
     <t>KKK</t>
   </si>
   <si>
     <t>6761.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Подставка для котелка;дуб;D=175,H=20мм;черный</t>
   </si>
   <si>
     <t>04141564</t>
   </si>
   <si>
     <t>Q702S-06B</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>14476.00₸</t>
   </si>
   <si>
     <t>Подставка;сталь;D=305,H=5мм;металлич.</t>
   </si>
   <si>
     <t>04150164</t>
   </si>
   <si>
     <t>49613-30</t>
   </si>
@@ -2768,339 +2762,339 @@
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D30" s="0">
         <v>3122.0</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>91</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>