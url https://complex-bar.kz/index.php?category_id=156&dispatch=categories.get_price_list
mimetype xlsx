--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -92,102 +92,105 @@
   <si>
     <t>21453.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Крышка для соусника A25469W795;фарфор;,H=2,L=4,B=4см;св.корич.</t>
   </si>
   <si>
     <t>03040672</t>
   </si>
   <si>
     <t>A25469LW795</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>525.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для соусников на 3 шт для 642035 ;бамбук;,H=15,L=450,B=170мм</t>
+  </si>
+  <si>
+    <t>03041103</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>18889.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Подставка для соусников на 3 шт для 642035 ;бамбук;,H=15,L=450,B=170мм</t>
-[...10 lines deleted...]
-  <si>
     <t>Крышка для соусника «Монако Вайт» для 9001 C071;фарфор;,H=15,L=62мм;белый</t>
   </si>
   <si>
     <t>03150589</t>
   </si>
   <si>
     <t>9001 C072</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>2372.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Подставка для соусников на 4 шт для 3040219;дуб;деревян.</t>
   </si>
   <si>
     <t>04141559</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
-    <t>31047.00₸</t>
+    <t>23100.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
   </si>
   <si>
     <t>Подставка для соусников с ручкой;дуб;,H=20,L=415/100,B=120мм;коричнев.</t>
   </si>
   <si>
     <t>03041872</t>
   </si>
   <si>
     <t>Q736O-06N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>16786.00₸</t>
   </si>
 </sst>
 </file>
 
@@ -855,147 +858,147 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>645180</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L4" s="0"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D6" s="0">
         <v>55098</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L7" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>