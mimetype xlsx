--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,1078 +1,1113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;,H=20,L=60,B=40см;черный</t>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04013655</t>
   </si>
   <si>
+    <t>102/black</t>
+  </si>
+  <si>
     <t>Tara</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Ящики</t>
   </si>
   <si>
     <t>5891.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04013682</t>
   </si>
   <si>
-    <t>201 green</t>
+    <t>201/green</t>
   </si>
   <si>
     <t>11165.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Ящик для продуктов сплошной с усилением;полипроп.;63,5л;,H=34,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04013688</t>
   </si>
   <si>
     <t>28175.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов морозостойкий;полиэтилен;60л;,H=19,L=84,7,B=51,5см;белый</t>
+    <t>Ящик для продуктов;полиэтилен;60л;,H=19,L=84,7,B=51,5см;белый</t>
   </si>
   <si>
     <t>04013895</t>
   </si>
   <si>
-    <t>212 м</t>
+    <t>212-1 м</t>
   </si>
   <si>
     <t>20328.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов «SPKM» сплошной с крышкой;полипроп.;22л;,H=25,L=40,B=30см;синий</t>
-[...5 lines deleted...]
-    <t>SPKM 4325</t>
+    <t>Ящик для продуктов «SPKM» сплошной с крышкой (от 0 до +50°C);полипроп.;38л;,H=35,L=40,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04013966</t>
+  </si>
+  <si>
+    <t>SPKM 4332-1</t>
   </si>
   <si>
     <t>SPKM</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
-    <t>9240.00₸</t>
-[...10 lines deleted...]
-  <si>
     <t>7208.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов морозостойкий;полиэтилен;25л;,H=19,L=60,B=30см;синий</t>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;27л;,H=19,L=60,B=30см;синий</t>
   </si>
   <si>
     <t>04013977</t>
   </si>
   <si>
-    <t>417 м</t>
+    <t>417 м/blue</t>
   </si>
   <si>
     <t>9394.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной перфорированный;полиэтилен;46л;,H=25,L=60,B=40см;красный</t>
+    <t>Ящик для продуктов сплошной перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;красн</t>
   </si>
   <si>
     <t>04013979</t>
   </si>
   <si>
-    <t>201-1 red</t>
+    <t>201-1/red</t>
   </si>
   <si>
     <t>11897.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04013981</t>
   </si>
   <si>
+    <t>204/green</t>
+  </si>
+  <si>
     <t>13522.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной перфорированный;полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
+    <t>Ящик для продуктов сплошной перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04014222</t>
   </si>
   <si>
-    <t>201-1 blue</t>
+    <t>201-1/blue</t>
   </si>
   <si>
     <t>9618.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов рыбный;полиэтилен;,H=13,8,L=78,8,B=47см;белый</t>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;40л;,H=13,8,L=78,8,B=47см;белый</t>
   </si>
   <si>
     <t>04014238</t>
   </si>
   <si>
     <t>15901.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04014345</t>
   </si>
   <si>
-    <t>204 blue</t>
+    <t>204/blue</t>
   </si>
   <si>
     <t>13552.00₸</t>
   </si>
   <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04014504</t>
+  </si>
+  <si>
+    <t>603/green</t>
+  </si>
+  <si>
+    <t>17056.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полиэтилен;25л;,H=26,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04014505</t>
+  </si>
+  <si>
+    <t>303/black</t>
+  </si>
+  <si>
+    <t>Фин-Пак</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;59л;,H=30,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014506</t>
+  </si>
+  <si>
+    <t>210/white</t>
+  </si>
+  <si>
+    <t>19404.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов  (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014511</t>
+  </si>
+  <si>
+    <t>206/blue</t>
+  </si>
+  <si>
+    <t>7931.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014512</t>
+  </si>
+  <si>
+    <t>204/white</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;52л;,H=30,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014513</t>
+  </si>
+  <si>
+    <t>218-1/white</t>
+  </si>
+  <si>
+    <t>16555.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;63л;,H=35,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014514</t>
+  </si>
+  <si>
+    <t>603/white</t>
+  </si>
+  <si>
+    <t>22484.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов  (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04014515</t>
+  </si>
+  <si>
+    <t>603/red</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014517</t>
+  </si>
+  <si>
+    <t>603/blue</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;39л;,H=14,5,L=74,B=46,5см;</t>
+  </si>
+  <si>
+    <t>04014528</t>
+  </si>
+  <si>
+    <t>404-Т/green</t>
+  </si>
+  <si>
+    <t>12667.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной;полиэтилен;,H=14,5,L=74,B=46,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04014529</t>
+  </si>
+  <si>
+    <t>404-1</t>
+  </si>
+  <si>
+    <t>5629.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный складной;пластик;9,5л;,H=23,L=48,B=35см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04014530</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>5737.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;40л;,H=26,4,L=50,B=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04014532</t>
+  </si>
+  <si>
+    <t>112/green</t>
+  </si>
+  <si>
+    <t>6391.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;52л;,H=30,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014533</t>
+  </si>
+  <si>
+    <t>601/blue</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;84л;,H=41,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04014534</t>
+  </si>
+  <si>
+    <t>203-1/green</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов (от 0 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04014535</t>
+  </si>
+  <si>
+    <t>206/black</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;зеле</t>
+  </si>
+  <si>
+    <t>04019028</t>
+  </si>
+  <si>
+    <t>102/green</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов без крышки (от -18 до +50°C);полиэтилен;22л;,H=14,1,L=53,2,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04019031</t>
+  </si>
+  <si>
+    <t>306/blue</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;50л;,H=30,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04019032</t>
+  </si>
+  <si>
+    <t>108/black</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от -18 до +50°C);полиэтилен;22л;,H=12,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04019033</t>
+  </si>
+  <si>
+    <t>704.03.01/green</t>
+  </si>
+  <si>
+    <t>10472.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной;полипроп.;41л;,H=23,L=60,B=40см;свет.-сер.</t>
+  </si>
+  <si>
+    <t>04019034</t>
+  </si>
+  <si>
+    <t>809.01/grey</t>
+  </si>
+  <si>
+    <t>24078.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками;полипроп.;27,6л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04019035</t>
+  </si>
+  <si>
+    <t>805.01/grey</t>
+  </si>
+  <si>
+    <t>13976.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;35л;,H=14,L=60,B=40см;сини</t>
+  </si>
+  <si>
+    <t>04019037</t>
+  </si>
+  <si>
+    <t>705.02.01/blue</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полиэтилен;84л;,H=41,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04019038</t>
+  </si>
+  <si>
+    <t>203-2/grey</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками;полиэтилен;43,2л;,H=18,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04019039</t>
+  </si>
+  <si>
+    <t>706.01.01/blue</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;38л;,H=26,L=54,B=36см;черный</t>
+  </si>
+  <si>
+    <t>04019040</t>
+  </si>
+  <si>
+    <t>105/black</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками (от -30 до +60°C);полиэтилен;40л;,H=20,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04019041</t>
+  </si>
+  <si>
+    <t>207/white</t>
+  </si>
+  <si>
+    <t>14430.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полипроп.;27л;,H=28,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04019042</t>
+  </si>
+  <si>
+    <t>303-Т/black</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от 0 до +50°C);полипроп.;30л;,H=26,5,L=40,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04019062</t>
+  </si>
+  <si>
+    <t>SPKM 4325-1</t>
+  </si>
+  <si>
+    <t>14561.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -10 до +60°C);полипроп.;21л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04019069</t>
+  </si>
+  <si>
+    <t>ЕС 4322.2</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками с усиленным дном (от 0 до +50°C);полипроп.;40,8л;,H=17,L=60,B=</t>
+  </si>
+  <si>
+    <t>04019070</t>
+  </si>
+  <si>
+    <t>SPK 6017</t>
+  </si>
+  <si>
+    <t>21175.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;синий,ора</t>
+  </si>
+  <si>
+    <t>04019120</t>
+  </si>
+  <si>
+    <t>605-1 SP/blue</t>
+  </si>
+  <si>
+    <t>23562.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками с усиленным дном (от 0 до +50°C);полипроп.;52,8л;,H=23,L=60,B=</t>
+  </si>
+  <si>
+    <t>04019123</t>
+  </si>
+  <si>
+    <t>SPK 6022</t>
+  </si>
+  <si>
+    <t>26719.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;62,4л;,H=26,L=60,3,B=40,3см;красный</t>
+  </si>
+  <si>
+    <t>04019141</t>
+  </si>
+  <si>
+    <t>202 T/red</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;27л;,H=15,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04019144</t>
+  </si>
+  <si>
+    <t>403/green</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной;полипроп.;36л;,H=25,L=50,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04019146</t>
+  </si>
+  <si>
+    <t>Rox Box 36</t>
+  </si>
+  <si>
+    <t>9972.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04121310</t>
+  </si>
+  <si>
+    <t>201/black</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной перфорированный (от 0 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04121311</t>
+  </si>
+  <si>
+    <t>201-1/black</t>
+  </si>
+  <si>
+    <t>7739.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручкой;пластик;,H=17,5,L=34,B=32см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04121723</t>
+  </si>
+  <si>
+    <t>00912</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>95480.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полиэтилен;122л;,H=45,5,L=71,B=50см;черный</t>
+  </si>
+  <si>
+    <t>04019155</t>
+  </si>
+  <si>
+    <t>425/black</t>
+  </si>
+  <si>
+    <t>31332.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полипроп.;20л;,H=17,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014934</t>
+  </si>
+  <si>
+    <t>SPK4017</t>
+  </si>
+  <si>
+    <t>11666.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;75л;,H=40,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04019140</t>
+  </si>
+  <si>
+    <t>606/blue</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с усиленным дном (от 0 до +50°C);полипроп.;67,2л;,H=28,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04019139</t>
+  </si>
+  <si>
+    <t>SPK 6028</t>
+  </si>
+  <si>
+    <t>28028.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный, с ручками (от 0 до +50°C);полиэтилен;50л;,H=30,L=60,B=40см;зелен</t>
+  </si>
+  <si>
+    <t>04019060</t>
+  </si>
+  <si>
+    <t>108/green</t>
+  </si>
+  <si>
+    <t>7007.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полипроп.;15л;,H=12,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014933</t>
+  </si>
+  <si>
+    <t>SPK4011</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной;полипроп.;11,42л;,H=15,L=33,5,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04019147</t>
+  </si>
+  <si>
+    <t>Rox Box 8</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;52л;,H=30,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04019152</t>
+  </si>
+  <si>
+    <t>601/red</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов «Вало» GN 1/1;дерево;,H=45,L=530,B=325мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04019163</t>
+  </si>
+  <si>
+    <t>Valo</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>73458.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;63л;,H=36,5,L=60,B=40см;красный,с</t>
+  </si>
+  <si>
+    <t>04019181</t>
+  </si>
+  <si>
+    <t>603-1 SP/red</t>
+  </si>
+  <si>
+    <t>19712.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;красный,с</t>
+  </si>
+  <si>
+    <t>04019182</t>
+  </si>
+  <si>
+    <t>605-1 SP/red</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;10,6л;,H=12,L=30,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04019183</t>
+  </si>
+  <si>
+    <t>701.02.02/green</t>
+  </si>
+  <si>
+    <t>6545.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;25л;,H=12,L=40,B=60см;красный</t>
+  </si>
+  <si>
+    <t>04019185</t>
+  </si>
+  <si>
+    <t>205/red</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;25л;,H=12,L=40,B=60см;синий</t>
+  </si>
+  <si>
+    <t>04019184</t>
+  </si>
+  <si>
+    <t>205/blue</t>
+  </si>
+  <si>
+    <t>Паллет на ножках;пластик;,H=14,L=60,B=80см;черный</t>
+  </si>
+  <si>
+    <t>08014065</t>
+  </si>
+  <si>
+    <t>SD 680 P</t>
+  </si>
+  <si>
+    <t>29953.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=40,B=60см;красный</t>
+  </si>
+  <si>
+    <t>04019186</t>
+  </si>
+  <si>
+    <t>204/red</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полиэтилен;46л;,H=25,L=40,B=60см;черный</t>
+  </si>
+  <si>
+    <t>04019188</t>
+  </si>
+  <si>
+    <t>204/black</t>
+  </si>
+  <si>
+    <t>10773.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;22л;,H=14,1,L=53,2,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014537</t>
+  </si>
+  <si>
+    <t>306/white</t>
+  </si>
+  <si>
+    <t>16286.00₸</t>
+  </si>
+  <si>
+    <t>Паллет сплошной на ножках;полиэтилен;,H=13,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>08014055</t>
+  </si>
+  <si>
+    <t>TR 400-1/grey</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Паллет на 3-х полозьях;полиэтилен;,H=15,L=80,B=60см;синий</t>
+  </si>
+  <si>
+    <t>08014095</t>
+  </si>
+  <si>
+    <t>TR 680/blue</t>
+  </si>
+  <si>
+    <t>38770.00₸</t>
+  </si>
+  <si>
+    <t>04019198</t>
+  </si>
+  <si>
+    <t>218-1/red</t>
+  </si>
+  <si>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной Е3 (от -18 до +50°C);полиэтилен;59л;,H=30,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04019192</t>
+  </si>
+  <si>
+    <t>210/red</t>
+  </si>
+  <si>
+    <t>15939.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;63л;,H=35,L=60,B=40см;зелен.</t>
-[...706 lines deleted...]
-  <si>
     <t>Паллет;полиэтилен;,H=15,L=120,B=80см;синий</t>
   </si>
   <si>
     <t>08014097</t>
   </si>
   <si>
     <t>TR 1208-1/blue</t>
   </si>
   <si>
     <t>72380.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный для овощей и фруктов;полиэтилен;48л;,H=19,L=60,B=40см;зелен.</t>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;48л;,H=19,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019197</t>
   </si>
   <si>
     <t>106/green</t>
   </si>
   <si>
     <t>7431.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной Е2 с ручками;полиэтилен;42л;,H=20,L=60,B=40см;белый</t>
+    <t>Ящик для продуктов сплошной Е2 с ручками;полиэтилен;40л;,H=20,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04019200</t>
   </si>
   <si>
     <t>207-P м</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...2 lines deleted...]
-    <t>Ящик для продуктов перфорированный морозостойкий;полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
+    <t>Ящик для продуктов перфорированный (от -30 до +60°C);полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04013967</t>
   </si>
   <si>
     <t>201/white</t>
   </si>
   <si>
     <t>10626.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;46л;,H=25,L=60,B=40см;серый</t>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04013968</t>
   </si>
   <si>
     <t>201/gray</t>
   </si>
   <si>
     <t>9048.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;52л;,H=31,5,L=60,B=40см;серый,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;52л;,H=31,5,L=60,B=40см;серый,син</t>
   </si>
   <si>
     <t>04014538</t>
   </si>
   <si>
     <t>601-1 SP/gray</t>
   </si>
   <si>
     <t>13591.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;72л;,H=41,5,L=60,B=40см;серый,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;серый,син</t>
   </si>
   <si>
     <t>04014539</t>
   </si>
   <si>
     <t>605-1 SP/gray</t>
   </si>
   <si>
     <t>15670.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04013969</t>
   </si>
   <si>
     <t>102/blue</t>
   </si>
   <si>
-    <t>0.00₸</t>
-[...5 lines deleted...]
-    <t>Паллет;полиэтилен;,H=14,L=60,B=40см;синий</t>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Паллет сплошной на ножках;полиэтилен;,H=14,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>08014100</t>
   </si>
   <si>
     <t>TR 400-1/blue</t>
+  </si>
+  <si>
+    <t>15031.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1087,51 +1122,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3C6E-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E29EB5-2658-11EA-BBCA-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DF54-21C3-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FC4DDE-EA55-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B026A33A-814A-11E9-BBBA-005056921CC45.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED9501-FAF6-11E9-BBC6-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DC22-21C3-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672E094-21C3-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DEB4-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DFF4-21C3-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FBDD7D2-4257-11F0-BC50-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DE14-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DCD4-21C3-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D4FCD-2658-11EA-BBCA-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3D0E-21C3-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FAC47-4257-11F0-BC50-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4D49D-A3A2-11F0-BC58-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB7EE-4257-11F0-BC50-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB6F3-4257-11F0-BC50-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6670EC0F-4257-11F0-BC50-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02712A8-06B4-11EE-BC09-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D188266-D749-11EE-BC41-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3DAE-21C3-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3EE3-3157-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DD74-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0F9E-2C93-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0B1A-2C93-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A492E49E-1E00-11ED-BBFC-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3E57-21C3-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4180-21C3-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4040-21C3-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63C76B0E-799D-11ED-BC03-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0DAC-2C93-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3DB7-21C3-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3FA0-21C3-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3D17-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4220-21C3-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0D0C-2C93-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F40E0-21C3-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0C6C-2C93-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0BCC-2C93-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0EFE-2C93-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E19B30-27BC-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49581A77-4BF6-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C26C-A111-11EE-BC36-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813978-D749-11EE-BC41-00505692492F46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838138D8-D749-11EE-BC41-00505692492F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020407-21C6-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020367-21C6-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58451-2A43-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEAA5-45F0-11EF-BC57-00505692E04951.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24F93FD1-753E-11EF-BC4D-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B9B59E5-753E-11EF-BC4D-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773EE0C1-8CCF-11EF-BC4E-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C2873DA-04E1-11F0-BC53-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD387439-FC6E-11EF-BC53-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3C661F-071C-11F0-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383FB099-071C-11F0-BC57-00505692E04958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43EA67C3-071C-11F0-BC57-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383F9ACC-071C-11F0-BC57-00505692E04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB9CA7-4257-11F0-BC50-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6C8A-1A16-11F0-BC4F-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A467F3-6ECE-11EF-BC53-00505692E2D063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D803DE-4257-11F0-BC50-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB641-4257-11F0-BC50-00505692C44765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB8227-4257-11F0-BC50-00505692C44766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D7FC48-4257-11F0-BC50-00505692C44767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17883382-42B3-11F0-BC50-00505692C44768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB87C5-4257-11F0-BC50-00505692C44769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1EA1-9154-11F0-BC58-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1DEE-9154-11F0-BC58-00505692E2D071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1D3C-9154-11F0-BC58-00505692E2D072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1746C1-90FA-11F0-BC4E-00505692492F73.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3C6E-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E29EB5-2658-11EA-BBCA-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DF54-21C3-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FC4DDE-EA55-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED9501-FAF6-11E9-BBC6-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DC22-21C3-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672E094-21C3-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DEB4-21C3-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DFF4-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FBDD7D2-4257-11F0-BC50-00505692C44710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DE14-21C3-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DCD4-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D4FCD-2658-11EA-BBCA-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3D0E-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FAC47-4257-11F0-BC50-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4D49D-A3A2-11F0-BC58-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB7EE-4257-11F0-BC50-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB6F3-4257-11F0-BC50-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6670EC0F-4257-11F0-BC50-00505692C44719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02712A8-06B4-11EE-BC09-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D188266-D749-11EE-BC41-00505692492F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3DAE-21C3-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3EE3-3157-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DD74-21C3-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0F9E-2C93-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0B1A-2C93-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A492E49E-1E00-11ED-BBFC-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3E57-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4180-21C3-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4040-21C3-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63C76B0E-799D-11ED-BC03-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0DAC-2C93-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3DB7-21C3-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3FA0-21C3-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3D17-21C3-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4220-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0D0C-2C93-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F40E0-21C3-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0C6C-2C93-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0BCC-2C93-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0EFE-2C93-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E19B30-27BC-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49581A77-4BF6-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C26C-A111-11EE-BC36-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813978-D749-11EE-BC41-00505692492F45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838138D8-D749-11EE-BC41-00505692492F46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020407-21C6-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020367-21C6-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58451-2A43-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEAA5-45F0-11EF-BC57-00505692E04950.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24F93FD1-753E-11EF-BC4D-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B9B59E5-753E-11EF-BC4D-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773EE0C1-8CCF-11EF-BC4E-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C2873DA-04E1-11F0-BC53-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD387439-FC6E-11EF-BC53-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3C661F-071C-11F0-BC57-00505692E04956.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383FB099-071C-11F0-BC57-00505692E04957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43EA67C3-071C-11F0-BC57-00505692E04958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383F9ACC-071C-11F0-BC57-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB9CA7-4257-11F0-BC50-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6C8A-1A16-11F0-BC4F-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A467F3-6ECE-11EF-BC53-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D803DE-4257-11F0-BC50-00505692C44763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB641-4257-11F0-BC50-00505692C44764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB8227-4257-11F0-BC50-00505692C44765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D7FC48-4257-11F0-BC50-00505692C44766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17883382-42B3-11F0-BC50-00505692C44767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB87C5-4257-11F0-BC50-00505692C44768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1EA1-9154-11F0-BC58-00505692E2D069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1DEE-9154-11F0-BC58-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1D3C-9154-11F0-BC58-00505692E2D071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1746C1-90FA-11F0-BC4E-00505692492F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F9B692B-C7D9-11F0-BC5A-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6593598F-C7D9-11F0-BC5A-00505692E2D074.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1726,51 +1761,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2626,693 +2661,723 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3571,51 +3636,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04013655/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04013682/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-dno-s-usileniem-tara-04013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-morozostoykiy-tara-04013895/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04013965/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04013966/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-universalnyy-morozostoykiy-tara-04013977/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04013979/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04013981/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04014222/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-rybnyy-tara-04014238/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014345/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014504/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-tara-04014505/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-myasnoy-sploshnoy-e3-morozostoykiy-tara-04014506/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014511/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014512/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-myasnoy-sploshnoy-morozostoykiy-tara-04014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014514/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014515/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-hlebnyy-tara-04014528/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dno-sploshnoe-tara-04014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-hraneniya-produktov-skladnoy-restola-04014530/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04014532/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014533/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014534/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014535/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04019028/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019031/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019032/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019033/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019034/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019035/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019037/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019038/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019039/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019040/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019041/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019042/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019062/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019069/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019070/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019120/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019123/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019141/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019144/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019146/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04121310/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04121311/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-aps-04121723/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019155/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014934/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019140/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019060/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014933/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019147/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019152/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-aps-04019163/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019181/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019182/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019183/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019185/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019184/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014065/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019186/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019188/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014537/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014055/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014095/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019198/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019192/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014097/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019197/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019200/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013967/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013968/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014538/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014539/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013969/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014100/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04013655/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04013682/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-dno-s-usileniem-tara-04013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-morozostoykiy-tara-04013895/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04013966/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-universalnyy-morozostoykiy-tara-04013977/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04013979/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04013981/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04014222/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-rybnyy-tara-04014238/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014345/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014504/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-tara-04014505/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-myasnoy-sploshnoy-e3-morozostoykiy-tara-04014506/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014511/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014512/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-myasnoy-sploshnoy-morozostoykiy-tara-04014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014514/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014515/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-hlebnyy-tara-04014528/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dno-sploshnoe-tara-04014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-hraneniya-produktov-skladnoy-restola-04014530/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04014532/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoy-tara-04014533/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014534/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014535/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04019028/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019031/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019032/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019033/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019034/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019035/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019037/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019038/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019039/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019040/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019041/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019042/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019062/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019069/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019070/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019120/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019123/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019141/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019144/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019146/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-s-perforaciey-tara-04121310/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04121311/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-aps-04121723/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019155/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014934/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019140/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-produktov-tara-04019139/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019060/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014933/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019147/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019152/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-aps-04019163/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019181/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019182/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019183/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019185/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019184/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014065/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019186/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019188/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014537/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014055/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014095/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019198/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019192/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014097/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019197/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04019200/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013967/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013968/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014538/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04014539/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dlya-produktov-tara-04013969/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pallet-tara-08014100/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I82" sqref="I82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -3647,2599 +3712,2600 @@
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="0">
-        <v>102</v>
+      <c r="D2" s="0" t="s">
+        <v>14</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F2" s="0"/>
       <c r="G2" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="0">
         <v>811.01</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>52</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>53</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="D11" s="0">
+        <v>213</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>60</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>61</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F14" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>71</v>
+      </c>
       <c r="G14" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>74</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>75</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>84</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>85</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
-      <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
+      <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>111</v>
+      </c>
+      <c r="D24" s="0">
+        <v>431228206</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="L24" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>431228206</v>
+        <v>115</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>116</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>119</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>120</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>123</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>124</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>135</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>136</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>146</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>82</v>
+        <v>164</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>52</v>
+        <v>169</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>166</v>
+        <v>72</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>73</v>
+        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L49" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L49" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>14</v>
+        <v>226</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>222</v>
+        <v>15</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>223</v>
+        <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>234</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>235</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
-      <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>231</v>
+        <v>91</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="B55" s="0" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>90</v>
+        <v>243</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="B56" s="0" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="B58" s="0" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="B59" s="0" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D60" s="0">
         <v>14000</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="B63" s="0" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>166</v>
+        <v>289</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>136</v>
+        <v>294</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>296</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>297</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>290</v>
+        <v>86</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>18</v>
+        <v>302</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>82</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>313</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L79" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L79" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L80" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L80" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
+      <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>334</v>
+        <v>294</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
+      <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>