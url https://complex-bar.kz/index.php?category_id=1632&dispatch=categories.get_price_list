--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="635">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,263 +71,275 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Ресторан»;стекло;D=155,H=15мм;белый</t>
   </si>
   <si>
     <t>03010103</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Тарелки десертные</t>
   </si>
   <si>
-    <t>2758.00₸</t>
+    <t>2723.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Рисепшн»;стекло;D=155,H=15мм;слон.кость,серый</t>
+  </si>
+  <si>
+    <t>03010104</t>
+  </si>
+  <si>
+    <t>Reception</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Перформа»;стекло;D=155,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03010107</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Performa</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>1263.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Трианон»;стекло;D=150,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03010110</t>
+  </si>
+  <si>
+    <t>D6886</t>
+  </si>
+  <si>
+    <t>Trianon</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Тарелка пирожковая «Рисепшн»;стекло;D=155,H=15мм;слон.кость,серый</t>
-[...46 lines deleted...]
-  <si>
     <t>Тарелка пирожковая «Монако Вайт»;фарфор;,H=16,L=140,B=140мм;белый</t>
   </si>
   <si>
     <t>03010153</t>
   </si>
   <si>
     <t>9001 C078</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Monaco White</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>7993.00₸</t>
   </si>
   <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Тэйст»;фарфор;D=154,H=10мм;белый</t>
+  </si>
+  <si>
+    <t>03010154</t>
+  </si>
+  <si>
+    <t>1107 0568</t>
+  </si>
+  <si>
+    <t>Taste White</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Тарелка пирожковая «Тэйст»;фарфор;D=154,H=10мм;белый</t>
-[...13 lines deleted...]
-  <si>
     <t>Тарелка пирожковая «Крафт Блю»;фарфор;D=15,H=2см;синий</t>
   </si>
   <si>
     <t>03010168</t>
   </si>
   <si>
     <t>1130 0568</t>
   </si>
   <si>
     <t>Craft Blue</t>
   </si>
   <si>
     <t>6846.00₸</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Браун»;фарфор;D=15,H=2см;коричнев.</t>
+  </si>
+  <si>
+    <t>03010169</t>
+  </si>
+  <si>
+    <t>1132 0568</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>6992.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Блю»;фарфор;D=155,H=20,L=155,B=130мм;синий</t>
+  </si>
+  <si>
+    <t>03010173</t>
+  </si>
+  <si>
+    <t>1130 0522</t>
+  </si>
+  <si>
+    <t>12066.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Грин»;фарфор;D=155,H=20,L=155,B=130мм;зелен.</t>
+  </si>
+  <si>
+    <t>03010174</t>
+  </si>
+  <si>
+    <t>1131 0522</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>10542.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Браун»;фарфор;D=155,H=20,L=155,B=130мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03010175</t>
+  </si>
+  <si>
+    <t>1132 0522</t>
+  </si>
+  <si>
+    <t>5429.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Грин»;фарфор;D=15,H=2см;зелен.</t>
+  </si>
+  <si>
+    <t>03010176</t>
+  </si>
+  <si>
+    <t>1131 0568</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Тарелка пирожковая «Крафт Браун»;фарфор;D=15,H=2см;коричнев.</t>
-[...64 lines deleted...]
-  <si>
     <t>Тарелка пирожковая «Капри»;фарфор;D=16,H=2см;белый</t>
   </si>
   <si>
     <t>03010180</t>
   </si>
   <si>
     <t>CA003150000</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>Capry</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>2142.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Крафт Терракота»;фарфор;D=15,H=2см;терракот</t>
   </si>
   <si>
     <t>03010189</t>
   </si>
   <si>
     <t>1133 0568</t>
   </si>
   <si>
     <t>Craft Terracotta</t>
   </si>
   <si>
     <t>6476.00₸</t>
   </si>
   <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
     <t>Тарелка пирожковая «Крафт Грэй»;фарфор;D=15,H=2см;серый</t>
   </si>
   <si>
     <t>03010190</t>
   </si>
   <si>
     <t>1154 0568</t>
   </si>
   <si>
     <t>Craft Grey</t>
   </si>
   <si>
     <t>4536.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Крафт Грэй»;фарфор;D=155,H=20,L=155,B=130мм;серый</t>
   </si>
   <si>
     <t>03010191</t>
   </si>
   <si>
     <t>1154 0522</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Рафинез»;фарфор;D=159,H=20мм;слон.кость</t>
@@ -395,1554 +407,1563 @@
   <si>
     <t>6399.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Атлантис»;фарфор;D=160,H=18мм;белый</t>
   </si>
   <si>
     <t>03010233</t>
   </si>
   <si>
     <t>ATL2116</t>
   </si>
   <si>
     <t>Lilien Austria</t>
   </si>
   <si>
     <t>Atlantis</t>
   </si>
   <si>
     <t>АВСТРИЯ</t>
   </si>
   <si>
     <t>3589.00₸</t>
   </si>
   <si>
-    <t>43 шт.</t>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Органикс»;фарфор;D=152,H=20мм;белый</t>
   </si>
   <si>
     <t>03010237</t>
   </si>
   <si>
     <t>9002 C658</t>
   </si>
   <si>
     <t>Organics</t>
   </si>
   <si>
     <t>4282.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Тэйст»;фарфор;,H=20,L=152,B=130мм;белый</t>
   </si>
   <si>
     <t>03010238</t>
   </si>
   <si>
     <t>1107 0582</t>
   </si>
   <si>
     <t>5598.00₸</t>
   </si>
   <si>
+    <t>Тарелка пирожковая «Крафт Грин»;фарфор;,H=20,L=155мм;зелен.</t>
+  </si>
+  <si>
+    <t>03010255</t>
+  </si>
+  <si>
+    <t>1131 0582</t>
+  </si>
+  <si>
+    <t>7808.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Вайт»;фарфор;D=15,H=2см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03010258</t>
+  </si>
+  <si>
+    <t>1155 0568</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>6892.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Вайт»;фарфор;,H=20,L=155,B=130мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03010259</t>
+  </si>
+  <si>
+    <t>1155 0522</t>
+  </si>
+  <si>
+    <t>11874.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Нью Граффити»;фарфор;D=160,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03010278</t>
+  </si>
+  <si>
+    <t>NF00316</t>
+  </si>
+  <si>
+    <t>Graffiti New</t>
+  </si>
+  <si>
+    <t>2443.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Диалог»;фарфор;D=160,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>03010279</t>
+  </si>
+  <si>
+    <t>80 0016</t>
+  </si>
+  <si>
+    <t>Dialog</t>
+  </si>
+  <si>
+    <t>2557.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Арборесценс»;фарфор;D=160,H=15мм;слон.кость</t>
+  </si>
+  <si>
+    <t>03010330</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Arborescence</t>
+  </si>
+  <si>
+    <t>19605.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Арборесценс»;керамика;D=160,H=15мм;черный</t>
+  </si>
+  <si>
+    <t>03010331</t>
+  </si>
+  <si>
+    <t>20498.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Арборесценс»;фарфор;D=16см;черный,серый</t>
+  </si>
+  <si>
+    <t>03010332</t>
+  </si>
+  <si>
+    <t>15593.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Нина»;керамика;D=16,H=2см;разноцветн.</t>
+  </si>
+  <si>
+    <t>03010356</t>
+  </si>
+  <si>
+    <t>195-A-039-Q1</t>
+  </si>
+  <si>
+    <t>Vena</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Америка»;фарфор;D=165,H=18мм;белый</t>
+  </si>
+  <si>
+    <t>03010368</t>
+  </si>
+  <si>
+    <t>0128</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Блю Дэппл»;фарфор;D=15,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03010370</t>
+  </si>
+  <si>
+    <t>1710 0568</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>7177.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Лайфстиль»;фарфор;D=17см;песочн.</t>
+  </si>
+  <si>
+    <t>03010379</t>
+  </si>
+  <si>
+    <t>LSN2117</t>
+  </si>
+  <si>
+    <t>Lifestyle Natural</t>
+  </si>
+  <si>
+    <t>4235.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Лайфстиль»;фарфор;D=16см;киноварь</t>
+  </si>
+  <si>
+    <t>03010380</t>
+  </si>
+  <si>
+    <t>LCV2116</t>
+  </si>
+  <si>
+    <t>Lifestyle Volcano</t>
+  </si>
+  <si>
+    <t>8909.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Браун Дэппл»;фарфор;D=15,H=2см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03010381</t>
+  </si>
+  <si>
+    <t>1714 0568</t>
+  </si>
+  <si>
+    <t>Brown Dapple</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Браун Дэппл»;фарфор;D=160,H=16мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03010382</t>
+  </si>
+  <si>
+    <t>1714 0214</t>
+  </si>
+  <si>
+    <t>6576.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скейп»;фарфор;,L=15,5,B=13,5см;белый</t>
+  </si>
+  <si>
+    <t>03010383</t>
+  </si>
+  <si>
+    <t>1401 X0063</t>
+  </si>
+  <si>
+    <t>Scape</t>
+  </si>
+  <si>
+    <t>8293.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скейп Грэй»;фарфор;D=15,5см;серый</t>
+  </si>
+  <si>
+    <t>03010386</t>
+  </si>
+  <si>
+    <t>1402 X0063</t>
+  </si>
+  <si>
+    <t>Scape Grey</t>
+  </si>
+  <si>
+    <t>6376.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Пуэбла Блю»;фарфор;D=15,8см;белый,синий</t>
+  </si>
+  <si>
+    <t>03010394</t>
+  </si>
+  <si>
+    <t>A120P100A</t>
+  </si>
+  <si>
+    <t>Anfora</t>
+  </si>
+  <si>
+    <t>Puebla Blue</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>8925.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Виллоу»;фарфор;D=15,8см;белый</t>
+  </si>
+  <si>
+    <t>03010395</t>
+  </si>
+  <si>
+    <t>9117 C1185</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Портофино»;фарфор;D=17,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03010404</t>
+  </si>
+  <si>
+    <t>PF00317</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>4174.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Александрия»;160мл;,H=40,L=193,B=155мм;белый</t>
+  </si>
+  <si>
+    <t>03010405</t>
+  </si>
+  <si>
+    <t>Alexandrie</t>
+  </si>
+  <si>
+    <t>6156.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Интэнсити»;зеникс;D=16,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03010412</t>
+  </si>
+  <si>
+    <t>G4394</t>
+  </si>
+  <si>
+    <t>Intensity</t>
+  </si>
+  <si>
+    <t>1470.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анфора Алма»;керамика;D=15,5см</t>
+  </si>
+  <si>
+    <t>03010429</t>
+  </si>
+  <si>
+    <t>A315P092A</t>
+  </si>
+  <si>
+    <t>Alma</t>
+  </si>
+  <si>
+    <t>8224.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анфора Алма»;фарфор;D=15,5см;голуб.</t>
+  </si>
+  <si>
+    <t>03010430</t>
+  </si>
+  <si>
+    <t>A320P092A</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Ваби Саби Индиго»;фарфор;D=15,2см;синий</t>
+  </si>
+  <si>
+    <t>03010433</t>
+  </si>
+  <si>
+    <t>6414 MY007</t>
+  </si>
+  <si>
+    <t>Rene Ozorio</t>
+  </si>
+  <si>
+    <t>WabiSabiIndi</t>
+  </si>
+  <si>
+    <t>10711.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скейп Гласс»;стекло;D=14см;прозр.,серый</t>
+  </si>
+  <si>
+    <t>03010448</t>
+  </si>
+  <si>
+    <t>6513 G378</t>
+  </si>
+  <si>
+    <t>Scape Glass</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Идиллия»;фарфор;D=15,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03010450</t>
+  </si>
+  <si>
+    <t>7С1716</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Идиллия</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скейп Охра»;фарфор;,H=20,L=155,B=135мм;бежев.</t>
+  </si>
+  <si>
+    <t>03010459</t>
+  </si>
+  <si>
+    <t>1431 X0063</t>
+  </si>
+  <si>
+    <t>Scape Ochre</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Ваби Саби Слэйт»;фарфор;D=15,8см;антрацит</t>
+  </si>
+  <si>
+    <t>03010478</t>
+  </si>
+  <si>
+    <t>6413 MY021</t>
+  </si>
+  <si>
+    <t>Wabi Sabi Flat</t>
+  </si>
+  <si>
+    <t>10642.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Вулкания»;фарфор;D=16см;черный</t>
+  </si>
+  <si>
+    <t>03010480</t>
+  </si>
+  <si>
+    <t>VU003160779</t>
+  </si>
+  <si>
+    <t>Vulcania</t>
+  </si>
+  <si>
+    <t>4913.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк Грэй»;фарфор;D=15,2см;белый,серый</t>
+  </si>
+  <si>
+    <t>03010483</t>
+  </si>
+  <si>
+    <t>1761 0568</t>
+  </si>
+  <si>
+    <t>Ink Crackle Grey</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Бернадотт»;фарфор;D=17см;белый</t>
+  </si>
+  <si>
+    <t>03010485</t>
+  </si>
+  <si>
+    <t>P1750097JQZ0011000</t>
+  </si>
+  <si>
+    <t>Thun</t>
+  </si>
+  <si>
+    <t>Bernadotte</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>6345.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Лайфстиль»;фарфор;D=16см;песочн.</t>
+  </si>
+  <si>
+    <t>03010510</t>
+  </si>
+  <si>
+    <t>LCN2116</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Везувиус Амбер»;фарфор;D=152,H=12мм;амбер</t>
+  </si>
+  <si>
+    <t>03010554</t>
+  </si>
+  <si>
+    <t>1202 0568</t>
+  </si>
+  <si>
+    <t>Vesuvius Amber</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Везувиус Ляпис»;фарфор;D=152,H=12мм;синий</t>
+  </si>
+  <si>
+    <t>03010555</t>
+  </si>
+  <si>
+    <t>1201 0568</t>
+  </si>
+  <si>
+    <t>Vesuvius Lapis</t>
+  </si>
+  <si>
+    <t>4505.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Чакоул Дэппл»;фарфор,фарфор;D=15,H=2см;белый,черный</t>
+  </si>
+  <si>
+    <t>03010557</t>
+  </si>
+  <si>
+    <t>1756 0568</t>
+  </si>
+  <si>
+    <t>Charcoal Dapple</t>
+  </si>
+  <si>
+    <t>7731.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Распберри»;фарфор;D=15,H=2см;розов.</t>
+  </si>
+  <si>
+    <t>03010581</t>
+  </si>
+  <si>
+    <t>1210 0568</t>
+  </si>
+  <si>
+    <t>Craft Raspberry</t>
+  </si>
+  <si>
+    <t>6830.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Крафт Эппл»;фарфор;D=15,H=2см;горчич.</t>
+  </si>
+  <si>
+    <t>03010585</t>
+  </si>
+  <si>
+    <t>1211 0568</t>
+  </si>
+  <si>
+    <t>Craft Apple</t>
+  </si>
+  <si>
+    <t>6730.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Арти»;стекло;D=205,H=15мм;голуб.</t>
+  </si>
+  <si>
+    <t>03010644</t>
+  </si>
+  <si>
+    <t>L1123</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Arty</t>
+  </si>
+  <si>
+    <t>1323.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Урбан»;фарфор;D=15,H=2см;тем.сер.</t>
+  </si>
+  <si>
+    <t>03010687</t>
+  </si>
+  <si>
+    <t>1208 0568</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Интэнсити Куп»;зеникс;D=160,H=14мм;белый</t>
+  </si>
+  <si>
+    <t>03010699</t>
+  </si>
+  <si>
+    <t>L8063</t>
+  </si>
+  <si>
+    <t>Intensity Coupe</t>
+  </si>
+  <si>
+    <t>1316.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Эвридэй»;стекло;D=19,5см;белый</t>
+  </si>
+  <si>
+    <t>03011095</t>
+  </si>
+  <si>
+    <t>G0565</t>
+  </si>
+  <si>
+    <t>Everyday</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Капри»;фарфор;D=21см;белый</t>
+  </si>
+  <si>
+    <t>03011178</t>
+  </si>
+  <si>
+    <t>CA002210000</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Опера»;фарфор;D=22см;разноцветн.</t>
+  </si>
+  <si>
+    <t>03011282</t>
+  </si>
+  <si>
+    <t>OP302228091</t>
+  </si>
+  <si>
+    <t>Opera VillaP</t>
+  </si>
+  <si>
+    <t>БАНГЛАДЕШ</t>
+  </si>
+  <si>
+    <t>10226.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Это»;фарфор;200мл;D=270,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03011773</t>
+  </si>
+  <si>
+    <t>Eto</t>
+  </si>
+  <si>
+    <t>7762.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Нина»;керамика;D=19см;разноцветн.</t>
+  </si>
+  <si>
+    <t>03012246</t>
+  </si>
+  <si>
+    <t>132-A-039-Q1</t>
+  </si>
+  <si>
+    <t>12120.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Арборесценс»;керамика;D=215,H=25мм;серый,черный</t>
+  </si>
+  <si>
+    <t>03012320</t>
+  </si>
+  <si>
+    <t>27859.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Виктория»;фарфор;,L=26,B=26см;белый</t>
+  </si>
+  <si>
+    <t>03012430</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>7446.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка десертная;керамика;D=21,5см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03012763</t>
+  </si>
+  <si>
+    <t>9580548M</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Plato</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>5575.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная;керамика;,L=20,5,B=17,5см;синий,черный</t>
+  </si>
+  <si>
+    <t>03012805</t>
+  </si>
+  <si>
+    <t>Sapphire</t>
+  </si>
+  <si>
+    <t>8971.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Венеция»;керамика;D=220,H=21мм;голуб.</t>
+  </si>
+  <si>
+    <t>03012830</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>Venezia</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>5714.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Арбре»;фарфор;D=24см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03012920</t>
+  </si>
+  <si>
+    <t>V0128-0124MAT/M0128-0124</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Arbre</t>
+  </si>
+  <si>
+    <t>38516.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Свелл»;керамика;D=215,H=25мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03013299</t>
+  </si>
+  <si>
+    <t>Swell</t>
+  </si>
+  <si>
+    <t>20475.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Карактэр»;керамика;D=21,H=2см;изумруд.</t>
+  </si>
+  <si>
+    <t>03013307</t>
+  </si>
+  <si>
+    <t>Caractere</t>
+  </si>
+  <si>
+    <t>17233.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Революшн Сэндстоун»;фарфор;D=154,H=10мм;бежев.</t>
+  </si>
+  <si>
+    <t>03013624</t>
+  </si>
+  <si>
+    <t>1776 0568</t>
+  </si>
+  <si>
+    <t>Revolution Sandstone</t>
+  </si>
+  <si>
+    <t>6445.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Революшн Гранит»;фарфор;D=154,H=10мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>03013643</t>
+  </si>
+  <si>
+    <t>1775 0568</t>
+  </si>
+  <si>
+    <t>Revolution Granite</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Везувиус Бернт Эмералд»;фарфор;D=154,H=10мм;зелен.</t>
+  </si>
+  <si>
+    <t>03013648</t>
+  </si>
+  <si>
+    <t>1203 0568</t>
+  </si>
+  <si>
+    <t>Vesuvius Burnt</t>
+  </si>
+  <si>
+    <t>6137.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк»;фарфор;D=15,H=2см;синий,белый</t>
+  </si>
+  <si>
+    <t>03013684</t>
+  </si>
+  <si>
+    <t>Ink</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк»;фарфор;D=15,H=2см;бежев.,белый</t>
+  </si>
+  <si>
+    <t>03013688</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк»;фарфор;D=15,H=2см;белый,синий</t>
+  </si>
+  <si>
+    <t>03013693</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк»;фарфор;D=15,H=2см;зелен.,белый</t>
+  </si>
+  <si>
+    <t>03013697</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Инк»;фарфор;D=15,H=2см;оранжев.,белый</t>
+  </si>
+  <si>
+    <t>03013762</t>
+  </si>
+  <si>
+    <t>1766 0568</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анемон Голд»;кост.фарф.;D=15см;белый,золотой</t>
+  </si>
+  <si>
+    <t>03013902</t>
+  </si>
+  <si>
+    <t>LANE002AV001150</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Anemone Gold</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анемон Эбе»;кост.фарф.;D=15см;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>03013906</t>
+  </si>
+  <si>
+    <t>LANE029EB001150</t>
+  </si>
+  <si>
+    <t>Anemon EBE</t>
+  </si>
+  <si>
+    <t>7677.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анемон Ютения»;кост.фарф.;D=15см;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>03013910</t>
+  </si>
+  <si>
+    <t>LANE030EU001150</t>
+  </si>
+  <si>
+    <t>Anemon Eutenea</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая;фарфор;D=16см;белый</t>
+  </si>
+  <si>
+    <t>03013932</t>
+  </si>
+  <si>
+    <t>V0122-0116</t>
+  </si>
+  <si>
+    <t>Trencadis</t>
+  </si>
+  <si>
+    <t>20429.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая;фарфор;D=16см;белый,матовый</t>
+  </si>
+  <si>
+    <t>03013933</t>
+  </si>
+  <si>
+    <t>V0122-0116MAT</t>
+  </si>
+  <si>
+    <t>21029.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Революшн Блюстоун»;фарфор;D=154,H=10мм;синий</t>
+  </si>
+  <si>
+    <t>03013950</t>
+  </si>
+  <si>
+    <t>1777 0568</t>
+  </si>
+  <si>
+    <t>Revolution Bluestone</t>
+  </si>
+  <si>
+    <t>6214.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Революшн Джейд»;фарфор;D=154,H=10мм;зелен.</t>
+  </si>
+  <si>
+    <t>03013951</t>
+  </si>
+  <si>
+    <t>1778 0568</t>
+  </si>
+  <si>
+    <t>Revolution Jade</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Меш Аква»;фарфор;D=12см;голуб.</t>
+  </si>
+  <si>
+    <t>03014159</t>
+  </si>
+  <si>
+    <t>11770-405152-15290</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Mesh Aqua</t>
+  </si>
+  <si>
+    <t>8495.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Кейрвейр»;стекло;D=155,H=16,8мм;белый</t>
+  </si>
+  <si>
+    <t>03014403</t>
+  </si>
+  <si>
+    <t>405841FTC021990</t>
+  </si>
+  <si>
+    <t>Careware</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=15,5см;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03014707</t>
+  </si>
+  <si>
+    <t>LHEL010TR001155</t>
+  </si>
+  <si>
+    <t>Helios</t>
+  </si>
+  <si>
+    <t>7031.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=15,5см;прозр.,золотой</t>
+  </si>
+  <si>
+    <t>03014710</t>
+  </si>
+  <si>
+    <t>LHEL010OR001155</t>
+  </si>
+  <si>
+    <t>3789.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=15,5см;прозр.,платин.</t>
+  </si>
+  <si>
+    <t>03014712</t>
+  </si>
+  <si>
+    <t>LHEL010PL001155</t>
+  </si>
+  <si>
+    <t>4828.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03014715</t>
+  </si>
+  <si>
+    <t>LHEL020TR001160</t>
+  </si>
+  <si>
+    <t>5059.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=16см;прозр.,золотой</t>
+  </si>
+  <si>
+    <t>03014717</t>
+  </si>
+  <si>
+    <t>LHEL021OR001160</t>
+  </si>
+  <si>
+    <t>3943.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Гелиос»;стекло;D=16см;прозр.,платин.</t>
+  </si>
+  <si>
+    <t>03014719</t>
+  </si>
+  <si>
+    <t>LHEL022PL001160</t>
+  </si>
+  <si>
+    <t>5783.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Анимае» в ассортименте набор[6шт];фарфор;D=16см;разноцветн.</t>
+  </si>
+  <si>
+    <t>03014720</t>
+  </si>
+  <si>
+    <t>LANIX36RO001160</t>
+  </si>
+  <si>
+    <t>Animae</t>
+  </si>
+  <si>
+    <t>55487.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Космос» плоская;керамика;D=16см;св.бежев.</t>
+  </si>
+  <si>
+    <t>03014731</t>
+  </si>
+  <si>
+    <t>4E_16_ПЛ_MO</t>
+  </si>
+  <si>
+    <t>Kenai</t>
+  </si>
+  <si>
+    <t>Cosmos</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Абиссос»;фарфор;,H=25,L=175,B=160мм;синий,белый</t>
+  </si>
+  <si>
+    <t>03015392</t>
+  </si>
+  <si>
+    <t>LABY028BL001160</t>
+  </si>
+  <si>
+    <t>Abyssos</t>
+  </si>
+  <si>
+    <t>10326.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Эстиа»;фарфор;D=18,H=2см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>03015400</t>
+  </si>
+  <si>
+    <t>LEST019RG001180</t>
+  </si>
+  <si>
+    <t>Estia</t>
+  </si>
+  <si>
+    <t>12143.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Фобос»;керамика;D=205,H=20мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03015407</t>
+  </si>
+  <si>
+    <t>LPHO019BB002205</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>12190.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Фобос»;керамика;D=205,H=20мм;серый,синий</t>
+  </si>
+  <si>
+    <t>03015411</t>
+  </si>
+  <si>
+    <t>LPHO019GB002205</t>
+  </si>
+  <si>
+    <t>11058.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;бежев.</t>
+  </si>
+  <si>
+    <t>03015438</t>
+  </si>
+  <si>
+    <t>LSKA034BG001150</t>
+  </si>
+  <si>
+    <t>Skalistos</t>
+  </si>
+  <si>
+    <t>6291.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;голуб.</t>
+  </si>
+  <si>
+    <t>03015443</t>
+  </si>
+  <si>
+    <t>LSKA034DN001150</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;черный</t>
+  </si>
+  <si>
+    <t>03015448</t>
+  </si>
+  <si>
+    <t>LSKA034NE001150</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;розов.</t>
+  </si>
+  <si>
+    <t>03015453</t>
+  </si>
+  <si>
+    <t>LSKA034RS001150</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;зелен.</t>
+  </si>
+  <si>
+    <t>03015458</t>
+  </si>
+  <si>
+    <t>LSKA034VS001150</t>
+  </si>
+  <si>
+    <t>7831.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка пирожковая «Афрос»;кост.фарф.;D=14,H=1см;слон.кость</t>
+  </si>
+  <si>
+    <t>03015590</t>
+  </si>
+  <si>
+    <t>LAPH028BI001140</t>
+  </si>
+  <si>
+    <t>Aphros</t>
+  </si>
+  <si>
+    <t>5733.00₸</t>
+  </si>
+  <si>
     <t>16 шт.</t>
   </si>
   <si>
-    <t>Тарелка пирожковая «Крафт Грин»;фарфор;,H=20,L=155мм;зелен.</t>
-[...1250 lines deleted...]
-    <t>6291.00₸</t>
+    <t>Тарелка пирожковая «Эстиа»;фарфор;D=18,H=2см;синий,коричнев.</t>
+  </si>
+  <si>
+    <t>03015592</t>
+  </si>
+  <si>
+    <t>LEST019BL001180</t>
+  </si>
+  <si>
+    <t>10024.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Флер Бьянко»;фарфор;D=22см;белый</t>
+  </si>
+  <si>
+    <t>03015668</t>
+  </si>
+  <si>
+    <t>FLF02220000</t>
+  </si>
+  <si>
+    <t>Andrea Fontebasso</t>
+  </si>
+  <si>
+    <t>Fleur Bianco</t>
+  </si>
+  <si>
+    <t>9217.00₸</t>
   </si>
   <si>
     <t>24 шт.</t>
   </si>
   <si>
-    <t>Тарелка пирожковая «Скалистос»;керамика;D=15,H=2см;голуб.</t>
-[...97 lines deleted...]
-  <si>
     <t>Тарелка пирожковая «Крафт Терракота»;фарфор;D=155,H=20,L=155,B=130мм;терракот</t>
   </si>
   <si>
     <t>09101764</t>
   </si>
   <si>
     <t>1133 0522</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
     <t>Тарелка десертная «Астера»;керамика;D=208,H=28мм;серый,серо-голуб.</t>
   </si>
   <si>
     <t>03014877</t>
   </si>
   <si>
     <t>Astera</t>
   </si>
   <si>
     <t>6524.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
+    <t>44 шт.</t>
   </si>
   <si>
     <t>Тарелка десертная «Астера»;керамика;D=208,H=25мм;бежев.,перламутр.</t>
   </si>
   <si>
     <t>03014879</t>
   </si>
   <si>
     <t>Тарелка десертная «Нео Антирос»;фарфор;D=205,H=30мм;белый,зелен.</t>
   </si>
   <si>
     <t>03019161</t>
   </si>
   <si>
     <t>LNAN032VD002205</t>
   </si>
   <si>
     <t>Neos Anthiros</t>
   </si>
   <si>
     <t>РУМЫНИЯ</t>
   </si>
   <si>
     <t>13221.00₸</t>
   </si>
   <si>
     <t>Тарелка десертная «Зен»;фарфор;D=21см;белый</t>
   </si>
   <si>
     <t>03041886</t>
   </si>
   <si>
     <t>V0777-0120</t>
   </si>
   <si>
     <t>Zen</t>
   </si>
   <si>
     <t>9910.00₸</t>
   </si>
   <si>
-    <t>Тарелка десертная «Эвридэй»;стекло;190,2мл;D=190,H=16мм;белый</t>
+    <t>Тарелка десертная «Эвридэй»;стекло;190мл;D=190,H=16мм;белый</t>
   </si>
   <si>
     <t>03010589</t>
   </si>
   <si>
     <t>N2055</t>
   </si>
   <si>
     <t>973.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Гармония»;фарфор;D=16,H=2см;белый,золотой</t>
   </si>
   <si>
     <t>03014854</t>
   </si>
   <si>
     <t>LHAR007BI001160</t>
   </si>
   <si>
     <t>Harmoniae</t>
   </si>
   <si>
     <t>7616.00₸</t>
   </si>
   <si>
     <t>Тарелка десертная «Гармония»;фарфор;D=205,H=30мм;белый</t>
   </si>
   <si>
     <t>03014851</t>
   </si>
   <si>
     <t>LHAR000BI002205</t>
   </si>
   <si>
     <t>6099.00₸</t>
   </si>
   <si>
     <t>Тарелка пирожковая «Нео Антирос»;фарфор;D=16,H=2см;белый,серый</t>
   </si>
   <si>
     <t>03014856</t>
   </si>
   <si>
     <t>LNAN032GR001160</t>
   </si>
   <si>
     <t>9002.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Джап Блю»;керамика;D=18,5см;синий</t>
+  </si>
+  <si>
+    <t>03014914</t>
+  </si>
+  <si>
+    <t>JP102180775</t>
+  </si>
+  <si>
+    <t>Jap Blu</t>
+  </si>
+  <si>
+    <t>6167.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Джап Нью Браун»;керамика;D=18,5см;бежев.</t>
+  </si>
+  <si>
+    <t>03014912</t>
+  </si>
+  <si>
+    <t>JP102180767</t>
+  </si>
+  <si>
+    <t>Jap New Brown</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Джап Блэк»;керамика;D=18,5см;черный</t>
+  </si>
+  <si>
+    <t>03014915</t>
+  </si>
+  <si>
+    <t>JP102180779</t>
+  </si>
+  <si>
+    <t>Jap Black</t>
+  </si>
+  <si>
+    <t>5726.00₸</t>
+  </si>
+  <si>
+    <t>Тарелка десертная «Блум Гранада»;фарфор;D=21,H=2см;синий,желт.</t>
+  </si>
+  <si>
+    <t>03014930</t>
+  </si>
+  <si>
+    <t>BM002218101</t>
+  </si>
+  <si>
+    <t>Bloom Granada</t>
+  </si>
+  <si>
+    <t>ЕГИПЕТ</t>
+  </si>
+  <si>
+    <t>7593.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1957,51 +1978,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6F-E3C4-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0058D-20CE-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C72-E3C4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B07-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6C-E3C4-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6D-E3C4-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A88CC5-E4E0-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDF67F7A-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A87CF5-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2D8F-E3D8-11EF-BC57-00505692E04910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2F5F-E3D8-11EF-BC57-00505692E04911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2E77-E3D8-11EF-BC57-00505692E04912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2195-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB02A45-E4E0-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6AF-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6B3-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD497-4251-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B8904-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A3047-E3D8-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C73-E3C4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03579E-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB01B95-E4E0-11EF-BC53-00505692E2D022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2CB9-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF575-20CE-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB03961-E4E0-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDF66F61-E4E0-11EF-BC53-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B28F-E63A-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC166420-F14F-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D39F6F6D-E4E0-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D39F7BB9-E4E0-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A89A9D-E4E0-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F006CD-20CE-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF5F-4254-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255F7E-20CE-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0076D-20CE-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF395-20CE-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFAC921-5CB3-11EE-BC0E-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD09C-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6E-E3C4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0043B-20CE-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1822-20CF-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255CC8-20CE-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84B473C-E4E0-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E38-424E-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842562C2-20CE-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84256222-20CE-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1974-20CF-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F004ED-20CE-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5332F9A-E3C4-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1770-20CF-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255EDE-20CE-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5BCDDDC-2341-11EA-BBC7-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF82B-20CE-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6D5D06-B2C1-11EC-BBFA-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0080D-20CE-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255E2C-20CE-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255D7A-20CE-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F002E9-20CE-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A18C2-20CF-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF435-20CE-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26C054BC-20CF-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0039B-20CE-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158CF785-EDFF-11EA-BBDB-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB155-4251-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2196-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094B0-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E72CE-E3D8-11EF-BC57-00505692E04967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC536B-20CF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5CA57AD-E4E0-11EF-BC53-00505692E2D069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295DEE8-E4E0-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FCE49F-20D4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FCE5DF-20D4-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAF6855B-20D4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1A8-4255-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0FBE807-20D4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6F47406-20D4-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359AEA-20D3-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359C3C-20D3-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18AC54A8-5E32-11EA-BBCE-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CF988-20D3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFC08-20D3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFB68-20D3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFAC8-20D3-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFA28-20D3-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FCE21F-20D4-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFDE8-20D3-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFD48-20D3-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFCA8-20D3-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359CEE-20D3-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359B9C-20D3-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CF848-20D3-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C3-0510-11EC-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A063-20D7-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A1A3-20D7-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A103-20D7-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69FC3-20D7-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69F23-20D7-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69E83-20D7-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAA4E06F-20D6-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAA4DFCF-20D6-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DBABA-FE3F-11ED-BC09-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DBB5A-FE3F-11ED-BC09-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B4BC9A2-053D-11EE-BC09-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0535695E-053D-11EE-BC09-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05356BDE-053D-11EE-BC09-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05356B3E-053D-11EE-BC09-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F089AF-2AFC-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0890F-2AFC-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0872F-2AFC-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F087CF-2AFC-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0886F-2AFC-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481312F3-D632-11EE-BC41-00505692492F112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844B7131-AEC8-11EE-BC40-00505692492F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA257499-F985-11EE-BC50-00505692E2D0114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA57FB-424F-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A5F30B-810E-11EF-BC4D-00505692C447116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A5F6C3-810E-11EF-BC4D-00505692C447117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF72EC92-FC6E-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F453C8-EAEE-11EF-BC4E-00505692C447119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AC3AA81-8968-11F0-BC4B-0050569297EB120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D668BF7-8964-11F0-BC4B-0050569297EB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1E29A40-896C-11F0-BC4B-0050569297EB122.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6F-E3C4-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0058D-20CE-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C72-E3C4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B07-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6C-E3C4-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6D-E3C4-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A88CC5-E4E0-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDF67F7A-E4E0-11EF-BC53-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A87CF5-E4E0-11EF-BC53-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2D8F-E3D8-11EF-BC57-00505692E04910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2F5F-E3D8-11EF-BC57-00505692E04911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2E77-E3D8-11EF-BC57-00505692E04912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2195-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB02A45-E4E0-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6AF-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6B3-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD497-4251-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B8904-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A3047-E3D8-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C73-E3C4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03579E-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB01B95-E4E0-11EF-BC53-00505692E2D022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA1A2CB9-E3D8-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF575-20CE-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAB03961-E4E0-11EF-BC53-00505692E2D025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDF66F61-E4E0-11EF-BC53-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67F9B28F-E63A-11EF-BC4E-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC166420-F14F-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D39F6F6D-E4E0-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D39F7BB9-E4E0-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0A89A9D-E4E0-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F006CD-20CE-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF5F-4254-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255F7E-20CE-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0076D-20CE-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF395-20CE-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFAC921-5CB3-11EE-BC0E-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD09C-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF007C6E-E3C4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0043B-20CE-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1822-20CF-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255CC8-20CE-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C84B473C-E4E0-11EF-BC53-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E38-424E-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842562C2-20CE-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84256222-20CE-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1974-20CF-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F004ED-20CE-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5332F9A-E3C4-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A1770-20CF-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255EDE-20CE-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5BCDDDC-2341-11EA-BBC7-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF82B-20CE-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6D5D06-B2C1-11EC-BBFA-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0080D-20CE-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255E2C-20CE-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84255D7A-20CE-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F002E9-20CE-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/755A18C2-20CF-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0FF435-20CE-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26C054BC-20CF-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77F0039B-20CE-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158CF785-EDFF-11EA-BBDB-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863AB155-4251-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2196-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC4094B0-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65E72CE-E3D8-11EF-BC57-00505692E04967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20BC536B-20CF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5CA57AD-E4E0-11EF-BC53-00505692E2D069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E295DEE8-E4E0-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FCE49F-20D4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FCE5DF-20D4-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAF6855B-20D4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1A8-4255-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0FBE807-20D4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6F47406-20D4-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359AEA-20D3-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359C3C-20D3-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18AC54A8-5E32-11EA-BBCE-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CF988-20D3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFC08-20D3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFB68-20D3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFAC8-20D3-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFA28-20D3-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFDE8-20D3-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFD48-20D3-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CFCA8-20D3-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359CEE-20D3-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9359B9C-20D3-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF3CF848-20D3-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C3-0510-11EC-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A063-20D7-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A1A3-20D7-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C6A103-20D7-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69FC3-20D7-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69F23-20D7-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00C69E83-20D7-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAA4E06F-20D6-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAA4DFCF-20D6-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B4BC9A2-053D-11EE-BC09-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0535695E-053D-11EE-BC09-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05356BDE-053D-11EE-BC09-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05356B3E-053D-11EE-BC09-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F089AF-2AFC-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0890F-2AFC-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0872F-2AFC-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F087CF-2AFC-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05F0886F-2AFC-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481312F3-D632-11EE-BC41-00505692492F109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844B7131-AEC8-11EE-BC40-00505692492F110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA257499-F985-11EE-BC50-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA57FB-424F-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A5F30B-810E-11EF-BC4D-00505692C447113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A5F6C3-810E-11EF-BC4D-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF72EC92-FC6E-11EF-BC53-00505692E2D0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F453C8-EAEE-11EF-BC4E-00505692C447116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AC3AA81-8968-11F0-BC4B-0050569297EB117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D668BF7-8964-11F0-BC4B-0050569297EB118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1E29A40-896C-11F0-BC4B-0050569297EB119.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4576,51 +4597,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5446,213 +5467,123 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5911,62 +5842,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010103/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bormioli-rocco-03010107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-kvadratnaya-steelite-03010153/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010154/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010168/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010169/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010173/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010174/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010175/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010176/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010180/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010189/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010190/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bauscher-03010192/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010229/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010233/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010255/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010258/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010259/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010278/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bauscher-03010279/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010330/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010331/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010332/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-vena-03010356/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lubiana-03010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010370/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010381/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010394/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010395/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010404/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03010405/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010412/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010429/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010430/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-rene-ozorio-03010433/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010448/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-dobrushskiy-farforovyy-zavod-03010450/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010459/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010478/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010480/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010483/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-thun-03010485/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010510/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010554/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010555/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010557/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010585/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03010644/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010687/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010699/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03011095/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03011178/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03011282/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-lubiana-03011773/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-vena-03012246/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03012320/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-lubiana-03012430/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03012763/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-cosy-and-trendy-03012805/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-vista-alegre-03012830/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-pordamsa-03012920/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03013299/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03013307/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013643/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013648/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013684/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013693/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013697/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013762/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-hold-03013893/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013906/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013910/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-pordamsa-03013932/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-pordamsa-03013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013950/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013951/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-rosenthal-03014159/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bormioli-rocco-03014403/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014715/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-v-assortimente-le-coq-03014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-ploskaya-kenai-03014731/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-tognana-03015389/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-tognana-03015391/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015392/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015400/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015407/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015411/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015438/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015443/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015448/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015453/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015458/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015590/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015592/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-andrea-fontebasso-03015668/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-09101764/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03014877/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03014879/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-le-coq-03019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-pordamsa-03041886/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03010589/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014854/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-le-coq-03014851/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014856/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010103/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bormioli-rocco-03010107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-kvadratnaya-steelite-03010153/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010154/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010168/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010169/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010173/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010174/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010175/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010176/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010180/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010189/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010190/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bauscher-03010192/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010229/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010233/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010255/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010258/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010259/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010278/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bauscher-03010279/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010330/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010331/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-revol-03010332/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-vena-03010356/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lubiana-03010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010370/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010381/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010394/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010395/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010404/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03010405/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010412/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010429/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010430/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-rene-ozorio-03010433/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010448/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-dobrushskiy-farforovyy-zavod-03010450/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010459/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010478/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-tognana-03010480/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010483/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-thun-03010485/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-lilien-austria-03010510/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010554/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010555/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010557/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010585/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03010644/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03010687/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-arcoroc-03010699/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03011095/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03011178/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03011282/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-lubiana-03011773/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-vena-03012246/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03012320/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-lubiana-03012430/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03012763/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-cosy-and-trendy-03012805/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-vista-alegre-03012830/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-dlya-deserta-pordamsa-03012920/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03013299/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-revol-03013307/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013643/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013648/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013684/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013693/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013697/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013762/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013906/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03013910/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-pordamsa-03013932/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-pordamsa-03013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013950/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-03013951/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-rosenthal-03014159/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-bormioli-rocco-03014403/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014715/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-v-assortimente-le-coq-03014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-ploskaya-kenai-03014731/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015392/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015400/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015407/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-le-coq-03015411/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015438/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015443/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015448/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015453/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015458/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015590/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03015592/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-andrea-fontebasso-03015668/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-steelite-09101764/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03014877/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-cosy-and-trendy-03014879/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-le-coq-03019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-pordamsa-03041886/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-luminarc-03010589/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014854/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-le-coq-03014851/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-pirozhkovaya-le-coq-03014856/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03014914/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03014912/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03014915/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tarelka-desertnaya-tognana-03014930/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L127"/>
+  <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I127" sqref="I127"/>
+      <selection activeCell="I128" sqref="I128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6109,2298 +6040,2298 @@
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L7" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L8" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L13" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D17" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L21" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L23" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L26" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G27" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D30" s="0">
         <v>648362</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D31" s="0">
         <v>648364</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D32" s="0">
         <v>648365</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C34" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="G34" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>183</v>
+        <v>92</v>
       </c>
       <c r="L34" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L35" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="L38" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L39" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L43" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="B45" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D45" s="0">
         <v>615325</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G48" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L51" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="L60" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>352</v>
+        <v>35</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L66" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D69" s="0">
         <v>1925</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D71" s="0">
         <v>648475</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>374</v>
+        <v>208</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>376</v>
       </c>
       <c r="D72" s="0">
         <v>2825</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>377</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>379</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>382</v>
@@ -8516,1738 +8447,1766 @@
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>403</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>405</v>
       </c>
       <c r="D77" s="0">
         <v>653518</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>406</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>407</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>409</v>
       </c>
       <c r="D78" s="0">
         <v>652799</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>410</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>411</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>412</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>413</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>414</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>415</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>416</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>417</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>418</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>419</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>420</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>422</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>423</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>424</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>425</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>427</v>
       </c>
       <c r="D82" s="0">
         <v>17620568</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>428</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>431</v>
       </c>
       <c r="D83" s="0">
         <v>17630568</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>428</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>433</v>
       </c>
       <c r="D84" s="0">
         <v>17640568</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>428</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>435</v>
       </c>
       <c r="D85" s="0">
         <v>17650568</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>428</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>438</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>428</v>
       </c>
       <c r="G86" s="0"/>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>440</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>441</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="F87" s="0"/>
+      <c r="F87" s="0" t="s">
+        <v>443</v>
+      </c>
       <c r="G87" s="0" t="s">
-        <v>395</v>
+        <v>112</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>443</v>
+        <v>148</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>445</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>446</v>
       </c>
       <c r="E88" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F88" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="F88" s="0" t="s">
+      <c r="G88" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>448</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>449</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>450</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>451</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>452</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
-      <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="D90" s="0" t="s">
+      <c r="E90" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F90" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="E90" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F90" s="0" t="s">
+      <c r="G90" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I90" s="1" t="s">
         <v>457</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="B91" s="0" t="s">
         <v>458</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>459</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>460</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>400</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
+      <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="D92" s="0" t="s">
+      <c r="E92" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="E92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G92" s="0" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>466</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L92" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="L92" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>468</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>469</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>470</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>471</v>
+        <v>91</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="D94" s="0" t="s">
+      <c r="E94" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>475</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>88</v>
+        <v>476</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L94" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>479</v>
+        <v>27</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>480</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>481</v>
+        <v>23</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L95" s="0"/>
+        <v>224</v>
+      </c>
+      <c r="L95" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>483</v>
       </c>
-      <c r="D96" s="0" t="s">
+      <c r="E96" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F96" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="E96" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="0" t="s">
+      <c r="G96" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="1" t="s">
         <v>485</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L96" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>486</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>487</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>488</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F97" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>489</v>
-      </c>
-[...7 lines deleted...]
-        <v>490</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>492</v>
       </c>
-      <c r="D98" s="0" t="s">
+      <c r="E98" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>493</v>
-      </c>
-[...13 lines deleted...]
-        <v>494</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>496</v>
       </c>
-      <c r="D99" s="0" t="s">
+      <c r="E99" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>497</v>
-      </c>
-[...13 lines deleted...]
-        <v>498</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>499</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>500</v>
       </c>
-      <c r="D100" s="0" t="s">
+      <c r="E100" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>501</v>
-      </c>
-[...13 lines deleted...]
-        <v>502</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L100" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>503</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>504</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>505</v>
-      </c>
-[...13 lines deleted...]
-        <v>506</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="E102" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F102" s="0" t="s">
         <v>509</v>
       </c>
-      <c r="E102" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G102" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>510</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>511</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>512</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>513</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>447</v>
+        <v>514</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>108</v>
+        <v>516</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>515</v>
+        <v>218</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>519</v>
+        <v>442</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>520</v>
       </c>
       <c r="G104" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>523</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>524</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>525</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>526</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="L105" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>527</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>528</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>529</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>530</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>535</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L107" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>537</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>538</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>539</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>540</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>43</v>
+        <v>541</v>
       </c>
       <c r="L108" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>545</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>548</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>549</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>54</v>
+        <v>550</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>553</v>
+        <v>539</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>554</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>555</v>
+        <v>50</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>556</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="D112" s="0" t="s">
+      <c r="E112" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>558</v>
-      </c>
-[...13 lines deleted...]
-        <v>559</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="D113" s="0" t="s">
+      <c r="E113" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F113" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="E113" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G113" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>563</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>206</v>
+        <v>564</v>
       </c>
       <c r="L113" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>553</v>
+        <v>525</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L114" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>447</v>
+        <v>572</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>553</v>
+        <v>573</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>43</v>
+        <v>575</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>447</v>
+        <v>40</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>575</v>
+        <v>90</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>576</v>
+        <v>75</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>581</v>
+      </c>
+      <c r="D117" s="0">
+        <v>4251021</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>447</v>
+        <v>383</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>539</v>
+        <v>582</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>54</v>
+        <v>584</v>
       </c>
       <c r="L117" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="D118" s="0">
+        <v>4188021</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="F118" s="0" t="s">
         <v>582</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="G118" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>583</v>
-      </c>
-[...16 lines deleted...]
-        <v>587</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>588</v>
+        <v>79</v>
       </c>
       <c r="L118" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>589</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="E119" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F119" s="0" t="s">
         <v>590</v>
       </c>
-      <c r="D119" s="0" t="s">
+      <c r="G119" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="E119" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>73</v>
+        <v>592</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>592</v>
+        <v>24</v>
       </c>
       <c r="L119" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>594</v>
       </c>
-      <c r="D120" s="0">
-        <v>4251021</v>
+      <c r="D120" s="0" t="s">
+        <v>595</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>383</v>
+        <v>400</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>597</v>
+        <v>24</v>
       </c>
       <c r="L120" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
-      <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>598</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>599</v>
       </c>
-      <c r="D121" s="0">
-        <v>4188021</v>
+      <c r="D121" s="0" t="s">
+        <v>600</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>383</v>
+        <v>338</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>595</v>
+        <v>353</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>54</v>
+        <v>224</v>
       </c>
       <c r="L121" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>400</v>
+        <v>442</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>29</v>
+        <v>591</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>610</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L123" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
+      <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>611</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>612</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>613</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>336</v>
+        <v>442</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>351</v>
+        <v>590</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>82</v>
+        <v>591</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>614</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
-      <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>615</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>616</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>617</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>447</v>
+        <v>83</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>618</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>604</v>
+        <v>85</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>619</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
-      <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>620</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>621</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>622</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>447</v>
+        <v>83</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>604</v>
+        <v>85</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
-      <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>624</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>625</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>626</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>447</v>
+        <v>83</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>604</v>
+        <v>85</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L127" s="0"/>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="80">
+      <c r="B128" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="J128" s="0"/>
+      <c r="K128" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -10334,50 +10293,51 @@
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>