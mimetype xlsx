--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1580">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,167 +71,176 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Горелка для карамели;сталь;63мл;,H=17,L=14,B=6см;металлич.</t>
   </si>
   <si>
     <t>04010347</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Горелки и лампы для карамели</t>
   </si>
   <si>
     <t>49458.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Горелка для карамели;сталь,пластик;,H=18,L=23,B=10,5см;синий,черный</t>
+  </si>
+  <si>
+    <t>04010350</t>
+  </si>
+  <si>
+    <t>072236</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>20116.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Горелка для карамели;сталь,пластик;,H=18,L=23,B=10,5см;синий,черный</t>
-[...16 lines deleted...]
-  <si>
     <t>Сменный газ.картридж для арт.061680, 072236 «Стоп газ»;металл;360мл;D=9,H=10см</t>
   </si>
   <si>
     <t>04010352</t>
   </si>
   <si>
     <t>061684</t>
   </si>
   <si>
     <t>Stop Gaz</t>
   </si>
   <si>
     <t>Газовые картриджи для горелок</t>
   </si>
   <si>
     <t>1822.00₸</t>
   </si>
   <si>
     <t>Горелка для карамели;пластмас.;20мл;,H=155,L=75,B=35мм;металлич.</t>
   </si>
   <si>
     <t>04010357</t>
   </si>
   <si>
     <t>42812.00₸</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=14,6,L=25,3,B=11см</t>
   </si>
   <si>
     <t>04010367</t>
   </si>
   <si>
     <t>KE2019CHEF</t>
   </si>
   <si>
     <t>Kemper</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>36036.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=17,5,L=25,5,B=12,5см</t>
   </si>
   <si>
     <t>04010368</t>
   </si>
   <si>
     <t>1040A</t>
   </si>
   <si>
     <t>38308.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Горелка для карамели;,H=290,L=210,B=75мм;черный</t>
+  </si>
+  <si>
+    <t>04010369</t>
+  </si>
+  <si>
+    <t>41865.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Горелка для карамели;,H=290,L=210,B=75мм;черный</t>
-[...7 lines deleted...]
-  <si>
     <t>Сменный газ.картридж для арт.1040A,KE2019CHEF;360мл;красный</t>
   </si>
   <si>
     <t>04010370</t>
   </si>
   <si>
     <t>2164.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Сменный газ.картридж для арт.1040A,KE2019CHEF «Стоп газ»;360мл</t>
+  </si>
+  <si>
+    <t>04010371</t>
+  </si>
+  <si>
+    <t>1120S1</t>
+  </si>
+  <si>
+    <t>2411.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Сменный газ.картридж для арт.1040A,KE2019CHEF «Стоп газ»;360мл</t>
-[...10 lines deleted...]
-  <si>
     <t>Сменный газ.картридж для арт.1040A,KE2019CHEF;360мл;голуб.</t>
   </si>
   <si>
     <t>04010375</t>
   </si>
   <si>
     <t>PL768</t>
   </si>
   <si>
     <t>1487.00₸</t>
   </si>
   <si>
     <t>Экран защитный для декорир.;полипроп.;,H=41,L=64,B=51,5см</t>
   </si>
   <si>
     <t>04020553</t>
   </si>
   <si>
     <t>Комплектующие для пульверизаторов для шоколада</t>
   </si>
   <si>
     <t>131740.00₸</t>
   </si>
   <si>
     <t>Ложка кондитерская для декорирования[2шт];сталь нерж.;,L=23/19см;серебрист.</t>
@@ -245,4274 +254,4262 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Кисти</t>
   </si>
   <si>
     <t>37900.00₸</t>
   </si>
   <si>
     <t>Щетка для чистки кондит.мешка[6шт];металл;,H=13,L=13,B=2см;металлич.,белый</t>
   </si>
   <si>
     <t>04120226</t>
   </si>
   <si>
     <t>47200-02</t>
   </si>
   <si>
     <t>Мешки и шприцы кондитерские</t>
   </si>
   <si>
     <t>13714.00₸</t>
   </si>
   <si>
+    <t>Щетка для чистки кондит. насадок[6шт];металл,пластик;,H=103,L=110,B=10мм;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04120227</t>
+  </si>
+  <si>
+    <t>47200-01</t>
+  </si>
+  <si>
+    <t>Насадки кондитерские</t>
+  </si>
+  <si>
+    <t>6984.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=2мм</t>
+  </si>
+  <si>
+    <t>04130599</t>
+  </si>
+  <si>
+    <t>BT 202</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>11358.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=3мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130601</t>
+  </si>
+  <si>
+    <t>BT 203</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=4мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130602</t>
+  </si>
+  <si>
+    <t>BT 204</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130603</t>
+  </si>
+  <si>
+    <t>BT 205</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=6мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130604</t>
+  </si>
+  <si>
+    <t>BT 206</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130605</t>
+  </si>
+  <si>
+    <t>BT 207</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=8мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130606</t>
+  </si>
+  <si>
+    <t>BT 208</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=9мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130607</t>
+  </si>
+  <si>
+    <t>BT 209</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=1см;металлич.</t>
+  </si>
+  <si>
+    <t>04130608</t>
+  </si>
+  <si>
+    <t>BT 210</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=11мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130609</t>
+  </si>
+  <si>
+    <t>BT 211</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=12мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130610</t>
+  </si>
+  <si>
+    <t>BT 212</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=13мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130611</t>
+  </si>
+  <si>
+    <t>BT 213</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=14мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130612</t>
+  </si>
+  <si>
+    <t>BT 214</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130613</t>
+  </si>
+  <si>
+    <t>BT 215</t>
+  </si>
+  <si>
+    <t>12159.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130614</t>
+  </si>
+  <si>
+    <t>BT 216</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=17мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130615</t>
+  </si>
+  <si>
+    <t>BT 217</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=18мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130616</t>
+  </si>
+  <si>
+    <t>BT 218</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04130617</t>
+  </si>
+  <si>
+    <t>BT 220</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130618</t>
+  </si>
+  <si>
+    <t>BT 222</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»[5шт];сталь нерж.;D=24мм;металлич.</t>
+  </si>
+  <si>
+    <t>04130619</t>
+  </si>
+  <si>
+    <t>BT 224</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/2,H=47мм</t>
+  </si>
+  <si>
+    <t>04140053</t>
+  </si>
+  <si>
+    <t>BC 320.</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/3,H=47мм</t>
+  </si>
+  <si>
+    <t>04140054</t>
+  </si>
+  <si>
+    <t>BC 321.</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/4,H=47мм</t>
+  </si>
+  <si>
+    <t>04140055</t>
+  </si>
+  <si>
+    <t>BC 322.</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/5,H=47мм</t>
+  </si>
+  <si>
+    <t>04140056</t>
+  </si>
+  <si>
+    <t>BC 323.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/6,H=43мм</t>
+  </si>
+  <si>
+    <t>04140057</t>
+  </si>
+  <si>
+    <t>BC 324.</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=30/8,H=45мм</t>
+  </si>
+  <si>
+    <t>04140058</t>
+  </si>
+  <si>
+    <t>BC 326.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=30/9,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140059</t>
+  </si>
+  <si>
+    <t>BC 327.</t>
+  </si>
+  <si>
+    <t>2064.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=35/7,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140060</t>
+  </si>
+  <si>
+    <t>BC 325.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=40,L=25/9мм</t>
+  </si>
+  <si>
+    <t>04140061</t>
+  </si>
+  <si>
+    <t>BS 109.</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=45,L=25/4мм</t>
+  </si>
+  <si>
+    <t>04140062</t>
+  </si>
+  <si>
+    <t>BF 310.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (6 зубцов);сталь нерж.;D=25/6,H=45мм;стальной</t>
+  </si>
+  <si>
+    <t>04140063</t>
+  </si>
+  <si>
+    <t>BS 106.</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Щетка для чистки кондит. насадок[6шт];металл,пластик;,H=103,L=110,B=10мм;металлич.,белый</t>
-[...215 lines deleted...]
-    <t>1864.00₸</t>
+    <t>Насадка кондитерская «Открытая звезда» (9 зубцов);сталь нерж.;D=25/6,H=45мм;стальной</t>
+  </si>
+  <si>
+    <t>04140064</t>
+  </si>
+  <si>
+    <t>BF 311.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=45,L=25/7мм</t>
+  </si>
+  <si>
+    <t>04140065</t>
+  </si>
+  <si>
+    <t>BF 312.</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=45,L=25/8мм</t>
+  </si>
+  <si>
+    <t>04140066</t>
+  </si>
+  <si>
+    <t>BS 108.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=25/4мм</t>
+  </si>
+  <si>
+    <t>04140067</t>
+  </si>
+  <si>
+    <t>BS 104.</t>
+  </si>
+  <si>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=25/5мм</t>
+  </si>
+  <si>
+    <t>04140068</t>
+  </si>
+  <si>
+    <t>BS 105.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=25/7мм</t>
+  </si>
+  <si>
+    <t>04140069</t>
+  </si>
+  <si>
+    <t>BS 107.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=35/17мм</t>
+  </si>
+  <si>
+    <t>04140070</t>
+  </si>
+  <si>
+    <t>BS 117.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=35/18мм</t>
+  </si>
+  <si>
+    <t>04140071</t>
+  </si>
+  <si>
+    <t>BS 118,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=50,L=30/16мм</t>
+  </si>
+  <si>
+    <t>04140072</t>
+  </si>
+  <si>
+    <t>BS 116,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=25/2,H=50мм</t>
+  </si>
+  <si>
+    <t>04140073</t>
+  </si>
+  <si>
+    <t>BS 102,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=25/3,H=50мм</t>
+  </si>
+  <si>
+    <t>04140074</t>
+  </si>
+  <si>
+    <t>BS 103,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=25/9,H=45мм</t>
+  </si>
+  <si>
+    <t>04140075</t>
+  </si>
+  <si>
+    <t>BF 313,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=3/1,H=5см</t>
+  </si>
+  <si>
+    <t>04140076</t>
+  </si>
+  <si>
+    <t>BS 110,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (7 зубцов);сталь нерж.;D=30/11,H=50мм;стальной</t>
+  </si>
+  <si>
+    <t>04140077</t>
+  </si>
+  <si>
+    <t>BS 111,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (15 зубцов);сталь нерж.;D=30/11,H=50мм</t>
+  </si>
+  <si>
+    <t>04140078</t>
+  </si>
+  <si>
+    <t>BF 314/11,</t>
+  </si>
+  <si>
+    <t>2503.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=30/12,H=45мм</t>
+  </si>
+  <si>
+    <t>04140079</t>
+  </si>
+  <si>
+    <t>BF 315,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=30/12,H=50мм</t>
+  </si>
+  <si>
+    <t>04140080</t>
+  </si>
+  <si>
+    <t>BS 112,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=30/13,H=45мм</t>
+  </si>
+  <si>
+    <t>04140081</t>
+  </si>
+  <si>
+    <t>BF 316,</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=30/13,H=50мм</t>
+  </si>
+  <si>
+    <t>04140082</t>
+  </si>
+  <si>
+    <t>BS113,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=35/14,H=55мм</t>
+  </si>
+  <si>
+    <t>04140083</t>
+  </si>
+  <si>
+    <t>BS114,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=35/15,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140084</t>
+  </si>
+  <si>
+    <t>BF 317,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=35/15,H=55мм</t>
+  </si>
+  <si>
+    <t>04140085</t>
+  </si>
+  <si>
+    <t>BS115,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (17 зубцов);сталь нерж.;D=35/16,H=50мм;стальной</t>
+  </si>
+  <si>
+    <t>04140086</t>
+  </si>
+  <si>
+    <t>BF 318,</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (17 зубцов);сталь нерж.;D=35/16,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140087</t>
+  </si>
+  <si>
+    <t>BF 0867.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=35/18,H=50мм</t>
+  </si>
+  <si>
+    <t>04140088</t>
+  </si>
+  <si>
+    <t>BF 319.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;D=35/20,H=48мм</t>
+  </si>
+  <si>
+    <t>04140089</t>
+  </si>
+  <si>
+    <t>BF 0869.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская;сталь нерж.;D=25/4,H=90мм</t>
+  </si>
+  <si>
+    <t>04140090</t>
+  </si>
+  <si>
+    <t>BIM340.</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская;сталь нерж.;D=25/8,H=95мм</t>
+  </si>
+  <si>
+    <t>04140091</t>
+  </si>
+  <si>
+    <t>BIM232.</t>
+  </si>
+  <si>
+    <t>6237.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[12шт];полипроп.;,H=50,L=145,B=145мм;бежев.</t>
+  </si>
+  <si>
+    <t>04140164</t>
+  </si>
+  <si>
+    <t>47618-20</t>
+  </si>
+  <si>
+    <t>18411.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[55шт];сталь нерж.;,H=30,L=210,B=165мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140168</t>
+  </si>
+  <si>
+    <t>47219-55</t>
+  </si>
+  <si>
+    <t>85879.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[38шт];сталь нерж.,пластик;,H=5,L=30,B=23см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04140172</t>
+  </si>
+  <si>
+    <t>47219-38</t>
+  </si>
+  <si>
+    <t>120567.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=30,B=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04140176</t>
+  </si>
+  <si>
+    <t>47111-30</t>
+  </si>
+  <si>
+    <t>22739.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=46,B=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04140177</t>
+  </si>
+  <si>
+    <t>47111-46</t>
+  </si>
+  <si>
+    <t>33519.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=55,B=28см;прозр.</t>
+  </si>
+  <si>
+    <t>04140178</t>
+  </si>
+  <si>
+    <t>47111-55</t>
+  </si>
+  <si>
+    <t>43128.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=60,B=34см;белый</t>
+  </si>
+  <si>
+    <t>04140180</t>
+  </si>
+  <si>
+    <t>47106-60</t>
+  </si>
+  <si>
+    <t>12859.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[8шт];сталь нерж.;D=18,H=35,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140182</t>
+  </si>
+  <si>
+    <t>47357-25</t>
+  </si>
+  <si>
+    <t>10634.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[9шт];сталь нерж.;D=18,H=27,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140183</t>
+  </si>
+  <si>
+    <t>47357-24</t>
+  </si>
+  <si>
+    <t>8671.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[6шт];сталь нерж.;D=24,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140184</t>
+  </si>
+  <si>
+    <t>47357-11</t>
+  </si>
+  <si>
+    <t>10411.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[8шт];сталь нерж.;D=18,H=30,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140185</t>
+  </si>
+  <si>
+    <t>47357-29</t>
+  </si>
+  <si>
+    <t>11797.00₸</t>
+  </si>
+  <si>
+    <t>Адаптер для кондит.мешка,стандартный;пластик;D=12/18,H=32мм;белый</t>
+  </si>
+  <si>
+    <t>04140186</t>
+  </si>
+  <si>
+    <t>47212-01</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>Адаптер для кондит.мешка,средний;пластик;D=25,H=32мм;белый</t>
+  </si>
+  <si>
+    <t>04140187</t>
+  </si>
+  <si>
+    <t>47212-02</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[10шт];сталь нерж.;D=17/6,H=75,L=140,B=125мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140188</t>
+  </si>
+  <si>
+    <t>47127-06</t>
+  </si>
+  <si>
+    <t>35205.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[10шт];сталь нерж.;D=25/4,H=95,L=140,B=125мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140189</t>
+  </si>
+  <si>
+    <t>47127-04</t>
+  </si>
+  <si>
+    <t>34104.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок+кондитерский мешок[6шт];сталь нерж.,пластик;D=25,H=40,L=240,B=150мм;метал</t>
+  </si>
+  <si>
+    <t>04140190</t>
+  </si>
+  <si>
+    <t>47120-02</t>
+  </si>
+  <si>
+    <t>17988.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=50,B=27,5см;белый</t>
+  </si>
+  <si>
+    <t>04140200</t>
+  </si>
+  <si>
+    <t>47119-50</t>
+  </si>
+  <si>
+    <t>6176.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04140201</t>
+  </si>
+  <si>
+    <t>Ghidini</t>
+  </si>
+  <si>
+    <t>4967.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[7шт];сталь нерж.;D=25,H=30,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140209</t>
+  </si>
+  <si>
+    <t>47357-21</t>
+  </si>
+  <si>
+    <t>11181.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=30см;белый</t>
+  </si>
+  <si>
+    <t>04140217</t>
+  </si>
+  <si>
+    <t>47119-30</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=35,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04140218</t>
+  </si>
+  <si>
+    <t>47119-35</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=40,B=22см;белый</t>
+  </si>
+  <si>
+    <t>04140219</t>
+  </si>
+  <si>
+    <t>47119-40</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[8шт];сталь нерж.;D=17,H=30,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140222</t>
+  </si>
+  <si>
+    <t>47357-22</t>
+  </si>
+  <si>
+    <t>9379.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[12шт];сталь нерж.;D=17,H=30,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140224</t>
+  </si>
+  <si>
+    <t>47357-20</t>
+  </si>
+  <si>
+    <t>14777.00₸</t>
+  </si>
+  <si>
+    <t>04140225</t>
+  </si>
+  <si>
+    <t>47357-23</t>
+  </si>
+  <si>
+    <t>8309.00₸</t>
+  </si>
+  <si>
+    <t>04140227</t>
+  </si>
+  <si>
+    <t>47357-30</t>
+  </si>
+  <si>
+    <t>9464.00₸</t>
+  </si>
+  <si>
+    <t>Адаптер для насадки для конд.мешка;пластик;D=42,H=32мм;белый</t>
+  </si>
+  <si>
+    <t>04140228</t>
+  </si>
+  <si>
+    <t>47212-03</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок для мешков[12шт]</t>
+  </si>
+  <si>
+    <t>04140266</t>
+  </si>
+  <si>
+    <t>47201-92</t>
+  </si>
+  <si>
+    <t>сн. с пр-ва</t>
+  </si>
+  <si>
+    <t>37596.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондит.вилок[10шт];сталь нерж.,пластик;,L=18,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140269</t>
+  </si>
+  <si>
+    <t>47833-10</t>
+  </si>
+  <si>
+    <t>37284.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[29шт];сталь нерж.;,H=40,L=165,B=130мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140270</t>
+  </si>
+  <si>
+    <t>47219-29</t>
+  </si>
+  <si>
+    <t>44876.00₸</t>
+  </si>
+  <si>
+    <t>Шприц конд.+ 16 насадок;сталь нерж.;250мл;,H=13,B=28,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04140271</t>
+  </si>
+  <si>
+    <t>47010-20</t>
+  </si>
+  <si>
+    <t>92978.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=45,B=24,5см;белый</t>
+  </si>
+  <si>
+    <t>04140272</t>
+  </si>
+  <si>
+    <t>47119-45</t>
+  </si>
+  <si>
+    <t>4490.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=34,B=21см;белый</t>
+  </si>
+  <si>
+    <t>04140273</t>
+  </si>
+  <si>
+    <t>47106-34</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=40,B=22,5см;белый</t>
+  </si>
+  <si>
+    <t>04140274</t>
+  </si>
+  <si>
+    <t>47106-40</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=46,B=26см;белый</t>
+  </si>
+  <si>
+    <t>04140275</t>
+  </si>
+  <si>
+    <t>47106-46</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=50,B=29см;белый</t>
+  </si>
+  <si>
+    <t>04140276</t>
+  </si>
+  <si>
+    <t>47106-50</t>
+  </si>
+  <si>
+    <t>10480.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=55,B=31см;белый</t>
+  </si>
+  <si>
+    <t>04140277</t>
+  </si>
+  <si>
+    <t>47106-55</t>
+  </si>
+  <si>
+    <t>10927.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=28,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04140278</t>
+  </si>
+  <si>
+    <t>47106-28</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=40,B=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04140282</t>
+  </si>
+  <si>
+    <t>47111-40</t>
+  </si>
+  <si>
+    <t>29815.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка кондит.с пульверизатором;пластик;1л;D=70,H=275мм;белый,зелен.</t>
+  </si>
+  <si>
+    <t>04140915</t>
+  </si>
+  <si>
+    <t>47679-10</t>
+  </si>
+  <si>
+    <t>Аэрографы и пульвелизаторы</t>
+  </si>
+  <si>
+    <t>13529.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=25,H=40,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140936</t>
+  </si>
+  <si>
+    <t>47353-08</t>
+  </si>
+  <si>
+    <t>9102.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=30/14,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140937</t>
+  </si>
+  <si>
+    <t>47353-14</t>
+  </si>
+  <si>
+    <t>10272.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=30/10,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140946</t>
+  </si>
+  <si>
+    <t>47353-10</t>
+  </si>
+  <si>
+    <t>8956.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=25/4,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140948</t>
+  </si>
+  <si>
+    <t>47353-04</t>
+  </si>
+  <si>
+    <t>10180.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=25/6,H=45,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140949</t>
+  </si>
+  <si>
+    <t>47353-06</t>
+  </si>
+  <si>
+    <t>12929.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=30/12,H=45,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140950</t>
+  </si>
+  <si>
+    <t>47353-12</t>
+  </si>
+  <si>
+    <t>9556.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=23/2,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140958</t>
+  </si>
+  <si>
+    <t>47353-02</t>
+  </si>
+  <si>
+    <t>12436.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=235/30,B=40мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141011</t>
+  </si>
+  <si>
+    <t>47645-40</t>
+  </si>
+  <si>
+    <t>9310.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;щетина натур.,пластик;,L=235/40,B=30мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141013</t>
+  </si>
+  <si>
+    <t>47642-30</t>
+  </si>
+  <si>
+    <t>5398.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,H=60,L=245/50,B=40мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141014</t>
+  </si>
+  <si>
+    <t>47642-40</t>
+  </si>
+  <si>
+    <t>6746.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=26/5,B=6см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141015</t>
+  </si>
+  <si>
+    <t>47642-60</t>
+  </si>
+  <si>
+    <t>10057.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=235/50,B=60мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141016</t>
+  </si>
+  <si>
+    <t>47645-60</t>
+  </si>
+  <si>
+    <t>12467.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=255/40,B=50мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141017</t>
+  </si>
+  <si>
+    <t>47642-50</t>
+  </si>
+  <si>
+    <t>8301.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=23/5,B=3см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141018</t>
+  </si>
+  <si>
+    <t>47643-30</t>
+  </si>
+  <si>
+    <t>4343.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=24/5,B=4см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141019</t>
+  </si>
+  <si>
+    <t>47643-40</t>
+  </si>
+  <si>
+    <t>5206.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=252/50,B=50мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141020</t>
+  </si>
+  <si>
+    <t>47643-50</t>
+  </si>
+  <si>
+    <t>5583.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=260/55,B=60мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141021</t>
+  </si>
+  <si>
+    <t>47643-60</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,нейлон;,L=235/40,B=40мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141022</t>
+  </si>
+  <si>
+    <t>47646-40</t>
+  </si>
+  <si>
+    <t>10365.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,нейлон;,L=240/40,B=62мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141023</t>
+  </si>
+  <si>
+    <t>47646-60</t>
+  </si>
+  <si>
+    <t>12682.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,нейлон;,L=235/40,B=75мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141024</t>
+  </si>
+  <si>
+    <t>47646-75</t>
+  </si>
+  <si>
+    <t>15200.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=235/40,B=75мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141025</t>
+  </si>
+  <si>
+    <t>47645-75</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;силикон;,L=20,B=4см;черный</t>
+  </si>
+  <si>
+    <t>04141026</t>
+  </si>
+  <si>
+    <t>48280-09</t>
+  </si>
+  <si>
+    <t>9371.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=22,B=2см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141029</t>
+  </si>
+  <si>
+    <t>5706.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Насадка кондитерская «Закрытая звезда»;сталь нерж.;D=25/3,H=47мм</t>
-[...128 lines deleted...]
-    <t>2541.00₸</t>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=230,B=25мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141030</t>
+  </si>
+  <si>
+    <t>6191.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=24,B=3см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141031</t>
+  </si>
+  <si>
+    <t>7985.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=240,B=35мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141032</t>
+  </si>
+  <si>
+    <t>8155.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=24,B=4см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141033</t>
+  </si>
+  <si>
+    <t>8909.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=250,B=45мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141034</t>
+  </si>
+  <si>
+    <t>11889.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=26,B=5см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141035</t>
+  </si>
+  <si>
+    <t>12813.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полиамид,пластик;,L=26/5,B=5см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141037</t>
+  </si>
+  <si>
+    <t>16001.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=260/60,B=35мм;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141038</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>10288.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;силикон;,L=220,B=37мм</t>
+  </si>
+  <si>
+    <t>04141039</t>
+  </si>
+  <si>
+    <t>34874.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=28/6,B=5см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141040</t>
+  </si>
+  <si>
+    <t>16509.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,H=5,L=240/60,B=25мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>04141041</t>
+  </si>
+  <si>
+    <t>8740.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,H=5,L=260/60,B=40мм;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141042</t>
+  </si>
+  <si>
+    <t>13175.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=25/4,B=4см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>04141043</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=245,B=50мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>04141044</t>
+  </si>
+  <si>
+    <t>13445.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полиамид,пластик;,L=27/5,B=7см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141045</t>
+  </si>
+  <si>
+    <t>22438.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=27/6,B=4см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141046</t>
+  </si>
+  <si>
+    <t>12790.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полиамид,пластик;,L=270,B=65мм;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>04141048</t>
+  </si>
+  <si>
+    <t>17572.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,H=5,L=240/60,B=30мм;белый,бордо</t>
+  </si>
+  <si>
+    <t>04141049</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик;,L=7см;белый,черный</t>
+  </si>
+  <si>
+    <t>04141050</t>
+  </si>
+  <si>
+    <t>47643-70</t>
+  </si>
+  <si>
+    <t>6314.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=275,B=60мм;бежев.,красный</t>
+  </si>
+  <si>
+    <t>04141051</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полиамид,пластик;,L=25/5,B=4см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141052</t>
+  </si>
+  <si>
+    <t>14330.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полиамид,пластик;,L=24/5,B=3см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04141054</t>
+  </si>
+  <si>
+    <t>8763.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;,L=275/60,B=70мм</t>
+  </si>
+  <si>
+    <t>04141055</t>
+  </si>
+  <si>
+    <t>9841.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;пластик,щетина натур.;D=15,L=210,B=20мм</t>
+  </si>
+  <si>
+    <t>04141056</t>
+  </si>
+  <si>
+    <t>16301.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская L(щетины)=51мм;дерево,щетина натур.</t>
+  </si>
+  <si>
+    <t>04141058</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>14600.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;полипроп.,сталь нерж.;,L=20см;черный</t>
+  </si>
+  <si>
+    <t>04141063</t>
+  </si>
+  <si>
+    <t>48280-94</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская;дерево,щетина натур.;,L=6,B=3см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04141064</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок+кондитерский мешок[6шт];сталь нерж.,пластик;,H=19,B=12см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04141309</t>
+  </si>
+  <si>
+    <t>47120-01</t>
+  </si>
+  <si>
+    <t>10881.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[8шт];сталь нерж.;D=15,H=30,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141315</t>
+  </si>
+  <si>
+    <t>47357-31</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.;D=35/24,H=35,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141338</t>
+  </si>
+  <si>
+    <t>47353-24</t>
+  </si>
+  <si>
+    <t>15354.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=70,B=4см;белый</t>
+  </si>
+  <si>
+    <t>04141361</t>
+  </si>
+  <si>
+    <t>47106-70</t>
+  </si>
+  <si>
+    <t>16810.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер;,L=750,B=42мм;белый</t>
+  </si>
+  <si>
+    <t>04141362</t>
+  </si>
+  <si>
+    <t>47106-75</t>
+  </si>
+  <si>
+    <t>12544.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан,нейлон;,L=60,B=33см;белый</t>
+  </si>
+  <si>
+    <t>04141363</t>
+  </si>
+  <si>
+    <t>47119-60</t>
+  </si>
+  <si>
+    <t>7269.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская (до +200 °C);пластик,силикон;,H=15,L=220,B=40мм;голуб.,белый</t>
+  </si>
+  <si>
+    <t>04141957</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Кисть кондитерская (до +200 °C);силикон,пластик;,L=22,B=4см;бежев.,прозр.</t>
+  </si>
+  <si>
+    <t>04141958</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>1333.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=50,B=27см;белый</t>
+  </si>
+  <si>
+    <t>04142827</t>
+  </si>
+  <si>
+    <t>19782.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[12шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04142831</t>
+  </si>
+  <si>
+    <t>37292.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда»[12шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04142832</t>
+  </si>
+  <si>
+    <t>81952.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=46,B=26см;белый</t>
+  </si>
+  <si>
+    <t>04142836</t>
+  </si>
+  <si>
+    <t>18342.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=60,B=33см;белый</t>
+  </si>
+  <si>
+    <t>04142854</t>
+  </si>
+  <si>
+    <t>26334.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=45,B=25см;белый</t>
+  </si>
+  <si>
+    <t>04142863</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=50,B=26см;белый</t>
+  </si>
+  <si>
+    <t>04142864</t>
+  </si>
+  <si>
+    <t>14931.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=60,B=32см;белый</t>
+  </si>
+  <si>
+    <t>04142865</t>
+  </si>
+  <si>
+    <t>15300.00₸</t>
+  </si>
+  <si>
+    <t>Инжектор для крема;сталь нерж.,пластик;6л;,H=58,L=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142867</t>
+  </si>
+  <si>
+    <t>1915914.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=21/1,H=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144202</t>
+  </si>
+  <si>
+    <t>NTI0</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>637.00₸</t>
+  </si>
+  <si>
+    <t>04144203</t>
+  </si>
+  <si>
+    <t>NTI1</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=22/3,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144204</t>
+  </si>
+  <si>
+    <t>NTI2</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=22/4,H=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144205</t>
+  </si>
+  <si>
+    <t>NTI3</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Бордюр»;сталь нерж.;D=22/5,H=36мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144206</t>
+  </si>
+  <si>
+    <t>NTI4</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Звезда»;сталь нерж.;D=22/10,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144207</t>
+  </si>
+  <si>
+    <t>NTI5</t>
+  </si>
+  <si>
+    <t>644.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Звезда»;сталь нерж.;D=22/5,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144208</t>
+  </si>
+  <si>
+    <t>NTI6</t>
+  </si>
+  <si>
+    <t>833.00₸</t>
+  </si>
+  <si>
+    <t>04144209</t>
+  </si>
+  <si>
+    <t>NTI7</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>04144210</t>
+  </si>
+  <si>
+    <t>NTI8</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Рифленая лента»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144211</t>
+  </si>
+  <si>
+    <t>NTI9</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Крупный листок»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144212</t>
+  </si>
+  <si>
+    <t>NTI10</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Крупный лепесток»;сталь нерж.;D=22/12,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144213</t>
+  </si>
+  <si>
+    <t>NTI11</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Ракушка»;сталь нерж.;D=22/12,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144214</t>
+  </si>
+  <si>
+    <t>NTI12</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «5-конечная звезда»;сталь нерж.;D=22/10,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144215</t>
+  </si>
+  <si>
+    <t>NTI13</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «10-конечная звезда»;сталь нерж.;D=22/10,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144216</t>
+  </si>
+  <si>
+    <t>NTI14</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Георгин»;сталь нерж.;D=22/10,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144217</t>
+  </si>
+  <si>
+    <t>NTI15</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Двойная нить»;сталь нерж.;D=22/8,H=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144218</t>
+  </si>
+  <si>
+    <t>NTI16</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Маленький листок»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144219</t>
+  </si>
+  <si>
+    <t>NTI17</t>
+  </si>
+  <si>
+    <t>672.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Большая роза»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144220</t>
+  </si>
+  <si>
+    <t>NTI18</t>
+  </si>
+  <si>
+    <t>735.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «4-конечная звезда»;сталь нерж.;D=22/5,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144221</t>
+  </si>
+  <si>
+    <t>NTI19</t>
+  </si>
+  <si>
+    <t>04144222</t>
+  </si>
+  <si>
+    <t>NTI20</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «12-конечная звезда»;сталь нерж.;D=22/12,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144223</t>
+  </si>
+  <si>
+    <t>NTI21</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Полоска»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144224</t>
+  </si>
+  <si>
+    <t>NTI22</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Полоска»;сталь нерж.;D=22/12,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144225</t>
+  </si>
+  <si>
+    <t>NTI23</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Лента»;сталь нерж.;D=22/15,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144226</t>
+  </si>
+  <si>
+    <t>NTI24</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Клематис»;сталь нерж.;D=22,H=29мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144227</t>
+  </si>
+  <si>
+    <t>NTI28</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Широкая лента»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144228</t>
+  </si>
+  <si>
+    <t>NTI29</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Тонкая лента»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144229</t>
+  </si>
+  <si>
+    <t>NTI30</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Незабудка»;сталь нерж.;D=22/10,H=32мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144230</t>
+  </si>
+  <si>
+    <t>NTI31</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «3 нити»;сталь нерж.;D=22/9,H=31мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144231</t>
+  </si>
+  <si>
+    <t>NTI32</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Спираль»;сталь нерж.;D=22/8,H=37мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144232</t>
+  </si>
+  <si>
+    <t>NTI33</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Широкая полоска»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144233</t>
+  </si>
+  <si>
+    <t>NTI34</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Узкая полоса»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144234</t>
+  </si>
+  <si>
+    <t>NTI35</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Маленькая роза»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144235</t>
+  </si>
+  <si>
+    <t>NTI36</t>
+  </si>
+  <si>
+    <t>966.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Двойная лента»;сталь нерж.;D=22/10,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144236</t>
+  </si>
+  <si>
+    <t>NTI37</t>
+  </si>
+  <si>
+    <t>04144237</t>
+  </si>
+  <si>
+    <t>NTI38</t>
+  </si>
+  <si>
+    <t>04144238</t>
+  </si>
+  <si>
+    <t>NTI39</t>
+  </si>
+  <si>
+    <t>04144239</t>
+  </si>
+  <si>
+    <t>NTI40</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Лепесток»;сталь нерж.;D=22/10,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144240</t>
+  </si>
+  <si>
+    <t>NTI41</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Маленький лепесток»;сталь нерж.;D=22/12,H=36мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144241</t>
+  </si>
+  <si>
+    <t>NTI42</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Цветок»;сталь нерж.;D=22/10,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144242</t>
+  </si>
+  <si>
+    <t>NTI43</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Крупная роза»;сталь нерж.;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144243</t>
+  </si>
+  <si>
+    <t>NTI44</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Крупный листок»;сталь нерж.;D=22/5,H=37мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144244</t>
+  </si>
+  <si>
+    <t>NTI45</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Звезда»;сталь нерж.;D=22/12,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144245</t>
+  </si>
+  <si>
+    <t>NTI46</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Лист папоротника»;сталь нерж.;D=22/5,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144246</t>
+  </si>
+  <si>
+    <t>NTI47</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Трава»;сталь нерж.;D=22/13,H=18мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144247</t>
+  </si>
+  <si>
+    <t>NTI48</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=55,B=32см;прозр.</t>
+  </si>
+  <si>
+    <t>04144255</t>
+  </si>
+  <si>
+    <t>40610.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Рифленая лента»;сталь;D=22,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144259</t>
+  </si>
+  <si>
+    <t>NTI25</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Виноград»;сталь;D=22/5,H=33мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144260</t>
+  </si>
+  <si>
+    <t>NTI26</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Звезда»;сталь нерж.;D=22/8,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144261</t>
+  </si>
+  <si>
+    <t>NTI27</t>
+  </si>
+  <si>
+    <t>805.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;хлопок;,L=25,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04144264</t>
+  </si>
+  <si>
+    <t>FCL10</t>
+  </si>
+  <si>
+    <t>1162.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;хлопок;,L=35,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04144265</t>
+  </si>
+  <si>
+    <t>FCL14</t>
+  </si>
+  <si>
+    <t>1358.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;хлопок;,L=40,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04144266</t>
+  </si>
+  <si>
+    <t>FCL16</t>
+  </si>
+  <si>
+    <t>1631.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;полиэстер;,L=25,B=16см;белый</t>
+  </si>
+  <si>
+    <t>04144267</t>
+  </si>
+  <si>
+    <t>FPL10</t>
+  </si>
+  <si>
+    <t>1484.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;полиэстер;,L=35,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04144268</t>
+  </si>
+  <si>
+    <t>FPL14</t>
+  </si>
+  <si>
+    <t>1757.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский многоразовый «Проотель»;полиэстер;,L=40,B=21см;белый</t>
+  </si>
+  <si>
+    <t>04144269</t>
+  </si>
+  <si>
+    <t>FPL16</t>
+  </si>
+  <si>
+    <t>2184.00₸</t>
+  </si>
+  <si>
+    <t>Горелка для карамели+подставка</t>
+  </si>
+  <si>
+    <t>04144278</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>362747.00₸</t>
+  </si>
+  <si>
+    <t>Краситель-порошок жирост.100г;зелен.</t>
+  </si>
+  <si>
+    <t>04144316</t>
+  </si>
+  <si>
+    <t>Украшения</t>
+  </si>
+  <si>
+    <t>63087.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=45см</t>
+  </si>
+  <si>
+    <t>04144559</t>
+  </si>
+  <si>
+    <t>13930.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Султан»;поликарбонат</t>
+  </si>
+  <si>
+    <t>04144562</t>
+  </si>
+  <si>
+    <t>35382.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=60см</t>
+  </si>
+  <si>
+    <t>04144580</t>
+  </si>
+  <si>
+    <t>16894.00₸</t>
+  </si>
+  <si>
+    <t>Помпа для карамели;резина;,L=36,B=5см</t>
+  </si>
+  <si>
+    <t>04144581</t>
+  </si>
+  <si>
+    <t>139779.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт]</t>
+  </si>
+  <si>
+    <t>04144618</t>
+  </si>
+  <si>
+    <t>25557.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда»[6шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04144619</t>
+  </si>
+  <si>
+    <t>24217.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=45см;белый</t>
+  </si>
+  <si>
+    <t>04144656</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Бордюр для торта «Малый греч.фриз»;силикон;,L=3см</t>
+  </si>
+  <si>
+    <t>04144915</t>
+  </si>
+  <si>
+    <t>Трафареты и бордюры</t>
+  </si>
+  <si>
+    <t>101679.00₸</t>
+  </si>
+  <si>
+    <t>Бордюр для торта «Венецианский»;силикон;,B=4см</t>
+  </si>
+  <si>
+    <t>04144916</t>
+  </si>
+  <si>
+    <t>Набор для декора конд.изделий[13шт];пластик</t>
+  </si>
+  <si>
+    <t>04144946</t>
+  </si>
+  <si>
+    <t>100147.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Круг»[6шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04144975</t>
+  </si>
+  <si>
+    <t>47353-20</t>
+  </si>
+  <si>
+    <t>11920.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=35/15,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145332</t>
+  </si>
+  <si>
+    <t>9679.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=35/16,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145333</t>
+  </si>
+  <si>
+    <t>6969.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=35/17,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145334</t>
+  </si>
+  <si>
+    <t>5799.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=35/18,H=100мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145335</t>
+  </si>
+  <si>
+    <t>6800.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=2см</t>
+  </si>
+  <si>
+    <t>04145336</t>
+  </si>
+  <si>
+    <t>7600.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[2шт];сталь нерж.;D=2мм</t>
+  </si>
+  <si>
+    <t>04145347</t>
+  </si>
+  <si>
+    <t>6438.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[2шт];сталь нерж.;D=4,L=120,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145349</t>
+  </si>
+  <si>
+    <t>7100.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда»[2шт];сталь нерж.;D=6мм</t>
+  </si>
+  <si>
+    <t>04145358</t>
+  </si>
+  <si>
+    <t>6245.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=40см;белый</t>
+  </si>
+  <si>
+    <t>04145359</t>
+  </si>
+  <si>
+    <t>8925.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];поликарбонат;D=11мм</t>
+  </si>
+  <si>
+    <t>04145429</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Аэрограф для декора с насадкой и емкостью в комплекте</t>
+  </si>
+  <si>
+    <t>04145459</t>
+  </si>
+  <si>
+    <t>494179.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда»[2шт];сталь нерж.;D=30/13,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145468</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда»[2шт];сталь нерж.;D=35/18,H=50,L=115,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145470</t>
+  </si>
+  <si>
+    <t>10442.00₸</t>
+  </si>
+  <si>
+    <t>Трафарет для бисквита «Сердце»;пластик;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04145475</t>
+  </si>
+  <si>
+    <t>44283.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=59,B=28см</t>
+  </si>
+  <si>
+    <t>04145495</t>
+  </si>
+  <si>
+    <t>24833.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «5-конечная звезда»;сталь нерж.;D=35/10,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145821</t>
+  </si>
+  <si>
+    <t>NTB5</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «6-конечная звезда»;сталь нерж.;D=35/12,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145822</t>
+  </si>
+  <si>
+    <t>NTB6</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «7-конечная звезда»;сталь нерж.;D=35/13,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145823</t>
+  </si>
+  <si>
+    <t>NTB7</t>
+  </si>
+  <si>
+    <t>1176.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «9-конечная звезда»;сталь нерж.;D=35/16,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145824</t>
+  </si>
+  <si>
+    <t>NTB9</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «10-конечная звезда»;сталь нерж.;D=35/20,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145825</t>
+  </si>
+  <si>
+    <t>NTB10</t>
+  </si>
+  <si>
+    <t>1120.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «11-конечная звезда»;сталь нерж.;D=35/20,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145826</t>
+  </si>
+  <si>
+    <t>NTB11</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «12-конечная звезда»;сталь нерж.;D=35/22,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145827</t>
+  </si>
+  <si>
+    <t>NTB12</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Рифленая лента»;сталь нерж.;D=35,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145828</t>
+  </si>
+  <si>
+    <t>NTB34</t>
+  </si>
+  <si>
+    <t>1071.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/3,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145829</t>
+  </si>
+  <si>
+    <t>NTBP1</t>
+  </si>
+  <si>
+    <t>854.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/5,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145830</t>
+  </si>
+  <si>
+    <t>NTBP2</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/6,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145831</t>
+  </si>
+  <si>
+    <t>NTBP3</t>
+  </si>
+  <si>
+    <t>987.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/9,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145832</t>
+  </si>
+  <si>
+    <t>NTBP4</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/15,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145833</t>
+  </si>
+  <si>
+    <t>NTBP5</t>
+  </si>
+  <si>
+    <t>1498.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/16,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145834</t>
+  </si>
+  <si>
+    <t>NTBP6</t>
+  </si>
+  <si>
+    <t>1421.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Круг»;сталь нерж.;D=35/20,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145835</t>
+  </si>
+  <si>
+    <t>NTBP7</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Лента»;сталь нерж.;D=35/25,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145836</t>
+  </si>
+  <si>
+    <t>NTBP8</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «8-конечная звезда»;сталь нерж.;D=35/15,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145837</t>
+  </si>
+  <si>
+    <t>NTB8</t>
+  </si>
+  <si>
+    <t>1337.00₸</t>
+  </si>
+  <si>
+    <t>Шприц конд.;пластик;0,75л;,L=38,4см</t>
+  </si>
+  <si>
+    <t>04145847</t>
+  </si>
+  <si>
+    <t>106776.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка-спрей для распыления рома;полиэтилен;1л;,H=27,L=8,B=8см</t>
+  </si>
+  <si>
+    <t>04145897</t>
+  </si>
+  <si>
+    <t>14607.00₸</t>
+  </si>
+  <si>
+    <t>Бордюр для торта «Лабиринт»;силикон;,L=57,B=36,5см</t>
+  </si>
+  <si>
+    <t>04145909</t>
+  </si>
+  <si>
+    <t>96181.00₸</t>
+  </si>
+  <si>
+    <t>Трафарет для бисквита «Шестиугольник»;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04145913</t>
+  </si>
+  <si>
+    <t>Трафарет для бисквита «Ель»;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04145920</t>
+  </si>
+  <si>
+    <t>Аэрограф для декора с 2 насадками и 2 емкостями в комплекте</t>
+  </si>
+  <si>
+    <t>04145960</t>
+  </si>
+  <si>
+    <t>324332.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский экстрамягкий;нейлон;,L=25см</t>
+  </si>
+  <si>
+    <t>04145984</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>Трубка для конд.мешка;D=10,H=105мм</t>
+  </si>
+  <si>
+    <t>04146009</t>
+  </si>
+  <si>
+    <t>14746.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[55шт];сталь нерж.,пластик;,H=45,L=220,B=80мм;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04146012</t>
+  </si>
+  <si>
+    <t>TIPS-B-55PC</t>
+  </si>
+  <si>
+    <t>13995.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиуретан;,L=60см</t>
+  </si>
+  <si>
+    <t>04146075</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый[100шт];полиэтилен;,L=46,B=26см;зелен.</t>
+  </si>
+  <si>
+    <t>04146144</t>
+  </si>
+  <si>
+    <t>21822.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=40см</t>
+  </si>
+  <si>
+    <t>04146154</t>
+  </si>
+  <si>
+    <t>8655.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=50см</t>
+  </si>
+  <si>
+    <t>04146155</t>
+  </si>
+  <si>
+    <t>12759.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;нейлон;,L=30см</t>
+  </si>
+  <si>
+    <t>04146176</t>
+  </si>
+  <si>
+    <t>4405.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[2шт];сталь нерж.;D=15мм</t>
+  </si>
+  <si>
+    <t>04146228</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,пластик;,L=70см</t>
+  </si>
+  <si>
+    <t>04146280</t>
+  </si>
+  <si>
+    <t>47105-70</t>
+  </si>
+  <si>
+    <t>10665.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,пластик;,L=60см</t>
+  </si>
+  <si>
+    <t>04146281</t>
+  </si>
+  <si>
+    <t>47105-60</t>
+  </si>
+  <si>
+    <t>7847.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=25см;белый</t>
+  </si>
+  <si>
+    <t>04146300</t>
+  </si>
+  <si>
+    <t>STD 025 CM</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Трубка» D=4,6,8см[3шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04146321</t>
+  </si>
+  <si>
+    <t>20051.00₸</t>
+  </si>
+  <si>
+    <t>Игла для арт.262601;D=4мм</t>
+  </si>
+  <si>
+    <t>04146371</t>
+  </si>
+  <si>
+    <t>Комплектующие для инжекторов</t>
+  </si>
+  <si>
+    <t>53924.00₸</t>
+  </si>
+  <si>
+    <t>Игла для арт.262601;D=6,L=100мм</t>
+  </si>
+  <si>
+    <t>04146372</t>
+  </si>
+  <si>
+    <t>65966.00₸</t>
+  </si>
+  <si>
+    <t>Игла для арт.262601;D=8,L=100мм</t>
+  </si>
+  <si>
+    <t>04146374</t>
+  </si>
+  <si>
+    <t>33226.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «6-конечная звезда»[2шт];сталь нерж.;D=18мм</t>
+  </si>
+  <si>
+    <t>04146427</t>
+  </si>
+  <si>
+    <t>8270.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский ткань с покрытием [5шт] ткань с покр.[5шт];ткань;,L=20см</t>
+  </si>
+  <si>
+    <t>04146459</t>
+  </si>
+  <si>
+    <t>25064.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для конд.насадок(на 24шт.);сталь нерж.,поликарбонат</t>
+  </si>
+  <si>
+    <t>04146499</t>
+  </si>
+  <si>
+    <t>174482.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «5-конечная звезда»[6шт];сталь нерж.;D=11мм</t>
+  </si>
+  <si>
+    <t>04146542</t>
+  </si>
+  <si>
+    <t>47208-13</t>
+  </si>
+  <si>
+    <t>10765.00₸</t>
+  </si>
+  <si>
+    <t>Аэрограф D(носика)=0.3мм</t>
+  </si>
+  <si>
+    <t>04146572</t>
+  </si>
+  <si>
+    <t>47844-02</t>
+  </si>
+  <si>
+    <t>157435.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[6шт];сталь нерж.;D=2см</t>
+  </si>
+  <si>
+    <t>04146641</t>
+  </si>
+  <si>
+    <t>47207-20</t>
+  </si>
+  <si>
+    <t>14353.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок;,L=46см</t>
+  </si>
+  <si>
+    <t>04146642</t>
+  </si>
+  <si>
+    <t>47105-46</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Набор мини конд.мешков и насадок d=0.5мм[50шт];полипроп.,полиэтилен;,L=21,5,B=11,5см</t>
+  </si>
+  <si>
+    <t>04146661</t>
+  </si>
+  <si>
+    <t>16725.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[6шт];сталь нерж.;D=12мм</t>
+  </si>
+  <si>
+    <t>04146682</t>
+  </si>
+  <si>
+    <t>47355-12</t>
+  </si>
+  <si>
+    <t>10750.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок 8 зубцов «Звезда» модель A8[2шт];поликарбонат</t>
+  </si>
+  <si>
+    <t>04146928</t>
+  </si>
+  <si>
+    <t>7454.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель для арт.47010-20;пластик;белый</t>
+  </si>
+  <si>
+    <t>04146938</t>
+  </si>
+  <si>
+    <t>47010-20/1</t>
+  </si>
+  <si>
+    <t>16.00₸</t>
+  </si>
+  <si>
+    <t>Клапан диффузора для арт. 262601</t>
+  </si>
+  <si>
+    <t>04147199</t>
+  </si>
+  <si>
+    <t>40318.00₸</t>
+  </si>
+  <si>
+    <t>Редуктор-держатель насадки для арт. 262601</t>
+  </si>
+  <si>
+    <t>04147200</t>
+  </si>
+  <si>
+    <t>75553.00₸</t>
+  </si>
+  <si>
+    <t>Трубка + 2 соединителя для аэрографа 410121</t>
+  </si>
+  <si>
+    <t>04147246</t>
+  </si>
+  <si>
+    <t>56765.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для иглы инжектора для крема 262601</t>
+  </si>
+  <si>
+    <t>04147326</t>
+  </si>
+  <si>
+    <t>32987.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04147366</t>
+  </si>
+  <si>
+    <t>50-1030</t>
+  </si>
+  <si>
+    <t>Grip effect</t>
+  </si>
+  <si>
+    <t>13745.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04147367</t>
+  </si>
+  <si>
+    <t>50-1040</t>
+  </si>
+  <si>
+    <t>14315.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=55см;зелен.</t>
+  </si>
+  <si>
+    <t>04147368</t>
+  </si>
+  <si>
+    <t>50-1055</t>
+  </si>
+  <si>
+    <t>20275.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=65см;зелен.</t>
+  </si>
+  <si>
+    <t>04147369</t>
+  </si>
+  <si>
+    <t>50-1065</t>
+  </si>
+  <si>
+    <t>25079.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=30см;голуб.</t>
+  </si>
+  <si>
+    <t>04147370</t>
+  </si>
+  <si>
+    <t>50-2030</t>
+  </si>
+  <si>
+    <t>Extra comfort</t>
+  </si>
+  <si>
+    <t>19674.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=40см;голуб.</t>
+  </si>
+  <si>
+    <t>04147371</t>
+  </si>
+  <si>
+    <t>50-2040</t>
+  </si>
+  <si>
+    <t>21206.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=55см;голуб.</t>
+  </si>
+  <si>
+    <t>04147372</t>
+  </si>
+  <si>
+    <t>50-2055</t>
+  </si>
+  <si>
+    <t>25226.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=65см;голуб.</t>
+  </si>
+  <si>
+    <t>04147373</t>
+  </si>
+  <si>
+    <t>50-2065</t>
+  </si>
+  <si>
+    <t>30362.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=30см;прозр.</t>
+  </si>
+  <si>
+    <t>04147374</t>
+  </si>
+  <si>
+    <t>ROLL H 30</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=40см;прозр.</t>
+  </si>
+  <si>
+    <t>04147375</t>
+  </si>
+  <si>
+    <t>ROLL H 40</t>
+  </si>
+  <si>
+    <t>12675.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=55см;прозр.</t>
+  </si>
+  <si>
+    <t>04147376</t>
+  </si>
+  <si>
+    <t>ROLL H 55</t>
+  </si>
+  <si>
+    <t>17295.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 80микрон[100шт];полиэтилен;,L=65см;прозр.</t>
+  </si>
+  <si>
+    <t>04147377</t>
+  </si>
+  <si>
+    <t>ROLL H 65</t>
+  </si>
+  <si>
+    <t>22215.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=34см;белый</t>
+  </si>
+  <si>
+    <t>04147378</t>
+  </si>
+  <si>
+    <t>STD 034 CM</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=40см;белый</t>
+  </si>
+  <si>
+    <t>04147379</t>
+  </si>
+  <si>
+    <t>STD 040 CM</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=46см;белый</t>
+  </si>
+  <si>
+    <t>04147380</t>
+  </si>
+  <si>
+    <t>STD 046 CM</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=50см;белый</t>
+  </si>
+  <si>
+    <t>04147381</t>
+  </si>
+  <si>
+    <t>STD 050 CM</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=55см;белый</t>
+  </si>
+  <si>
+    <t>04147382</t>
+  </si>
+  <si>
+    <t>STD 055 CM</t>
+  </si>
+  <si>
+    <t>7277.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;хлопок,полиуретан;,L=60см;белый</t>
+  </si>
+  <si>
+    <t>04147383</t>
+  </si>
+  <si>
+    <t>STD 060 CM</t>
+  </si>
+  <si>
+    <t>11011.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=25см;белый</t>
+  </si>
+  <si>
+    <t>04147385</t>
+  </si>
+  <si>
+    <t>FLEX 025 CM</t>
+  </si>
+  <si>
+    <t>3258.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=40см;белый</t>
+  </si>
+  <si>
+    <t>04147386</t>
+  </si>
+  <si>
+    <t>FLEX 040 CM</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=50см;белый</t>
+  </si>
+  <si>
+    <t>04147387</t>
+  </si>
+  <si>
+    <t>FLEX 050 CM</t>
+  </si>
+  <si>
+    <t>7623.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=55см;белый</t>
+  </si>
+  <si>
+    <t>04147388</t>
+  </si>
+  <si>
+    <t>FLEX 055 CM</t>
+  </si>
+  <si>
+    <t>8162.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=60см;белый</t>
+  </si>
+  <si>
+    <t>04147389</t>
+  </si>
+  <si>
+    <t>FLEX 060 CM</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 100 микрон[80шт];полиэтилен;,L=30см;оранжев.</t>
+  </si>
+  <si>
+    <t>04147396</t>
+  </si>
+  <si>
+    <t>50-3030</t>
+  </si>
+  <si>
+    <t>Hot resistant</t>
+  </si>
+  <si>
+    <t>18380.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 100 микрон[80шт];полиэтилен;,L=40см;оранжев.</t>
+  </si>
+  <si>
+    <t>04147397</t>
+  </si>
+  <si>
+    <t>50-3040</t>
+  </si>
+  <si>
+    <t>19913.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский одноразовый 100 микрон[80шт];полиэтилен;,L=65см;оранжев.</t>
+  </si>
+  <si>
+    <t>04147399</t>
+  </si>
+  <si>
+    <t>50-3065</t>
+  </si>
+  <si>
+    <t>28606.00₸</t>
+  </si>
+  <si>
+    <t>Сальник для арт 262601</t>
+  </si>
+  <si>
+    <t>04147400</t>
+  </si>
+  <si>
+    <t>23894.00₸</t>
+  </si>
+  <si>
+    <t>Редуктор для арт. 262601</t>
+  </si>
+  <si>
+    <t>04147438</t>
+  </si>
+  <si>
+    <t>48326.00₸</t>
+  </si>
+  <si>
+    <t>Стержень с резьбой для арт. 262601</t>
+  </si>
+  <si>
+    <t>04147439</t>
+  </si>
+  <si>
+    <t>63795.00₸</t>
+  </si>
+  <si>
+    <t>Поршень для арт. 262601</t>
+  </si>
+  <si>
+    <t>04147440</t>
+  </si>
+  <si>
+    <t>76400.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок «Звезда» d=4-15мм[10шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04149201</t>
+  </si>
+  <si>
+    <t>BS10S</t>
+  </si>
+  <si>
+    <t>29938.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=34см;белый</t>
+  </si>
+  <si>
+    <t>04149208</t>
+  </si>
+  <si>
+    <t>FLEX 034 CM</t>
+  </si>
+  <si>
+    <t>5852.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский;полиэстер,полиуретан;,L=46см;белый</t>
+  </si>
+  <si>
+    <t>04149209</t>
+  </si>
+  <si>
+    <t>FLEX 046 CM</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский (до 85 С);полиуретан;,L=34см;оранжев.</t>
+  </si>
+  <si>
+    <t>04149210</t>
+  </si>
+  <si>
+    <t>SPR034</t>
+  </si>
+  <si>
+    <t>7400.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский (до 85 С);полиуретан;,L=45см;оранжев.</t>
+  </si>
+  <si>
+    <t>04149211</t>
+  </si>
+  <si>
+    <t>SPR045</t>
+  </si>
+  <si>
+    <t>9749.00₸</t>
+  </si>
+  <si>
+    <t>Мешок кондитерский (до 85 С);полиуретан;,L=50см;оранжев.</t>
+  </si>
+  <si>
+    <t>04149212</t>
+  </si>
+  <si>
+    <t>SPR050</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=15,L=20мм</t>
+  </si>
+  <si>
+    <t>04149269</t>
+  </si>
+  <si>
+    <t>BX0158</t>
+  </si>
+  <si>
+    <t>11281.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04149270</t>
+  </si>
+  <si>
+    <t>BX1713</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;,L=16мм</t>
+  </si>
+  <si>
+    <t>04149271</t>
+  </si>
+  <si>
+    <t>BD300</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;,L=2см</t>
+  </si>
+  <si>
+    <t>04149272</t>
+  </si>
+  <si>
+    <t>BD301</t>
+  </si>
+  <si>
+    <t>8886.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;,L=28мм</t>
+  </si>
+  <si>
+    <t>04149273</t>
+  </si>
+  <si>
+    <t>BD302</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=2мм</t>
+  </si>
+  <si>
+    <t>04149274</t>
+  </si>
+  <si>
+    <t>BX7020</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=25мм</t>
+  </si>
+  <si>
+    <t>04149275</t>
+  </si>
+  <si>
+    <t>BX4014</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=3мм</t>
+  </si>
+  <si>
+    <t>04149276</t>
+  </si>
+  <si>
+    <t>BX1123</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=2см</t>
+  </si>
+  <si>
+    <t>04149277</t>
+  </si>
+  <si>
+    <t>BX1132</t>
+  </si>
+  <si>
+    <t>10996.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;,H=43,L=17мм</t>
+  </si>
+  <si>
+    <t>04149278</t>
+  </si>
+  <si>
+    <t>BX1303</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок[26шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04149289</t>
+  </si>
+  <si>
+    <t>39417.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=3/1,H=5см</t>
+  </si>
+  <si>
+    <t>04149904</t>
+  </si>
+  <si>
+    <t>BS 110</t>
+  </si>
+  <si>
+    <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (7 зубцов)[5шт];сталь нерж.;D=30/11,H=50мм;стальной</t>
+  </si>
+  <si>
+    <t>04149905</t>
+  </si>
+  <si>
+    <t>BS 111</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=30/12,H=50мм</t>
+  </si>
+  <si>
+    <t>04149906</t>
+  </si>
+  <si>
+    <t>BS 112</t>
+  </si>
+  <si>
+    <t>10134.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=30/13,H=50мм</t>
+  </si>
+  <si>
+    <t>04149907</t>
+  </si>
+  <si>
+    <t>BS113</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=35/14,H=55мм</t>
+  </si>
+  <si>
+    <t>04149908</t>
+  </si>
+  <si>
+    <t>BS114</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=35/15,H=55мм</t>
+  </si>
+  <si>
+    <t>04149909</t>
+  </si>
+  <si>
+    <t>BS115</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская;сталь нерж.;D=55/31,H=60мм</t>
+  </si>
+  <si>
+    <t>04149910</t>
+  </si>
+  <si>
+    <t>BXB01</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Султан»;сталь нерж.;D=55/31,H=56мм</t>
+  </si>
+  <si>
+    <t>04149911</t>
+  </si>
+  <si>
+    <t>BXB02</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=25/4,H=90мм</t>
+  </si>
+  <si>
+    <t>04149912</t>
+  </si>
+  <si>
+    <t>BIM340</t>
+  </si>
+  <si>
+    <t>23755.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Сфера»;сталь нерж.;,H=60,L=32/22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04149913</t>
+  </si>
+  <si>
+    <t>BX0100</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Сфера»;сталь нерж.;,H=57,L=32/22мм</t>
+  </si>
+  <si>
+    <t>04149914</t>
+  </si>
+  <si>
+    <t>BX0101</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Сфера»;сталь нерж.;,H=57,L=32/22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04149915</t>
+  </si>
+  <si>
+    <t>BX0102</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=50,L=25/4мм</t>
+  </si>
+  <si>
+    <t>04149916</t>
+  </si>
+  <si>
+    <t>BS 104</t>
+  </si>
+  <si>
+    <t>10588.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=50,L=25/5мм</t>
+  </si>
+  <si>
+    <t>04149917</t>
+  </si>
+  <si>
+    <t>BS 105</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (6 зубцов)[5шт];сталь нерж.;D=25/6,H=45мм;стальной</t>
+  </si>
+  <si>
+    <t>04149918</t>
+  </si>
+  <si>
+    <t>BS 106</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=50,L=25/7мм</t>
+  </si>
+  <si>
+    <t>04149919</t>
+  </si>
+  <si>
+    <t>BS 107</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=45,L=25/8мм</t>
+  </si>
+  <si>
+    <t>04149920</t>
+  </si>
+  <si>
+    <t>BS 108</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=40,L=25/9мм</t>
+  </si>
+  <si>
+    <t>04149921</t>
+  </si>
+  <si>
+    <t>BS 109</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=55,L=30/16мм</t>
+  </si>
+  <si>
+    <t>04149922</t>
+  </si>
+  <si>
+    <t>BS 116</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=50,L=35/17мм</t>
+  </si>
+  <si>
+    <t>04149923</t>
+  </si>
+  <si>
+    <t>BS 117</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=50,L=35/18мм</t>
+  </si>
+  <si>
+    <t>04149924</t>
+  </si>
+  <si>
+    <t>BS 118</t>
+  </si>
+  <si>
+    <t>12005.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=45,L=25/4мм</t>
+  </si>
+  <si>
+    <t>04149925</t>
+  </si>
+  <si>
+    <t>BF 310</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (9 зубцов)[5шт];сталь нерж.;D=25/6,H=45мм;стальной</t>
+  </si>
+  <si>
+    <t>04149926</t>
+  </si>
+  <si>
+    <t>BF 311</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;,H=45,L=25/7мм</t>
+  </si>
+  <si>
+    <t>04149927</t>
+  </si>
+  <si>
+    <t>BF 312</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская[5шт];сталь нерж.;D=25/8,H=95мм</t>
+  </si>
+  <si>
+    <t>04149928</t>
+  </si>
+  <si>
+    <t>BIM232</t>
+  </si>
+  <si>
+    <t>30415.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=25/2,H=50мм</t>
+  </si>
+  <si>
+    <t>04149929</t>
+  </si>
+  <si>
+    <t>BS 102</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=25/3,H=50мм</t>
+  </si>
+  <si>
+    <t>04149930</t>
+  </si>
+  <si>
+    <t>BS 103</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=25/9,H=45мм</t>
+  </si>
+  <si>
+    <t>04149931</t>
+  </si>
+  <si>
+    <t>BF 313</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (15 зубцов)[5шт];сталь нерж.;D=30/11,H=50мм</t>
+  </si>
+  <si>
+    <t>04149932</t>
+  </si>
+  <si>
+    <t>BF 314/11</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=30/12,H=45мм</t>
+  </si>
+  <si>
+    <t>04149933</t>
+  </si>
+  <si>
+    <t>BF 315</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=30/13,H=45мм</t>
+  </si>
+  <si>
+    <t>04149934</t>
+  </si>
+  <si>
+    <t>BF 316</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=35/15,H=50мм</t>
+  </si>
+  <si>
+    <t>04149935</t>
+  </si>
+  <si>
+    <t>BF 317</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (17 зубцов)[5шт];сталь нерж.;D=35/16,H=50мм;стальной</t>
+  </si>
+  <si>
+    <t>04149936</t>
+  </si>
+  <si>
+    <t>BF 318</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=35/18,H=50мм</t>
+  </si>
+  <si>
+    <t>04149937</t>
+  </si>
+  <si>
+    <t>BF 319</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда» (17 зубцов)[5шт];сталь нерж.;D=35/16,H=50мм</t>
+  </si>
+  <si>
+    <t>04149938</t>
+  </si>
+  <si>
+    <t>BF 0867</t>
+  </si>
+  <si>
+    <t>10241.00₸</t>
+  </si>
+  <si>
+    <t>Насадка кондитерская «Открытая звезда»[5шт];сталь нерж.;D=35/20,H=48мм</t>
+  </si>
+  <si>
+    <t>04149939</t>
+  </si>
+  <si>
+    <t>BF 0869</t>
+  </si>
+  <si>
+    <t>10049.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
-    <t>Насадка кондитерская «Открытая звезда»;сталь нерж.;,H=45,L=25/8мм</t>
-[...3769 lines deleted...]
-  <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=25/2,H=47мм</t>
   </si>
   <si>
     <t>04149940</t>
   </si>
   <si>
     <t>BC 320</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=25/3,H=47мм</t>
   </si>
   <si>
     <t>04149941</t>
   </si>
   <si>
     <t>BC 321</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=25/4,H=47мм</t>
   </si>
   <si>
     <t>04149942</t>
   </si>
   <si>
     <t>BC 322</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=25/5,H=47мм</t>
   </si>
   <si>
     <t>04149943</t>
   </si>
   <si>
     <t>BC 323</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=25/6,H=43мм</t>
   </si>
   <si>
     <t>04149944</t>
   </si>
   <si>
     <t>BC 324</t>
   </si>
   <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=35/7,H=50мм</t>
   </si>
   <si>
     <t>04149945</t>
   </si>
   <si>
     <t>BC 325</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=30/8,H=45мм</t>
   </si>
   <si>
     <t>04149946</t>
   </si>
   <si>
     <t>BC 326</t>
   </si>
   <si>
     <t>Насадка кондитерская «Закрытая звезда»[5шт];сталь нерж.;D=30/9,H=50мм</t>
   </si>
   <si>
     <t>04149947</t>
   </si>
   <si>
     <t>BC 327</t>
   </si>
   <si>
     <t>Ложка кондитерская д/декорирования[2шт];сталь нерж.;,L=19/23см</t>
   </si>
   <si>
     <t>04149977</t>
   </si>
   <si>
     <t>25857.00₸</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=24,B=16,5см;черный</t>
   </si>
   <si>
     <t>04149981</t>
   </si>
   <si>
     <t>35829.00₸</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
     <t>Утюг для карамели;сталь нерж.,пластик;,L=615,B=70мм;1,9Квт</t>
   </si>
   <si>
     <t>07021103</t>
   </si>
   <si>
     <t>455240.00₸</t>
   </si>
   <si>
     <t>Лампа для карамели;сталь нерж.,пластик;,H=50,L=45,B=32см;1Квт;металлич.</t>
   </si>
   <si>
     <t>07050301</t>
   </si>
   <si>
     <t>1172965.00₸</t>
   </si>
   <si>
     <t>Пульверизатор для шокол.;сталь;250мл;,H=13,L=35,B=26см;синий,металлич.</t>
   </si>
   <si>
     <t>07050304</t>
   </si>
   <si>
     <t>524625.00₸</t>
@@ -4746,50 +4743,62 @@
     <t>HRNS-06</t>
   </si>
   <si>
     <t>Ложка кондитерская для декорирования;сталь нерж.;,L=22,1см</t>
   </si>
   <si>
     <t>04149714</t>
   </si>
   <si>
     <t>CDS-09</t>
   </si>
   <si>
     <t>2457.00₸</t>
   </si>
   <si>
     <t>Ложка кондитерская для декорирования;сталь нерж.;,L=22,2см</t>
   </si>
   <si>
     <t>04149715</t>
   </si>
   <si>
     <t>CDS-09H</t>
   </si>
   <si>
     <t>4326.00₸</t>
+  </si>
+  <si>
+    <t>Лента кондитерская перфорированная[20шт];силикон;,H=2,L=26см;черный</t>
+  </si>
+  <si>
+    <t>04141984</t>
+  </si>
+  <si>
+    <t>30BANDS07</t>
+  </si>
+  <si>
+    <t>40908.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4804,51 +4813,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD3803BA-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5EA-424F-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA943A-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F4A-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC591B-21C1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC587B-21C1-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC57DB-21C1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6602-21BC-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6754-21BC-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD66A2-21BC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE53-4251-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B9A9D3F-9F22-11EC-BBFA-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77D7600D-696B-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77D7600E-696B-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807B-10CF-11EC-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698079-10CF-11EC-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698078-10CF-11EC-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084164-10CF-11EC-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084163-10CF-11EC-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084162-10CF-11EC-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084161-10CF-11EC-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084160-10CF-11EC-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807E-10CF-11EC-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13759952-10CF-11EC-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698084-10CF-11EC-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698083-10CF-11EC-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698082-10CF-11EC-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1E51-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698081-10CF-11EC-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698080-10CF-11EC-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807F-10CF-11EC-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807A-10CF-11EC-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807D-10CF-11EC-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807C-10CF-11EC-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FA74864-B3EF-11EB-BBF1-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D29DD9FB-B3EF-11EB-BBF1-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10F5F68A-B3F0-11EB-BBF1-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70536B0A-B3F0-11EB-BBF1-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61432307-4BF6-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9BF754-B3F0-11EB-BBF1-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42B508C4-B3F1-11EB-BBF1-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CDEB3C1-B3F1-11EB-BBF1-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8DABC9D-B3F1-11EB-BBF1-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145C6E5B-B3F2-11EB-BBF1-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE6F3-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE58F-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6B761F-B3F2-11EB-BBF1-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36F7A0D-B3F2-11EB-BBF1-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B186AF6-B3F3-11EB-BBF1-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6157A53D-B3F3-11EB-BBF1-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E0D1558-B3F3-11EB-BBF1-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB087B48-B3F3-11EB-BBF1-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CE1450-B3F5-11EB-BBF1-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1A026BE-B3F5-11EB-BBF1-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16CBB72B-B3F6-11EB-BBF1-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88E092AB-B3F6-11EB-BBF1-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9159BEF-B3F6-11EB-BBF1-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F89F423C-B3F6-11EB-BBF1-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE641-21C7-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7606D98F-B3F7-11EB-BBF1-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B341D104-B3F7-11EB-BBF1-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA101791-B3F7-11EB-BBF1-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AFF35F2-B3F8-11EB-BBF1-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75C5FBF3-B3F8-11EB-BBF1-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434586F-B3F8-11EB-BBF1-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2F682F0-B3F8-11EB-BBF1-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2658529F-B3F9-11EB-BBF1-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE7A5-21C7-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE857-21C7-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9695685-B7A9-11EB-BBF1-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333B7191-B7AA-11EB-BBF1-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC72338C-509F-11EC-BBF6-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC72338B-509F-11EC-BBF6-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E1-424E-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C257C-21C8-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D0-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D97-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF330-696C-11EC-BBF7-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32F-696C-11EC-BBF7-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D17B9D23-696C-11EC-BBF7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF0-696C-11EC-BBF7-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321E45D-21C8-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA70-696C-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF1-696C-11EC-BBF7-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BF-696D-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85C0-696D-11EC-BBF7-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA74-696C-11EC-BBF7-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162080-EA57-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF8187B-696C-11EC-BBF7-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895664-696C-11EC-BBF7-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2181-3126-11EC-BBF4-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF5-696C-11EC-BBF7-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32E-696C-11EC-BBF7-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32D-696C-11EC-BBF7-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895666-696C-11EC-BBF7-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C24CA-21C8-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C289C-21C8-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C242A-21C8-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF2-696C-11EC-BBF7-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFED-EA59-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A7F5-424D-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BB28-21C8-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95051A59-424D-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450CB8-21C6-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895665-696C-11EC-BBF7-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895661-696C-11EC-BBF7-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895660-696C-11EC-BBF7-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565F-696C-11EC-BBF7-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565E-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565D-696C-11EC-BBF7-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895662-696C-11EC-BBF7-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF331-696C-11EC-BBF7-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BD-696D-11EC-BBF7-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA77-696C-11EC-BBF7-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E5F-424E-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0AA-EA57-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA76-696C-11EC-BBF7-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA75-696C-11EC-BBF7-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0A9-EA57-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0AB-EA57-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBE-E3D5-11EB-BBF2-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740B-696D-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F6F-696D-11EC-BBF7-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740C-696D-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC44D3-21C8-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740D-696D-11EC-BBF7-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBF-E3D5-11EB-BBF2-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBB-E3D5-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADB8-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4433-21C8-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E620-E3D5-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E61E-E3D5-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E61F-E3D5-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4573-21C8-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E88-424E-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223EB-424F-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E626-E3D5-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E625-E3D5-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E623-E3D5-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC48A5-21C8-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC47F3-21C8-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4753-21C8-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051FD6-F5E7-11EE-BC46-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7CE8-F5E7-11EE-BC46-00505692C447144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE1-E3D5-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0052076-F5E7-11EE-BC46-00505692C447146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADC2-E3D5-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7D88-F5E7-11EE-BC46-00505692C447148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADB9-E3D5-11EB-BBF2-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBA-E3D5-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051F36-F5E7-11EE-BC46-00505692C447151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7C48-F5E7-11EE-BC46-00505692C447152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE2-E3D5-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADC1-E3D5-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF5CD35-EA58-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4393-21C8-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE5-E3D5-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD133-4251-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC42F3-21C8-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD135-4251-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5F1D-21C8-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D5FF-4252-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F755-4252-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEEF-696C-11EC-BBF7-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF4-696C-11EC-BBF7-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162081-EA57-11EB-BBF2-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D17B9D22-696C-11EC-BBF7-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBD9B5F-EA57-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895663-696C-11EC-BBF7-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D4385-1353-11EE-BC09-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ECD5B1-19AE-11EE-BC0A-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2180-3126-11EC-BBF4-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33B-424F-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C29DC-21C8-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764EFC-424F-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72D-E3D4-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CB-E3D4-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644C9-E3D4-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644C7-E3D4-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7903-21C8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E147-424F-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E148-424F-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E149-424F-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14A-424F-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14B-424F-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14C-424F-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14D-424F-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14E-424F-11E8-A155-00259035BB67188.gif"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14F-424F-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E150-424F-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E151-424F-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E152-424F-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E153-424F-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E154-424F-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E155-424F-11E8-A155-00259035BB67195.gif"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E156-424F-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E157-424F-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E158-424F-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E159-424F-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15A-424F-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15B-424F-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15C-424F-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15D-424F-11E8-A155-00259035BB67203.gif"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15E-424F-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15F-424F-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E160-424F-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E161-424F-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E162-424F-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E163-424F-11E8-A155-00259035BB67209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E164-424F-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E165-424F-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E166-424F-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E167-424F-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E168-424F-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E169-424F-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16A-424F-11E8-A155-00259035BB67216.gif"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16B-424F-11E8-A155-00259035BB67217.gif"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16C-424F-11E8-A155-00259035BB67218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16D-424F-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16E-424F-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16F-424F-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E170-424F-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E171-424F-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E172-424F-11E8-A155-00259035BB67224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02E3F-21C7-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E174-424F-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CF-E3D4-11EB-BBF2-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3419F-424F-11E8-A155-00259035BB67228.gif"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F341A0-424F-11E8-A155-00259035BB67229.gif"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F341A1-424F-11E8-A155-00259035BB67230.gif"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C62-424F-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C63-424F-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C64-424F-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C65-424F-11E8-A155-00259035BB67234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C66-424F-11E8-A155-00259035BB67235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C67-424F-11E8-A155-00259035BB67236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D97A7-21C9-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADED-E3D5-11EB-BBF2-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F53F-424F-11E8-A155-00259035BB67239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89D9-424F-11E8-A155-00259035BB67240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252BF-424F-11E8-A155-00259035BB67241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA39433-21C7-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB5-424F-11E8-A155-00259035BB67243.gif"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB6-424F-11E8-A155-00259035BB67244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CA-E3D4-11EB-BBF2-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981E-4250-11E8-A155-00259035BB67246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981F-4250-11E8-A155-00259035BB67247.gif"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1564B53E-21C8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3D8-4250-11E8-A155-00259035BB67249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01F-4250-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C275C-21C8-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C26BC-21C8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C261C-21C8-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA023-4250-11E8-A155-00259035BB67254.gif"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA03C-4250-11E8-A155-00259035BB67255.gif"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE44F-21C7-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70A26473-E3D4-11EB-BBF2-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CC-E3D4-11EB-BBF2-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF322-4250-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B444D-4250-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70A26474-E3D4-11EB-BBF2-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C293C-21C8-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA20-4250-11E8-A155-00259035BB67263.gif"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CE-E3D4-11EB-BBF2-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7013-4250-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1C71-21C7-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7015-4250-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F033DF-21C7-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1DB1-21C7-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1D11-21C7-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7019-4250-11E8-A155-00259035BB67271.gif"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE4EF-21C7-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0315F-21C7-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F030BF-21C7-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0301F-21C7-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02F7F-21C7-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0333F-21C7-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0329F-21C7-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F031FF-21C7-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02EDF-21C7-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1BD1-21C7-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE76-4250-11E8-A155-00259035BB67282.gif"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806D5-4250-11E8-A155-00259035BB67283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1A0-4250-11E8-A155-00259035BB67284.gif"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1B1-4250-11E8-A155-00259035BB67285.gif"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1B8-4250-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB441A-4250-11E8-A155-00259035BB67287.gif"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1ED-4250-11E8-A155-00259035BB67288.gif"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ACD-4250-11E8-A155-00259035BB67289.gif"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FE8-4251-11E8-A155-00259035BB67290.gif"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9EC-4251-11E8-A155-00259035BB67291.gif"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD12E-4251-11E8-A155-00259035BB67292.gif"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD12F-4251-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2182-3126-11EC-BBF4-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AE-4251-11E8-A155-00259035BB67295.gif"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC67-4251-11E8-A155-00259035BB67296.gif"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC68-4251-11E8-A155-00259035BB67297.gif"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE3E1BC8-FB16-11E9-BBC6-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252688-4251-11E8-A155-00259035BB67299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA54CBB1-EA58-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BB1A86E-E3D6-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC90E2C-E3D4-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7AA-4252-11E8-A155-00259035BB67303.gif"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E900-2224-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E4668-EA57-11EB-BBF2-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D611-4252-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E465F-EA57-11EB-BBF2-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7B3CB43-EA57-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DCF55-2224-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162077-EA57-11EB-BBF2-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD681-4253-11E8-A155-00259035BB67311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DD4A-2224-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705C31-2222-11EE-BC0D-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A84EA-2224-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1CB9-2224-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1A69-2224-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B17AE-2224-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8686-2224-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A835F-2224-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1B2E-2224-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1939-2224-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444BC-2F38-11EC-BBF4-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D908061D-12C1-11EA-BBC6-005056921CC4323.gif"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8D09775-E3D4-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444B6-2F38-11EC-BBF4-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBFD5060-FB16-11E9-BBC6-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7233A55-FB16-11E9-BBC6-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9CDE7D-FB16-11E9-BBC6-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080620-12C1-11EA-BBC6-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A01C12C-FB17-11E9-BBC6-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24CD11DA-FB17-11E9-BBC6-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72C-E3D4-11EB-BBF2-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72A-E3D4-11EB-BBF2-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F728-E3D4-11EB-BBF2-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F727-E3D4-11EB-BBF2-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F726-E3D4-11EB-BBF2-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8A29-2224-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD53-E3D4-11EB-BBF2-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8792-2224-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFE972AB-EA56-11EB-BBF2-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD873E44-E3D2-11EB-BBF2-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF457905-12C1-11EA-BBC6-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72B-E3D4-11EB-BBF2-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F729-E3D4-11EB-BBF2-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD57-E3D4-11EB-BBF2-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD56-E3D4-11EB-BBF2-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD55-E3D4-11EB-BBF2-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE2658-2224-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF55C-2224-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF368-2224-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE2798-2224-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE284A-2224-11EE-BC0D-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE25A6-2224-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE26F8-2224-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE23FA-2224-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE249A-2224-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF408-2224-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1DEC7A-2224-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AFE62FA-3866-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3393B43-3866-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934AF1E2-3866-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905AC63F-3866-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C16B1C6-3866-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86D11AA3-3866-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF5FC-2224-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF74E-2224-11EE-BC0D-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE95-95FC-11EA-BBD4-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A5EB048-69FB-11EA-BBCF-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE97-95FC-11EA-BBD4-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF69C-2224-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5C2E1B9-3866-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B42D37D2-3866-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6164B01-3866-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1559F42-3866-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9820C65-3866-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01C0B3-3866-11EE-BC0D-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A83BEE17-3866-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE34F16F-3866-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABE1B62C-3866-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBDF3F1A-3866-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C01E21BE-3866-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708E68A-5E32-11EA-BBCE-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE9B-95FC-11EA-BBD4-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5C8F416-3866-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2439206-3866-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DFC2CB5-3866-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD8B9584-3866-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EB1B80-3866-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1B6A0B-5E32-11EA-BBCE-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A638C8C-3866-11EE-BC0D-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C988FE83-3866-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF7FD-2224-11EE-BC0D-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC0E814E-3866-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/826C2735-3866-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AFE9A0-3866-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3F3288D-3866-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0330891-3866-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF79400-3866-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA6A81E6-3866-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D207792C-3866-11EE-BC0D-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FE7370-3866-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C57BD-3866-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E182251-2224-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A788A4-2224-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5C020C7-FCA3-11EC-BBFA-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B45895-2230-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6B9-424F-11E8-A155-00259035BB67407.gif"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CE-4250-11E8-A155-00259035BB67408.gif"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610ADB-222F-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5440-4250-11E8-A155-00259035BB67410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C195-4250-11E8-A155-00259035BB67411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C6B5-2230-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F737-2230-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC6F-9F22-11EC-BBFA-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B45755-2230-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56683989-16CE-11EF-BC3F-0050569297EB416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35FB-4252-11E8-A155-00259035BB67417.gif"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D60F-4252-11E8-A155-00259035BB67418.gif"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6B7-424F-11E8-A155-00259035BB67419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC69-4251-11E8-A155-00259035BB67420.gif"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD1-424E-11E8-A155-00259035BB67421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9F92DD-F94B-11EB-BBF2-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FD0900D-2230-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD893-3126-11EC-BBF4-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA6F-696C-11EC-BBF7-005056921CC4425.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD3803BA-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5EA-424F-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA943A-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F4A-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC591B-21C1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC587B-21C1-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DEC57DB-21C1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6602-21BC-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD6754-21BC-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04DD66A2-21BC-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE53-4251-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B9A9D3F-9F22-11EC-BBFA-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77D7600D-696B-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77D7600E-696B-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807B-10CF-11EC-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698079-10CF-11EC-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698078-10CF-11EC-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084164-10CF-11EC-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084163-10CF-11EC-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084162-10CF-11EC-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084161-10CF-11EC-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07084160-10CF-11EC-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807E-10CF-11EC-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13759952-10CF-11EC-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698084-10CF-11EC-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698083-10CF-11EC-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698082-10CF-11EC-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1E51-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698081-10CF-11EC-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D698080-10CF-11EC-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807F-10CF-11EC-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807A-10CF-11EC-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807D-10CF-11EC-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D69807C-10CF-11EC-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FA74864-B3EF-11EB-BBF1-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D29DD9FB-B3EF-11EB-BBF1-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10F5F68A-B3F0-11EB-BBF1-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70536B0A-B3F0-11EB-BBF1-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61432307-4BF6-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9BF754-B3F0-11EB-BBF1-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42B508C4-B3F1-11EB-BBF1-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CDEB3C1-B3F1-11EB-BBF1-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8DABC9D-B3F1-11EB-BBF1-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145C6E5B-B3F2-11EB-BBF1-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE6F3-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE58F-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6B761F-B3F2-11EB-BBF1-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F36F7A0D-B3F2-11EB-BBF1-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B186AF6-B3F3-11EB-BBF1-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6157A53D-B3F3-11EB-BBF1-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E0D1558-B3F3-11EB-BBF1-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB087B48-B3F3-11EB-BBF1-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77CE1450-B3F5-11EB-BBF1-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1A026BE-B3F5-11EB-BBF1-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16CBB72B-B3F6-11EB-BBF1-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88E092AB-B3F6-11EB-BBF1-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9159BEF-B3F6-11EB-BBF1-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F89F423C-B3F6-11EB-BBF1-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE641-21C7-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7606D98F-B3F7-11EB-BBF1-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B341D104-B3F7-11EB-BBF1-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA101791-B3F7-11EB-BBF1-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AFF35F2-B3F8-11EB-BBF1-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75C5FBF3-B3F8-11EB-BBF1-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434586F-B3F8-11EB-BBF1-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2F682F0-B3F8-11EB-BBF1-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2658529F-B3F9-11EB-BBF1-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE7A5-21C7-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE857-21C7-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9695685-B7A9-11EB-BBF1-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333B7191-B7AA-11EB-BBF1-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC72338C-509F-11EC-BBF6-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC72338B-509F-11EC-BBF6-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E1-424E-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C257C-21C8-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460D0-424E-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AFC3D97-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF330-696C-11EC-BBF7-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32F-696C-11EC-BBF7-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D17B9D23-696C-11EC-BBF7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF0-696C-11EC-BBF7-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321E45D-21C8-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA70-696C-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF1-696C-11EC-BBF7-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BF-696D-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85C0-696D-11EC-BBF7-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA74-696C-11EC-BBF7-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162080-EA57-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF8187B-696C-11EC-BBF7-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895664-696C-11EC-BBF7-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2181-3126-11EC-BBF4-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF5-696C-11EC-BBF7-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32E-696C-11EC-BBF7-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF32D-696C-11EC-BBF7-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895666-696C-11EC-BBF7-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C24CA-21C8-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C289C-21C8-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C242A-21C8-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF2-696C-11EC-BBF7-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFED-EA59-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A7F5-424D-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BB28-21C8-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95051A59-424D-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450CB8-21C6-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895665-696C-11EC-BBF7-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895661-696C-11EC-BBF7-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895660-696C-11EC-BBF7-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565F-696C-11EC-BBF7-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565E-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D789565D-696C-11EC-BBF7-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895662-696C-11EC-BBF7-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE5CF331-696C-11EC-BBF7-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BD-696D-11EC-BBF7-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA77-696C-11EC-BBF7-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E5F-424E-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0AA-EA57-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA76-696C-11EC-BBF7-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA75-696C-11EC-BBF7-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0A9-EA57-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D51FF0AB-EA57-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBE-E3D5-11EB-BBF2-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740B-696D-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F6F-696D-11EC-BBF7-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740C-696D-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC44D3-21C8-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740D-696D-11EC-BBF7-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBF-E3D5-11EB-BBF2-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBB-E3D5-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADB8-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4433-21C8-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E620-E3D5-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E61E-E3D5-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E61F-E3D5-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4573-21C8-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E88-424E-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223EB-424F-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E626-E3D5-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E625-E3D5-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E623-E3D5-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC48A5-21C8-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC47F3-21C8-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4753-21C8-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051FD6-F5E7-11EE-BC46-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7CE8-F5E7-11EE-BC46-00505692C447144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE1-E3D5-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0052076-F5E7-11EE-BC46-00505692C447146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADC2-E3D5-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7D88-F5E7-11EE-BC46-00505692C447148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADB9-E3D5-11EB-BBF2-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADBA-E3D5-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051F36-F5E7-11EE-BC46-00505692C447151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD7C48-F5E7-11EE-BC46-00505692C447152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE2-E3D5-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F208ADC1-E3D5-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEF5CD35-EA58-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC4393-21C8-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB8B5BE5-E3D5-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD133-4251-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63CC42F3-21C8-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD135-4251-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5F1D-21C8-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D5FF-4252-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F755-4252-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEEF-696C-11EC-BBF7-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F2BEF4-696C-11EC-BBF7-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162081-EA57-11EB-BBF2-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D17B9D22-696C-11EC-BBF7-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBD9B5F-EA57-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7895663-696C-11EC-BBF7-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D4385-1353-11EE-BC09-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ECD5B1-19AE-11EE-BC0A-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2180-3126-11EC-BBF4-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33B-424F-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C29DC-21C8-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764EFC-424F-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72D-E3D4-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CB-E3D4-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644C9-E3D4-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644C7-E3D4-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7903-21C8-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E147-424F-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E148-424F-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E149-424F-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14A-424F-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14B-424F-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14C-424F-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14D-424F-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14E-424F-11E8-A155-00259035BB67188.gif"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E14F-424F-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E150-424F-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E151-424F-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E152-424F-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E153-424F-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E154-424F-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E155-424F-11E8-A155-00259035BB67195.gif"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E156-424F-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E157-424F-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E158-424F-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E159-424F-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15A-424F-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15B-424F-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15C-424F-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15D-424F-11E8-A155-00259035BB67203.gif"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15E-424F-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E15F-424F-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E160-424F-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E161-424F-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E162-424F-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E163-424F-11E8-A155-00259035BB67209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E164-424F-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E165-424F-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E166-424F-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E167-424F-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E168-424F-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E169-424F-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16A-424F-11E8-A155-00259035BB67216.gif"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16B-424F-11E8-A155-00259035BB67217.gif"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16C-424F-11E8-A155-00259035BB67218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16D-424F-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16E-424F-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E16F-424F-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E170-424F-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E171-424F-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E172-424F-11E8-A155-00259035BB67224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02E3F-21C7-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E174-424F-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CF-E3D4-11EB-BBF2-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3419F-424F-11E8-A155-00259035BB67228.gif"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F341A0-424F-11E8-A155-00259035BB67229.gif"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F341A1-424F-11E8-A155-00259035BB67230.gif"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C62-424F-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C63-424F-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C64-424F-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C65-424F-11E8-A155-00259035BB67234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C66-424F-11E8-A155-00259035BB67235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C67-424F-11E8-A155-00259035BB67236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D97A7-21C9-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92B4ADED-E3D5-11EB-BBF2-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F53F-424F-11E8-A155-00259035BB67239.gif"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89D9-424F-11E8-A155-00259035BB67240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252BF-424F-11E8-A155-00259035BB67241.gif"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA39433-21C7-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB5-424F-11E8-A155-00259035BB67243.gif"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81AB6-424F-11E8-A155-00259035BB67244.gif"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CA-E3D4-11EB-BBF2-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981E-4250-11E8-A155-00259035BB67246.gif"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981F-4250-11E8-A155-00259035BB67247.gif"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1564B53E-21C8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3D8-4250-11E8-A155-00259035BB67249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01F-4250-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C275C-21C8-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C26BC-21C8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C261C-21C8-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA023-4250-11E8-A155-00259035BB67254.gif"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA03C-4250-11E8-A155-00259035BB67255.gif"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE44F-21C7-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70A26473-E3D4-11EB-BBF2-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CC-E3D4-11EB-BBF2-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF322-4250-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B444D-4250-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70A26474-E3D4-11EB-BBF2-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092C293C-21C8-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA20-4250-11E8-A155-00259035BB67263.gif"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C23644CE-E3D4-11EB-BBF2-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7013-4250-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1C71-21C7-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7015-4250-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F033DF-21C7-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1DB1-21C7-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1D11-21C7-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7019-4250-11E8-A155-00259035BB67271.gif"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE4EF-21C7-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0315F-21C7-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F030BF-21C7-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0301F-21C7-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02F7F-21C7-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0333F-21C7-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F0329F-21C7-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F031FF-21C7-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4F02EDF-21C7-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1BD1-21C7-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE76-4250-11E8-A155-00259035BB67282.gif"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806D5-4250-11E8-A155-00259035BB67283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1A0-4250-11E8-A155-00259035BB67284.gif"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1B1-4250-11E8-A155-00259035BB67285.gif"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C1B8-4250-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB441A-4250-11E8-A155-00259035BB67287.gif"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1ED-4250-11E8-A155-00259035BB67288.gif"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ACD-4250-11E8-A155-00259035BB67289.gif"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FE8-4251-11E8-A155-00259035BB67290.gif"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9EC-4251-11E8-A155-00259035BB67291.gif"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD12E-4251-11E8-A155-00259035BB67292.gif"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD12F-4251-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2182-3126-11EC-BBF4-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AE-4251-11E8-A155-00259035BB67295.gif"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC67-4251-11E8-A155-00259035BB67296.gif"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC68-4251-11E8-A155-00259035BB67297.gif"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE3E1BC8-FB16-11E9-BBC6-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252688-4251-11E8-A155-00259035BB67299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA54CBB1-EA58-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BB1A86E-E3D6-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC90E2C-E3D4-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7AA-4252-11E8-A155-00259035BB67303.gif"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E900-2224-11EE-BC0D-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E4668-EA57-11EB-BBF2-005056921CC4305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D611-4252-11E8-A155-00259035BB67306.gif"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC4E465F-EA57-11EB-BBF2-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7B3CB43-EA57-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DCF55-2224-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF162077-EA57-11EB-BBF2-005056921CC4310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD681-4253-11E8-A155-00259035BB67311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DD4A-2224-11EE-BC0D-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705C31-2222-11EE-BC0D-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A84EA-2224-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1CB9-2224-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1A69-2224-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B17AE-2224-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8686-2224-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A835F-2224-11EE-BC0D-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1B2E-2224-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B1939-2224-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444BC-2F38-11EC-BBF4-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D908061D-12C1-11EA-BBC6-005056921CC4323.gif"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8D09775-E3D4-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444B6-2F38-11EC-BBF4-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBFD5060-FB16-11E9-BBC6-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7233A55-FB16-11E9-BBC6-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF9CDE7D-FB16-11E9-BBC6-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080620-12C1-11EA-BBC6-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A01C12C-FB17-11E9-BBC6-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24CD11DA-FB17-11E9-BBC6-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72C-E3D4-11EB-BBF2-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72A-E3D4-11EB-BBF2-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F728-E3D4-11EB-BBF2-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F727-E3D4-11EB-BBF2-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F726-E3D4-11EB-BBF2-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8A29-2224-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD53-E3D4-11EB-BBF2-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8792-2224-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFE972AB-EA56-11EB-BBF2-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD873E44-E3D2-11EB-BBF2-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF457905-12C1-11EA-BBC6-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F72B-E3D4-11EB-BBF2-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBD1F729-E3D4-11EB-BBF2-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD57-E3D4-11EB-BBF2-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD56-E3D4-11EB-BBF2-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD55-E3D4-11EB-BBF2-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE2658-2224-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF55C-2224-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF368-2224-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE2798-2224-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE284A-2224-11EE-BC0D-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE25A6-2224-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE26F8-2224-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE23FA-2224-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11EE249A-2224-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF408-2224-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1DEC7A-2224-11EE-BC0D-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AFE62FA-3866-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3393B43-3866-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934AF1E2-3866-11EE-BC0D-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905AC63F-3866-11EE-BC0D-005056921CC4362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C16B1C6-3866-11EE-BC0D-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86D11AA3-3866-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF5FC-2224-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF74E-2224-11EE-BC0D-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE95-95FC-11EA-BBD4-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A5EB048-69FB-11EA-BBCF-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE97-95FC-11EA-BBD4-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF69C-2224-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5C2E1B9-3866-11EE-BC0D-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B42D37D2-3866-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6164B01-3866-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1559F42-3866-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9820C65-3866-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01C0B3-3866-11EE-BC0D-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A83BEE17-3866-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE34F16F-3866-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABE1B62C-3866-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBDF3F1A-3866-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C01E21BE-3866-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708E68A-5E32-11EA-BBCE-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8845CE9B-95FC-11EA-BBD4-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5C8F416-3866-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2439206-3866-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DFC2CB5-3866-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD8B9584-3866-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EB1B80-3866-11EE-BC0D-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D1B6A0B-5E32-11EA-BBCE-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A638C8C-3866-11EE-BC0D-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C988FE83-3866-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17EFF7FD-2224-11EE-BC0D-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC0E814E-3866-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/826C2735-3866-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AFE9A0-3866-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3F3288D-3866-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0330891-3866-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF79400-3866-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA6A81E6-3866-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D207792C-3866-11EE-BC0D-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FE7370-3866-11EE-BC0D-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C57BD-3866-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E182251-2224-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A788A4-2224-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5C020C7-FCA3-11EC-BBFA-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B45895-2230-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6B9-424F-11E8-A155-00259035BB67407.gif"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CE-4250-11E8-A155-00259035BB67408.gif"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610ADB-222F-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5440-4250-11E8-A155-00259035BB67410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C006C195-4250-11E8-A155-00259035BB67411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C6B5-2230-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F737-2230-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21B2EC6F-9F22-11EC-BBFA-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B45755-2230-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56683989-16CE-11EF-BC3F-0050569297EB416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35FB-4252-11E8-A155-00259035BB67417.gif"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D60F-4252-11E8-A155-00259035BB67418.gif"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D6B7-424F-11E8-A155-00259035BB67419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC69-4251-11E8-A155-00259035BB67420.gif"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD1-424E-11E8-A155-00259035BB67421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9F92DD-F94B-11EB-BBF2-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FD0900D-2230-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD893-3126-11EC-BBF4-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B802DA6F-696C-11EC-BBF7-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917656C7-19E4-11F0-BC4F-00505692C447426.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -17546,50 +17555,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>434</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="425" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="426" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -17848,62 +17887,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-was-04010347/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-matfer-04010350/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art061680-072236-matfer-04010352/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-matfer-04010357/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010367/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010369/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010370/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010375/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-d-dekorir-matfer-04020553/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-paderno-04111274/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-chistki-konditmeshka-paderno-04120226/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-chistki-kondit-nasadok-paderno-04120227/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130599/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130601/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130602/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130603/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130604/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130605/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130606/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130607/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130608/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130609/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130610/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130611/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130612/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130613/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130614/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130615/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130616/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130617/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130618/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130619/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140053/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140054/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140055/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140056/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140057/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140058/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140059/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140060/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140061/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140062/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140063/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140064/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140065/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140066/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140067/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140068/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140069/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140070/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140071/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140072/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140073/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140074/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140075/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140076/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140077/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140078/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140079/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140080/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140081/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140082/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140083/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140084/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140085/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140086/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140087/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140088/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140089/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140090/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140091/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140164/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140168/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140172/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140176/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140177/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140178/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140180/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140182/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140183/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140184/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140185/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-konditmeshka-standartnyy-paderno-04140186/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-konditmeshka-sredniy-paderno-04140187/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140188/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140189/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadokkonditerskiy-meshok-paderno-04140190/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140200/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-ghidini-04140201/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140209/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140217/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140218/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140219/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140222/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140224/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140225/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140227/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-nasadki-dlya-kondmeshka-paderno-04140228/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-dlya-meshkov-paderno-04140266/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditvilok-paderno-04140269/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140270/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpric-kond-16-nasadok-paderno-04140271/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140272/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140273/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140274/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140275/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140276/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140277/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140278/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140282/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-kondits-pulverizatorom-paderno-04140915/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140936/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140937/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140946/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140948/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140949/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140950/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140958/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141011/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141013/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141014/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141015/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141016/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141017/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141018/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141019/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141020/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141021/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141022/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141023/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141024/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141025/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141026/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141029/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141030/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141031/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141032/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141033/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141034/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141035/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141037/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141038/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141039/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141040/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141041/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141042/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141043/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141044/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141045/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141046/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141048/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141049/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141050/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141051/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141052/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141054/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141055/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141056/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-kuhonnaya-carlisle-04141058/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141063/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141064/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadokkonditerskiy-meshok-paderno-04141309/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04141315/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04141338/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141361/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141362/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141363/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-dolyana-04141957/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-restola-04141958/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142827/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04142831/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04142832/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142836/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142854/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142863/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142864/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142865/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/inzhektor-d-krema-matfer-04142867/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144202/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144203/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144204/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144205/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144206/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144207/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144208/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144209/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144210/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144211/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144212/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144213/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144214/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144215/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144216/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144217/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144218/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144219/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144220/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144221/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144222/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144223/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144224/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144225/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144226/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144227/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144228/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144229/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144230/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144231/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144232/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144233/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144234/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144235/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144236/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144237/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144238/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144239/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144240/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144241/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144242/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144243/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144244/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144245/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144246/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144247/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04144255/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144259/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144260/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144261/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144264/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144265/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144266/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144267/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144268/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144269/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karamelipodstavka-de-buyer-04144278/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasitel-poroshok-zhirost100g-matfer-04144316/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144559/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04144562/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144580/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-d-karameli-matfer-04144581/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04144618/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04144619/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144656/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04144915/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04144916/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-dekora-kondizdeliy-matfer-04144946/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04144975/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145332/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145333/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145334/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145335/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145336/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04145347/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04145349/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145358/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04145359/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145429/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-dlya-dekora-matfer-04145459/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145468/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145470/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145475/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04145495/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145821/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145822/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145823/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145824/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145825/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145826/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145827/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145828/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145829/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145830/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145831/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145832/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145833/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145834/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145835/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145836/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145837/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpric-kond-de-buyer-04145847/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-sprey-d-raspyleniya-roma-matfer-04145897/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04145909/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145913/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145920/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-dlya-dekora-matfer-04145960/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04145984/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-kondmeshka-matfer-04146009/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-04146012/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146075/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04146144/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146154/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146155/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146176/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04146228/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146280/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146281/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04146300/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04146321/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146371/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146372/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146374/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04146427/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-tkan-s-pokrytiem-5sht-matfer-04146459/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kondnasadok-na-24sht-matfer-04146499/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-paderno-04146542/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-paderno-04146572/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-paderno-04146641/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146642/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-kondmeshkov-i-nasadok-matfer-04146661/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04146682/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-8-zubcov-matfer-04146928/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-art47010-20-paderno-04146938/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-diffuzora-d-art-262601-matfer-04147199/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-derzhatel-nasadki-d-art-262601-matfer-04147200/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-2-soedinitelya-d-aerografa-410121-matfer-04147246/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-igly-inzhektora-d-krema-262601-matfer-04147326/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147366/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147367/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147368/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147369/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147370/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147371/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147372/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147373/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147374/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147375/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147376/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147377/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147378/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147379/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147380/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147381/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147382/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147383/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147385/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147386/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147387/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147388/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147389/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147396/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147397/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147399/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-d-art-262601-matfer-04147400/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-d-art-262601-matfer-04147438/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sterzhen-s-rezboy-d-art-262601-matfer-04147439/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/porshen-d-art-262601-matfer-04147440/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-martellato-04149201/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149208/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149209/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149210/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149211/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149212/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149269/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149270/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149271/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149272/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149273/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149274/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149275/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149276/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149277/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149278/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04149289/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149904/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149905/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149906/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149907/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149908/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149909/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149910/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149911/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149912/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149913/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149914/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149915/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149916/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149917/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149918/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149919/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149920/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149921/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149922/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149923/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149924/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149925/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149926/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149927/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149928/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149929/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149930/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149931/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149932/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149933/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149934/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149935/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149936/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149937/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149938/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149939/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149940/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149941/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149942/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149943/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149944/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149945/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149946/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149947/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-d-dekorirovaniya-matfer-04149977/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04149981/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/utyug-dlya-karameli-matfer-07021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-matfer-07050301/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pulverizator-d-shokol-matfer-07050304/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-art264058-matfer-07050312/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-d-art262201-matfer-07050314/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-infrakrasnaya-bez-lampochki-matfer-07050315/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-matfer-07050317/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-art264058-matfer-07050326/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-d-kompressora-264069-matfer-07050327/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-podogrevayuschaya-kl-07050342/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-paderno-07050344/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-infrakrasnaya-s-podogrevaemym-osnovaniem-3090s-paderno-07050346/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-podogreva-blyud-aps-07051210/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pistolet-d-raspyleniya-elektr-paderno-07060301/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/karamelizator-paderno-07090401/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-aerografa-4-bar-matfer-07110101/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-aerografa-paderno-07110102/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/opryskivatel-kl-08010797/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-kuhonnaya-matfer-09100206/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-carlisle-09101213/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-09101489/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-09101490/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140292/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-prohotel-04141995/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-prohotel-04149714/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-prohotel-04149715/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-was-04010347/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-matfer-04010350/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art061680-072236-matfer-04010352/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-matfer-04010357/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010367/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04010369/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010370/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smennyy-gazkartridzh-d-art1040a-ke2019chef-kemper-04010375/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-d-dekorir-matfer-04020553/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-paderno-04111274/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-chistki-konditmeshka-paderno-04120226/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-chistki-kondit-nasadok-paderno-04120227/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130599/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130601/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130602/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130603/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130604/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130605/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130606/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130607/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130608/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130609/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130610/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130611/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130612/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130613/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130614/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130615/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130616/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130617/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130618/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-krug-martellato-04130619/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140053/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140054/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140055/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140056/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140057/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140058/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140059/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140060/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140061/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140062/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140063/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140064/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140065/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140066/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140067/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140068/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140069/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140070/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140071/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140072/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140073/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140074/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140075/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140076/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140077/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140078/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140079/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140080/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140081/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140082/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140083/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140084/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140085/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140086/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140087/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140088/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140089/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140090/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04140091/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140164/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140168/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140172/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140176/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140177/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140178/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140180/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140182/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140183/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140184/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140185/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-konditmeshka-standartnyy-paderno-04140186/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-konditmeshka-sredniy-paderno-04140187/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140188/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140189/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadokkonditerskiy-meshok-paderno-04140190/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140200/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-ghidini-04140201/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140209/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140217/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140218/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140219/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140222/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140224/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140225/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140227/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/adapter-dlya-nasadki-dlya-kondmeshka-paderno-04140228/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-dlya-meshkov-paderno-04140266/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditvilok-paderno-04140269/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140270/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpric-kond-16-nasadok-paderno-04140271/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140272/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140273/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140274/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140275/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140276/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140277/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04140278/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-paderno-04140282/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-kondits-pulverizatorom-paderno-04140915/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140936/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140937/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140946/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140948/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140949/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140950/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140958/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141011/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141013/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141014/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141015/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141016/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141017/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141018/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141019/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141020/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141021/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141022/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141023/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141024/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141025/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141026/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141029/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141030/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141031/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141032/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141033/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141034/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141035/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141037/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141038/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141039/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141040/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141041/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141042/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141043/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141044/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141045/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141046/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141048/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141049/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141050/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141051/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141052/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141054/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141055/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141056/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-kuhonnaya-carlisle-04141058/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-04141063/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-matfer-04141064/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadokkonditerskiy-meshok-paderno-04141309/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04141315/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04141338/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141361/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141362/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04141363/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-dolyana-04141957/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-restola-04141958/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142827/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04142831/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04142832/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142836/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142854/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142863/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142864/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04142865/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/inzhektor-d-krema-matfer-04142867/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144202/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144203/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144204/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144205/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144206/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144207/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144208/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144209/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144210/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144211/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144212/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144213/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144214/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144215/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144216/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144217/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144218/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144219/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144220/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144221/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144222/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144223/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144224/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144225/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144226/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144227/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144228/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144229/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144230/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144231/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144232/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144233/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144234/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144235/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144236/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144237/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144238/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144239/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144240/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144241/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144242/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144243/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144244/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144245/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144246/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144247/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04144255/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144259/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144260/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04144261/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144264/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144265/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144266/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144267/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144268/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-mnogorazovyy-prohotel-04144269/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karamelipodstavka-de-buyer-04144278/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasitel-poroshok-zhirost100g-matfer-04144316/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144559/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04144562/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144580/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-d-karameli-matfer-04144581/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04144618/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04144619/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04144656/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04144915/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04144916/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-dekora-kondizdeliy-matfer-04144946/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04144975/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145332/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145333/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145334/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145335/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145336/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04145347/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04145349/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145358/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04145359/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145429/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-dlya-dekora-matfer-04145459/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145468/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04145470/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145475/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04145495/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145821/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145822/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145823/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145824/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145825/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145826/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145827/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145828/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145829/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145830/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145831/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145832/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145833/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145834/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145835/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145836/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-prohotel-04145837/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpric-kond-de-buyer-04145847/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-sprey-d-raspyleniya-roma-matfer-04145897/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bordyur-dlya-torta-matfer-04145909/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145913/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trafaret-dlya-biskvita-matfer-04145920/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-dlya-dekora-matfer-04145960/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04145984/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-kondmeshka-matfer-04146009/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-04146012/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146075/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-matfer-04146144/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146154/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146155/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-matfer-04146176/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04146228/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146280/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146281/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04146300/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04146321/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146371/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146372/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/igla-d-art262601-matfer-04146374/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-matfer-04146427/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-tkan-s-pokrytiem-5sht-matfer-04146459/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kondnasadok-na-24sht-matfer-04146499/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-paderno-04146542/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aerograf-paderno-04146572/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-paderno-04146641/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-paderno-04146642/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-kondmeshkov-i-nasadok-matfer-04146661/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04146682/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-8-zubcov-matfer-04146928/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-art47010-20-paderno-04146938/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-diffuzora-d-art-262601-matfer-04147199/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-derzhatel-nasadki-d-art-262601-matfer-04147200/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-2-soedinitelya-d-aerografa-410121-matfer-04147246/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-igly-inzhektora-d-krema-262601-matfer-04147326/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147366/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147367/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147368/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-80mikron-martellato-04147369/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147370/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147371/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147372/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147373/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147374/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147375/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147376/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147377/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147378/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147379/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147380/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147381/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147382/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147383/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147385/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147386/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147387/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147388/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04147389/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147396/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147397/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-odnorazovyy-martellato-04147399/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-d-art-262601-matfer-04147400/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-d-art-262601-matfer-04147438/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sterzhen-s-rezboy-d-art-262601-matfer-04147439/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/porshen-d-art-262601-matfer-04147440/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-martellato-04149201/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149208/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149209/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149210/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149211/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshok-konditerskiy-martellato-04149212/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149269/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149270/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149271/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149272/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149273/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149274/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149275/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149276/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149277/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149278/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-matfer-04149289/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149904/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149905/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149906/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149907/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149908/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149909/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149910/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149911/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149912/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149913/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149914/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149915/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149916/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149917/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149918/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149919/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149920/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149921/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149922/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149923/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149924/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149925/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149926/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149927/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149928/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149929/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149930/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149931/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149932/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149933/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149934/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149935/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149936/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149937/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149938/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149939/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149940/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149941/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149942/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149943/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149944/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149945/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149946/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-konditerskaya-martellato-04149947/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-d-dekorirovaniya-matfer-04149977/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-karameli-kemper-04149981/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/utyug-dlya-karameli-matfer-07021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-matfer-07050301/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pulverizator-d-shokol-matfer-07050304/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-art264058-matfer-07050312/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-d-art262201-matfer-07050314/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-infrakrasnaya-bez-lampochki-matfer-07050315/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-matfer-07050317/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-art264058-matfer-07050326/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-d-kompressora-264069-matfer-07050327/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-podogrevayuschaya-kl-07050342/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-karameli-paderno-07050344/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-infrakrasnaya-s-podogrevaemym-osnovaniem-3090s-paderno-07050346/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-dlya-podogreva-blyud-aps-07051210/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pistolet-d-raspyleniya-elektr-paderno-07060301/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/karamelizator-paderno-07090401/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-aerografa-4-bar-matfer-07110101/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-d-aerografa-paderno-07110102/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/opryskivatel-kl-08010797/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-kuhonnaya-matfer-09100206/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-carlisle-09101213/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-09101489/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kistochka-konditerskaya-paderno-09101490/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-nasadok-paderno-04140292/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kist-konditerskaya-prohotel-04141995/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-prohotel-04149714/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-konditerskaya-dlya-dekorirovaniya-prohotel-04149715/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lenta-konditerskaya-martellato-04141984/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L438"/>
+  <dimension ref="A1:L439"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I438" sqref="I438"/>
+      <selection activeCell="I439" sqref="I439"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -17974,13899 +18013,13931 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" s="0">
         <v>262263</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0">
         <v>13000</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0">
         <v>1120</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L9" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="L10" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0">
         <v>410120</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" s="0" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L14" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>179</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>183</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>187</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>199</v>
+        <v>158</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>203</v>
+        <v>25</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>218</v>
+        <v>25</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>231</v>
+        <v>25</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>246</v>
+        <v>25</v>
       </c>
       <c r="L62" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>254</v>
+        <v>25</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>265</v>
+        <v>25</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>246</v>
+        <v>25</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>282</v>
+        <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="L78" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>195</v>
+        <v>299</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L82" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L83" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>331</v>
+        <v>319</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L84" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L85" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>337</v>
+        <v>325</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L86" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L87" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>350</v>
+        <v>338</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>351</v>
+        <v>339</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>355</v>
+        <v>343</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>356</v>
+        <v>344</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L90" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>358</v>
+        <v>346</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>361</v>
+        <v>349</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="D92" s="0">
         <v>187</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>265</v>
+        <v>353</v>
       </c>
       <c r="L92" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L93" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L94" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L95" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>377</v>
+        <v>366</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>379</v>
+        <v>368</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L96" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>384</v>
+        <v>373</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L97" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>386</v>
+        <v>375</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L98" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>390</v>
+        <v>379</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L99" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="0" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>394</v>
+        <v>383</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L100" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>395</v>
+        <v>384</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>396</v>
+        <v>385</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>397</v>
+        <v>386</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L101" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>399</v>
+        <v>388</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>401</v>
+        <v>390</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>402</v>
+        <v>391</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>403</v>
+        <v>392</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>404</v>
+        <v>393</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L103" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L106" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>422</v>
+        <v>411</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>269</v>
+        <v>413</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>76</v>
+        <v>166</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>432</v>
+        <v>187</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>437</v>
+        <v>50</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>261</v>
+        <v>434</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L113" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L121" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>203</v>
+        <v>25</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L130" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L131" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L135" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>93</v>
+        <v>413</v>
       </c>
       <c r="L136" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="D137" s="0">
         <v>116031</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>203</v>
+        <v>535</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="D138" s="0">
         <v>116032</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L138" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="D139" s="0">
         <v>116033</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>45</v>
+        <v>542</v>
       </c>
       <c r="L139" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="D140" s="0">
         <v>116034</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>207</v>
+        <v>535</v>
       </c>
       <c r="L140" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="D141" s="0">
         <v>116035</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>76</v>
+        <v>413</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="D142" s="0">
         <v>116036</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L142" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="D143" s="0">
         <v>116037</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>150</v>
+        <v>555</v>
       </c>
       <c r="L143" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="D144" s="0">
         <v>116006</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L144" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="D145" s="0">
         <v>116013</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L145" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D146" s="0">
         <v>113042</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="D147" s="0">
         <v>116016</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L147" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="D148" s="0">
         <v>116011</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="D149" s="0">
         <v>116014</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D150" s="0">
         <v>116025</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L150" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="D151" s="0">
         <v>116027</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L151" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="D152" s="0">
         <v>116009</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L152" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="D153" s="0">
         <v>116015</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L153" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="D154" s="0">
         <v>116008</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="D155" s="0">
         <v>116012</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L155" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="D157" s="0">
         <v>116017</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="D158" s="0">
         <v>116004</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="D159" s="0">
         <v>116002</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="D160" s="0">
         <v>116018</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="D161" s="0">
         <v>116020</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="D162" s="0">
         <v>4037400</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="D164" s="0">
         <v>116041</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L165" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L169" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="D171" s="0">
         <v>4281897</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>203</v>
+        <v>50</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="D172" s="0">
         <v>411135607</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>665</v>
+        <v>413</v>
       </c>
       <c r="L172" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="D173" s="0">
         <v>160206</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>668</v>
+        <v>659</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="D174" s="0">
         <v>166500</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L174" s="0"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="D175" s="0">
         <v>166700</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>675</v>
+        <v>666</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>676</v>
+        <v>667</v>
       </c>
       <c r="D176" s="0">
         <v>160205</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>677</v>
+        <v>668</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L176" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="D177" s="0">
         <v>160208</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>682</v>
+        <v>673</v>
       </c>
       <c r="D178" s="0">
         <v>160115</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>683</v>
+        <v>674</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L178" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="D179" s="0">
         <v>160116</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="L179" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>689</v>
+        <v>680</v>
       </c>
       <c r="D180" s="0">
         <v>160117</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L180" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>691</v>
+        <v>682</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>692</v>
+        <v>683</v>
       </c>
       <c r="D181" s="0">
         <v>262601</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>694</v>
+        <v>685</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>695</v>
+        <v>686</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>696</v>
+        <v>687</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L182" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>694</v>
+        <v>685</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>700</v>
+        <v>691</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L183" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L184" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L185" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L186" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>187</v>
+        <v>707</v>
       </c>
       <c r="L187" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L188" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>712</v>
       </c>
-      <c r="C189" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="0" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
       <c r="L189" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="L190" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L191" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L192" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>246</v>
+        <v>707</v>
       </c>
       <c r="L193" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L194" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>742</v>
+        <v>734</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L195" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L196" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L197" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L198" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L199" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L200" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L201" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>45</v>
+        <v>758</v>
       </c>
       <c r="L202" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>76</v>
+        <v>678</v>
       </c>
       <c r="L203" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L204" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L205" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L206" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>307</v>
+        <v>715</v>
       </c>
       <c r="L207" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L208" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L209" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L210" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L211" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L212" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L213" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L214" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L215" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L216" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L217" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L218" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L219" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L220" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L221" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>207</v>
+        <v>818</v>
       </c>
       <c r="L222" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L223" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>831</v>
+        <v>825</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L224" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>833</v>
+        <v>827</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>834</v>
+        <v>828</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>165</v>
+        <v>50</v>
       </c>
       <c r="L225" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>836</v>
+        <v>830</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>837</v>
+        <v>831</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L226" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>840</v>
+        <v>834</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>841</v>
+        <v>835</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L227" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="D228" s="0">
         <v>165016</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>165</v>
+        <v>707</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L229" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>849</v>
+        <v>843</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L230" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="L231" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L232" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L233" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>867</v>
+        <v>861</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L234" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>869</v>
+        <v>863</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>870</v>
+        <v>864</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>723</v>
+        <v>866</v>
       </c>
       <c r="L235" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L236" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L237" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="D238" s="0">
         <v>3052.15</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="D239" s="0">
         <v>410309</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L239" s="0"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="D240" s="0">
         <v>161006</v>
       </c>
       <c r="E240" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L240" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="D241" s="0">
         <v>166161</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="D242" s="0">
         <v>161008</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L242" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="D243" s="0">
         <v>262230</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="D244" s="0">
         <v>166501</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="D245" s="0">
         <v>166701</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L245" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="D246" s="0">
         <v>160105</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L246" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="D247" s="0">
         <v>422002</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="D248" s="0">
         <v>422005</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="D249" s="0">
         <v>168001</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>269</v>
+        <v>678</v>
       </c>
       <c r="L249" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L250" s="0"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="D251" s="0">
         <v>167515</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L251" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="D252" s="0">
         <v>167516</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L252" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="D253" s="0">
         <v>167517</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L253" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="D254" s="0">
         <v>167518</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L254" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="D255" s="0">
         <v>167520</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L255" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="D256" s="0">
         <v>167502</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L256" s="0"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="D257" s="0">
         <v>167504</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L257" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="D258" s="0">
         <v>167714</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>723</v>
+        <v>866</v>
       </c>
       <c r="L258" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="D259" s="0">
         <v>160114</v>
       </c>
       <c r="E259" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L259" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="D260" s="0">
         <v>167108</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L260" s="0"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="D261" s="0">
         <v>410121</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L261" s="0"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="D262" s="0">
         <v>167743</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>269</v>
+        <v>678</v>
       </c>
       <c r="L262" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="D263" s="0">
         <v>167766</v>
       </c>
       <c r="E263" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L263" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="D264" s="0">
         <v>441002</v>
       </c>
       <c r="E264" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="D265" s="0">
         <v>165007</v>
       </c>
       <c r="E265" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L266" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L267" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L268" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="L269" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L270" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L271" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L272" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="L273" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L274" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>981</v>
+        <v>1000</v>
       </c>
       <c r="L275" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="L276" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L277" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L278" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L279" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>432</v>
+        <v>1020</v>
       </c>
       <c r="L280" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L281" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L282" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="D283" s="0">
         <v>3358.0</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="D284" s="0">
         <v>116430</v>
       </c>
       <c r="E284" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D285" s="0">
         <v>422009</v>
       </c>
       <c r="E285" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="D286" s="0">
         <v>441001</v>
       </c>
       <c r="E286" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="D287" s="0">
         <v>441009</v>
       </c>
       <c r="E287" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="D288" s="0">
         <v>410124</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="D289" s="0">
         <v>161002</v>
       </c>
       <c r="E289" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L289" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="D290" s="0">
         <v>167180</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L290" s="0"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="B291" s="0" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="E291" s="0"/>
       <c r="F291" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L291" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="D292" s="0">
         <v>161208</v>
       </c>
       <c r="E292" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="D293" s="0">
         <v>165009</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L293" s="0"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D294" s="0">
         <v>161005</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L294" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="D295" s="0">
         <v>161007</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L295" s="0"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="D296" s="0">
         <v>160112</v>
       </c>
       <c r="E296" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L296" s="0"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D297" s="0">
         <v>167765</v>
       </c>
       <c r="E297" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L297" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L298" s="0"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L299" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="D301" s="0">
         <v>167532</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L301" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="B302" s="0" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="D302" s="0">
         <v>262603</v>
       </c>
       <c r="E302" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L302" s="0"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="D303" s="0">
         <v>262604</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L303" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="D304" s="0">
         <v>262605</v>
       </c>
       <c r="E304" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L304" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D305" s="0">
         <v>167753</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L305" s="0"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="D306" s="0">
         <v>421813</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L306" s="0"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D307" s="0">
         <v>167900</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L307" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L308" s="0"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L309" s="0"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L310" s="0"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L311" s="0"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="D312" s="0">
         <v>421805</v>
       </c>
       <c r="E312" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L313" s="0"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="D314" s="0">
         <v>167015</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L314" s="0"/>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="B315" s="0" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="D316" s="0">
         <v>262610</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="B317" s="0" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="D317" s="0">
         <v>262609</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L317" s="0"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="D318" s="0">
         <v>410128</v>
       </c>
       <c r="E318" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L318" s="0"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="B319" s="0" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="D319" s="0">
         <v>262607</v>
       </c>
       <c r="E319" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H319" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L319" s="0"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D320" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E320" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F320" s="0" t="s">
         <v>1151</v>
       </c>
-      <c r="C320" s="0" t="s">
+      <c r="G320" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H320" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I320" s="1" t="s">
         <v>1152</v>
-      </c>
-[...16 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>711</v>
+        <v>54</v>
       </c>
       <c r="L320" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C321" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D321" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E321" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F321" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G321" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H321" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I321" s="1" t="s">
         <v>1156</v>
-      </c>
-[...19 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L321" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D322" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E322" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G322" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H322" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I322" s="1" t="s">
         <v>1160</v>
-      </c>
-[...19 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L322" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E323" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F323" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G323" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H323" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I323" s="1" t="s">
         <v>1164</v>
-      </c>
-[...19 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L323" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E324" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F324" s="0" t="s">
         <v>1168</v>
       </c>
-      <c r="C324" s="0" t="s">
+      <c r="G324" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H324" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I324" s="1" t="s">
         <v>1169</v>
-      </c>
-[...16 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>195</v>
+        <v>542</v>
       </c>
       <c r="L324" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D325" s="0" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E325" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F325" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G325" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H325" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I325" s="1" t="s">
         <v>1173</v>
-      </c>
-[...19 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L325" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D326" s="0" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E326" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G326" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H326" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I326" s="1" t="s">
         <v>1177</v>
-      </c>
-[...19 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>45</v>
+        <v>1178</v>
       </c>
       <c r="L326" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D327" s="0" t="s">
         <v>1181</v>
       </c>
-      <c r="C327" s="0" t="s">
+      <c r="E327" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F327" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G327" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H327" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I327" s="1" t="s">
         <v>1182</v>
-      </c>
-[...16 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>45</v>
+        <v>758</v>
       </c>
       <c r="L327" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D328" s="0" t="s">
         <v>1185</v>
       </c>
-      <c r="C328" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E328" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L328" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C329" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D329" s="0" t="s">
         <v>1189</v>
       </c>
-      <c r="C329" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E329" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H329" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>437</v>
+        <v>693</v>
       </c>
       <c r="L329" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D330" s="0" t="s">
         <v>1193</v>
       </c>
-      <c r="C330" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E330" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L330" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C331" s="0" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D331" s="0" t="s">
         <v>1197</v>
       </c>
-      <c r="C331" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E331" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C332" s="0" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D332" s="0" t="s">
         <v>1201</v>
       </c>
-      <c r="C332" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E332" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L332" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C333" s="0" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D333" s="0" t="s">
         <v>1205</v>
       </c>
-      <c r="C333" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E333" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H333" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C334" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D334" s="0" t="s">
         <v>1209</v>
       </c>
-      <c r="C334" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E334" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H334" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="L334" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D335" s="0" t="s">
         <v>1214</v>
       </c>
-      <c r="C335" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E335" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F335" s="0"/>
       <c r="G335" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C336" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D336" s="0" t="s">
         <v>1219</v>
       </c>
-      <c r="C336" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E336" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C337" s="0" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D337" s="0" t="s">
         <v>1223</v>
       </c>
-      <c r="C337" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E337" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F337" s="0"/>
       <c r="G337" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>165</v>
+        <v>1225</v>
       </c>
       <c r="L337" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C338" s="0" t="s">
         <v>1227</v>
       </c>
-      <c r="C338" s="0" t="s">
+      <c r="D338" s="0" t="s">
         <v>1228</v>
       </c>
-      <c r="D338" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E338" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F338" s="0"/>
       <c r="G338" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H338" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>1231</v>
+        <v>25</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D339" s="0" t="s">
         <v>1232</v>
       </c>
-      <c r="C339" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E339" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F339" s="0"/>
       <c r="G339" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H339" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1235</v>
+        <v>277</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>18</v>
+        <v>758</v>
       </c>
       <c r="L339" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F340" s="0"/>
       <c r="G340" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>18</v>
+        <v>758</v>
       </c>
       <c r="L340" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F341" s="0"/>
       <c r="G341" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="L341" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="L342" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D343" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E343" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F343" s="0" t="s">
         <v>1248</v>
       </c>
-      <c r="C343" s="0" t="s">
+      <c r="G343" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H343" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I343" s="1" t="s">
         <v>1249</v>
-      </c>
-[...16 lines deleted...]
-        <v>1252</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>261</v>
+        <v>434</v>
       </c>
       <c r="L343" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D344" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E344" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F344" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G344" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H344" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I344" s="1" t="s">
         <v>1253</v>
-      </c>
-[...19 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L344" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C345" s="0" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E345" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F345" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G345" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H345" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I345" s="1" t="s">
         <v>1257</v>
-      </c>
-[...19 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L345" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="D346" s="0">
         <v>262611</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H346" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L346" s="0"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="B347" s="0" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="D347" s="0">
         <v>262608</v>
       </c>
       <c r="E347" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F347" s="0"/>
       <c r="G347" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H347" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L347" s="0"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="D348" s="0">
         <v>262626</v>
       </c>
       <c r="E348" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F348" s="0"/>
       <c r="G348" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H348" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L348" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="B349" s="0" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="D349" s="0">
         <v>262612</v>
       </c>
       <c r="E349" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F349" s="0"/>
       <c r="G349" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H349" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L349" s="0"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F350" s="0"/>
       <c r="G350" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H350" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>150</v>
+        <v>187</v>
       </c>
       <c r="L350" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F351" s="0"/>
       <c r="G351" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>1281</v>
+        <v>50</v>
       </c>
       <c r="L351" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F352" s="0"/>
       <c r="G352" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H352" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1208</v>
+        <v>1281</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>265</v>
+        <v>1211</v>
       </c>
       <c r="L352" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F353" s="0"/>
       <c r="G353" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H353" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>187</v>
+        <v>413</v>
       </c>
       <c r="L353" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F354" s="0"/>
       <c r="G354" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="L354" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F355" s="0"/>
       <c r="G355" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>307</v>
+        <v>1293</v>
       </c>
       <c r="L355" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C356" s="0" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D356" s="0" t="s">
         <v>1296</v>
       </c>
-      <c r="C356" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E356" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F356" s="0"/>
       <c r="G356" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L356" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C357" s="0" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D357" s="0" t="s">
         <v>1300</v>
       </c>
-      <c r="C357" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E357" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L357" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C358" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D358" s="0" t="s">
         <v>1303</v>
       </c>
-      <c r="C358" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E358" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L358" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C359" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D359" s="0" t="s">
         <v>1306</v>
       </c>
-      <c r="C359" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E359" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H359" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L359" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C360" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D360" s="0" t="s">
         <v>1310</v>
       </c>
-      <c r="C360" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E360" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L360" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C361" s="0" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D361" s="0" t="s">
         <v>1313</v>
       </c>
-      <c r="C361" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E361" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L361" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C362" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D362" s="0" t="s">
         <v>1316</v>
       </c>
-      <c r="C362" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E362" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L362" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C363" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D363" s="0" t="s">
         <v>1319</v>
       </c>
-      <c r="C363" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E363" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F363" s="0"/>
       <c r="G363" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H363" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L363" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C364" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D364" s="0" t="s">
         <v>1322</v>
       </c>
-      <c r="C364" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E364" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H364" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="L364" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C365" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D365" s="0" t="s">
         <v>1326</v>
       </c>
-      <c r="C365" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E365" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L365" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="D366" s="0">
         <v>431498</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F366" s="0"/>
       <c r="G366" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L366" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C367" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D367" s="0" t="s">
         <v>1332</v>
       </c>
-      <c r="C367" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E367" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F367" s="0"/>
       <c r="G367" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L367" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C368" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D368" s="0" t="s">
         <v>1336</v>
       </c>
-      <c r="C368" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E368" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>207</v>
+        <v>413</v>
       </c>
       <c r="L368" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C369" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D369" s="0" t="s">
         <v>1340</v>
       </c>
-      <c r="C369" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E369" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F369" s="0"/>
       <c r="G369" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L369" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C370" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D370" s="0" t="s">
         <v>1344</v>
       </c>
-      <c r="C370" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E370" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F370" s="0"/>
       <c r="G370" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="L370" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C371" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D371" s="0" t="s">
         <v>1347</v>
       </c>
-      <c r="C371" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E371" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F371" s="0"/>
       <c r="G371" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H371" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L371" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C372" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D372" s="0" t="s">
         <v>1350</v>
       </c>
-      <c r="C372" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E372" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F372" s="0"/>
       <c r="G372" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H372" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L372" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C373" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D373" s="0" t="s">
         <v>1353</v>
       </c>
-      <c r="C373" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E373" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F373" s="0"/>
       <c r="G373" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H373" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="L373" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C374" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D374" s="0" t="s">
         <v>1356</v>
       </c>
-      <c r="C374" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E374" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F374" s="0"/>
       <c r="G374" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H374" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="L374" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C375" s="0" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D375" s="0" t="s">
         <v>1359</v>
       </c>
-      <c r="C375" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E375" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F375" s="0"/>
       <c r="G375" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H375" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1176</v>
+        <v>1360</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L375" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C376" s="0" t="s">
         <v>1362</v>
       </c>
-      <c r="C376" s="0" t="s">
+      <c r="D376" s="0" t="s">
         <v>1363</v>
       </c>
-      <c r="D376" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E376" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F376" s="0"/>
       <c r="G376" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H376" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="L376" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C377" s="0" t="s">
         <v>1366</v>
       </c>
-      <c r="C377" s="0" t="s">
+      <c r="D377" s="0" t="s">
         <v>1367</v>
       </c>
-      <c r="D377" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E377" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L377" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C378" s="0" t="s">
         <v>1370</v>
       </c>
-      <c r="C378" s="0" t="s">
+      <c r="D378" s="0" t="s">
         <v>1371</v>
       </c>
-      <c r="D378" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E378" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F378" s="0"/>
       <c r="G378" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H378" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L378" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C379" s="0" t="s">
         <v>1373</v>
       </c>
-      <c r="C379" s="0" t="s">
+      <c r="D379" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="D379" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E379" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1339</v>
+        <v>1375</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="L379" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
         <v>1376</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>1377</v>
       </c>
       <c r="D380" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L380" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="D381" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F381" s="0"/>
       <c r="G381" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H381" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L381" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="D382" s="0" t="s">
         <v>1384</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F382" s="0"/>
       <c r="G382" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H382" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1385</v>
+        <v>1337</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L382" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C383" s="0" t="s">
         <v>1386</v>
       </c>
-      <c r="C383" s="0" t="s">
+      <c r="D383" s="0" t="s">
         <v>1387</v>
       </c>
-      <c r="D383" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E383" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F383" s="0"/>
       <c r="G383" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H383" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L383" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C384" s="0" t="s">
         <v>1389</v>
       </c>
-      <c r="C384" s="0" t="s">
+      <c r="D384" s="0" t="s">
         <v>1390</v>
       </c>
-      <c r="D384" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E384" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F384" s="0"/>
       <c r="G384" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L384" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C385" s="0" t="s">
         <v>1392</v>
       </c>
-      <c r="C385" s="0" t="s">
+      <c r="D385" s="0" t="s">
         <v>1393</v>
       </c>
-      <c r="D385" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E385" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F385" s="0"/>
       <c r="G385" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H385" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L385" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C386" s="0" t="s">
         <v>1395</v>
       </c>
-      <c r="C386" s="0" t="s">
+      <c r="D386" s="0" t="s">
         <v>1396</v>
       </c>
-      <c r="D386" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E386" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F386" s="0"/>
       <c r="G386" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H386" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1398</v>
+        <v>1337</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L386" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C387" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D387" s="0" t="s">
         <v>1399</v>
       </c>
-      <c r="C387" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E387" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F387" s="0"/>
       <c r="G387" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H387" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L387" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C388" s="0" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D388" s="0" t="s">
         <v>1403</v>
       </c>
-      <c r="C388" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E388" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F388" s="0"/>
       <c r="G388" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H388" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>924</v>
+        <v>1337</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L388" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C389" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D389" s="0" t="s">
         <v>1406</v>
       </c>
-      <c r="C389" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E389" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F389" s="0"/>
       <c r="G389" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H389" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L389" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C390" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D390" s="0" t="s">
         <v>1409</v>
       </c>
-      <c r="C390" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E390" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F390" s="0"/>
       <c r="G390" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H390" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L390" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C391" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D391" s="0" t="s">
         <v>1412</v>
       </c>
-      <c r="C391" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E391" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F391" s="0"/>
       <c r="G391" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H391" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L391" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C392" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D392" s="0" t="s">
         <v>1416</v>
       </c>
-      <c r="C392" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E392" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F392" s="0"/>
       <c r="G392" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H392" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1339</v>
+        <v>1375</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L392" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C393" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D393" s="0" t="s">
         <v>1419</v>
       </c>
-      <c r="C393" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E393" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F393" s="0"/>
       <c r="G393" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H393" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L393" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C394" s="0" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D394" s="0" t="s">
         <v>1422</v>
       </c>
-      <c r="C394" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E394" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F394" s="0"/>
       <c r="G394" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H394" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L394" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C395" s="0" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D395" s="0" t="s">
         <v>1425</v>
       </c>
-      <c r="C395" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E395" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F395" s="0"/>
       <c r="G395" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H395" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1428</v>
+        <v>527</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L395" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F396" s="0"/>
       <c r="G396" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H396" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1339</v>
+        <v>1375</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L396" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F397" s="0"/>
       <c r="G397" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H397" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1339</v>
+        <v>1375</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L397" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F398" s="0"/>
       <c r="G398" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H398" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L398" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F399" s="0"/>
       <c r="G399" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H399" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1441</v>
+        <v>1337</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
       <c r="L399" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F400" s="0"/>
       <c r="G400" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H400" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L400" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1446</v>
+        <v>1442</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F401" s="0"/>
       <c r="G401" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H401" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L401" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1451</v>
+        <v>1447</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F402" s="0"/>
       <c r="G402" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1398</v>
+        <v>1448</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="L402" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F403" s="0"/>
       <c r="G403" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="L403" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F404" s="0"/>
       <c r="G404" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H404" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1339</v>
+        <v>1375</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="L404" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F405" s="0"/>
       <c r="G405" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>165</v>
+        <v>413</v>
       </c>
       <c r="L405" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F406" s="0"/>
       <c r="G406" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H406" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>150</v>
+        <v>535</v>
       </c>
       <c r="L406" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F407" s="0"/>
       <c r="G407" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H407" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>498</v>
+        <v>1466</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>150</v>
+        <v>818</v>
       </c>
       <c r="L407" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C408" s="0" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D408" s="0" t="s">
         <v>1469</v>
       </c>
-      <c r="C408" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E408" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F408" s="0"/>
       <c r="G408" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
-        <v>150</v>
+        <v>818</v>
       </c>
       <c r="L408" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C409" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D409" s="0" t="s">
         <v>1472</v>
       </c>
-      <c r="C409" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E409" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F409" s="0"/>
       <c r="G409" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H409" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>324</v>
+        <v>1337</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
-        <v>150</v>
+        <v>818</v>
       </c>
       <c r="L409" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C410" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D410" s="0" t="s">
         <v>1475</v>
       </c>
-      <c r="C410" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E410" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F410" s="0"/>
       <c r="G410" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H410" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>261</v>
+        <v>535</v>
       </c>
       <c r="L410" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="D411" s="0">
         <v>116436</v>
       </c>
       <c r="E411" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F411" s="0"/>
       <c r="G411" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H411" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L411" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="D412" s="0">
         <v>12500</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F412" s="0"/>
       <c r="G412" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
-        <v>855</v>
+        <v>1482</v>
       </c>
       <c r="L412" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C413" s="0" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="D413" s="0">
         <v>262272</v>
       </c>
       <c r="E413" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F413" s="0"/>
       <c r="G413" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L413" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C414" s="0" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
       <c r="D414" s="0">
         <v>262201</v>
       </c>
       <c r="E414" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F414" s="0"/>
       <c r="G414" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1489</v>
+        <v>1488</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L414" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C415" s="0" t="s">
         <v>1490</v>
-      </c>
-[...1 lines deleted...]
-        <v>1491</v>
       </c>
       <c r="D415" s="0">
         <v>264058</v>
       </c>
       <c r="E415" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F415" s="0"/>
       <c r="G415" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H415" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L415" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C416" s="0" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
       <c r="D416" s="0">
         <v>264061</v>
       </c>
       <c r="E416" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F416" s="0"/>
       <c r="G416" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H416" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L416" s="0"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C417" s="0" t="s">
         <v>1496</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
       <c r="D417" s="0">
         <v>262205</v>
       </c>
       <c r="E417" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F417" s="0"/>
       <c r="G417" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L417" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C418" s="0" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
       <c r="D418" s="0">
         <v>240817</v>
       </c>
       <c r="E418" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="G418" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L418" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C419" s="0" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="D419" s="0">
         <v>262215</v>
       </c>
       <c r="E419" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F419" s="0"/>
       <c r="G419" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L419" s="0"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C420" s="0" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="D420" s="0">
         <v>264069</v>
       </c>
       <c r="E420" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F420" s="0"/>
       <c r="G420" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H420" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L420" s="0"/>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C421" s="0" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="D421" s="0">
         <v>264071</v>
       </c>
       <c r="E421" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F421" s="0"/>
       <c r="G421" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H421" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="B422" s="0" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C422" s="0" t="s">
         <v>1512</v>
       </c>
-      <c r="C422" s="0" t="s">
+      <c r="D422" s="0" t="s">
         <v>1513</v>
       </c>
-      <c r="D422" s="0" t="s">
+      <c r="E422" s="0" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="F422" s="0"/>
       <c r="G422" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1516</v>
+        <v>1515</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L422" s="0"/>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C423" s="0" t="s">
         <v>1517</v>
       </c>
-      <c r="C423" s="0" t="s">
+      <c r="D423" s="0" t="s">
         <v>1518</v>
       </c>
-      <c r="D423" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E423" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F423" s="0"/>
       <c r="G423" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L423" s="0"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C424" s="0" t="s">
         <v>1521</v>
       </c>
-      <c r="C424" s="0" t="s">
+      <c r="D424" s="0" t="s">
         <v>1522</v>
       </c>
-      <c r="D424" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E424" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F424" s="0"/>
       <c r="G424" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L424" s="0"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C425" s="0" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
       <c r="D425" s="0">
         <v>12265</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="F425" s="0"/>
       <c r="G425" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L425" s="0"/>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C426" s="0" t="s">
         <v>1529</v>
       </c>
-      <c r="C426" s="0" t="s">
+      <c r="D426" s="0" t="s">
         <v>1530</v>
       </c>
-      <c r="D426" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E426" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F426" s="0"/>
       <c r="G426" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H426" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L426" s="0"/>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C427" s="0" t="s">
         <v>1533</v>
       </c>
-      <c r="C427" s="0" t="s">
+      <c r="D427" s="0" t="s">
         <v>1534</v>
       </c>
-      <c r="D427" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E427" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F427" s="0"/>
       <c r="G427" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L427" s="0"/>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C428" s="0" t="s">
         <v>1537</v>
-      </c>
-[...1 lines deleted...]
-        <v>1538</v>
       </c>
       <c r="D428" s="0">
         <v>410117</v>
       </c>
       <c r="E428" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F428" s="0"/>
       <c r="G428" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L428" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C429" s="0" t="s">
         <v>1540</v>
       </c>
-      <c r="C429" s="0" t="s">
+      <c r="D429" s="0" t="s">
         <v>1541</v>
       </c>
-      <c r="D429" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E429" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F429" s="0"/>
       <c r="G429" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H429" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L429" s="0"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="B430" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C430" s="0" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="D430" s="0">
         <v>8038</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>1515</v>
+        <v>1514</v>
       </c>
       <c r="F430" s="0"/>
       <c r="G430" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H430" s="0" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L430" s="0"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C431" s="0" t="s">
         <v>1547</v>
-      </c>
-[...1 lines deleted...]
-        <v>1548</v>
       </c>
       <c r="D431" s="0">
         <v>113041</v>
       </c>
       <c r="E431" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F431" s="0"/>
       <c r="G431" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L431" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C432" s="0" t="s">
         <v>1550</v>
       </c>
-      <c r="C432" s="0" t="s">
+      <c r="D432" s="0" t="s">
         <v>1551</v>
       </c>
-      <c r="D432" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E432" s="0" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="F432" s="0"/>
       <c r="G432" s="0" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="H432" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L432" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C433" s="0" t="s">
         <v>1554</v>
       </c>
-      <c r="C433" s="0" t="s">
+      <c r="D433" s="0" t="s">
         <v>1555</v>
       </c>
-      <c r="D433" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E433" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F433" s="0"/>
       <c r="G433" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H433" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>76</v>
+        <v>187</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C434" s="0" t="s">
         <v>1558</v>
       </c>
-      <c r="C434" s="0" t="s">
+      <c r="D434" s="0" t="s">
         <v>1559</v>
       </c>
-      <c r="D434" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E434" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F434" s="0"/>
       <c r="G434" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L434" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C435" s="0" t="s">
         <v>1562</v>
       </c>
-      <c r="C435" s="0" t="s">
+      <c r="D435" s="0" t="s">
         <v>1563</v>
       </c>
-      <c r="D435" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E435" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F435" s="0"/>
       <c r="G435" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H435" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="L435" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="B436" s="0" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C436" s="0" t="s">
         <v>1566</v>
       </c>
-      <c r="C436" s="0" t="s">
+      <c r="D436" s="0" t="s">
         <v>1567</v>
       </c>
-      <c r="D436" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E436" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F436" s="0"/>
       <c r="G436" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H436" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L436" s="0"/>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="B437" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C437" s="0" t="s">
         <v>1569</v>
       </c>
-      <c r="C437" s="0" t="s">
+      <c r="D437" s="0" t="s">
         <v>1570</v>
       </c>
-      <c r="D437" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E437" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F437" s="0"/>
       <c r="G437" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H437" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L437" s="0"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="B438" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C438" s="0" t="s">
         <v>1573</v>
       </c>
-      <c r="C438" s="0" t="s">
+      <c r="D438" s="0" t="s">
         <v>1574</v>
       </c>
-      <c r="D438" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E438" s="0" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="F438" s="0"/>
       <c r="G438" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L438" s="0"/>
+    </row>
+    <row r="439" spans="1:12" customHeight="1" ht="80">
+      <c r="A439" s="0"/>
+      <c r="B439" s="0" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C439" s="0" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D439" s="0" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E439" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F439" s="0"/>
+      <c r="G439" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="H439" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="I439" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J439" s="0"/>
+      <c r="K439" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="L439" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -32264,50 +32335,51 @@
     <hyperlink ref="B414" r:id="rId_hyperlink_413"/>
     <hyperlink ref="B415" r:id="rId_hyperlink_414"/>
     <hyperlink ref="B416" r:id="rId_hyperlink_415"/>
     <hyperlink ref="B417" r:id="rId_hyperlink_416"/>
     <hyperlink ref="B418" r:id="rId_hyperlink_417"/>
     <hyperlink ref="B419" r:id="rId_hyperlink_418"/>
     <hyperlink ref="B420" r:id="rId_hyperlink_419"/>
     <hyperlink ref="B421" r:id="rId_hyperlink_420"/>
     <hyperlink ref="B422" r:id="rId_hyperlink_421"/>
     <hyperlink ref="B423" r:id="rId_hyperlink_422"/>
     <hyperlink ref="B424" r:id="rId_hyperlink_423"/>
     <hyperlink ref="B425" r:id="rId_hyperlink_424"/>
     <hyperlink ref="B426" r:id="rId_hyperlink_425"/>
     <hyperlink ref="B427" r:id="rId_hyperlink_426"/>
     <hyperlink ref="B428" r:id="rId_hyperlink_427"/>
     <hyperlink ref="B429" r:id="rId_hyperlink_428"/>
     <hyperlink ref="B430" r:id="rId_hyperlink_429"/>
     <hyperlink ref="B431" r:id="rId_hyperlink_430"/>
     <hyperlink ref="B432" r:id="rId_hyperlink_431"/>
     <hyperlink ref="B433" r:id="rId_hyperlink_432"/>
     <hyperlink ref="B434" r:id="rId_hyperlink_433"/>
     <hyperlink ref="B435" r:id="rId_hyperlink_434"/>
     <hyperlink ref="B436" r:id="rId_hyperlink_435"/>
     <hyperlink ref="B437" r:id="rId_hyperlink_436"/>
     <hyperlink ref="B438" r:id="rId_hyperlink_437"/>
+    <hyperlink ref="B439" r:id="rId_hyperlink_438"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>