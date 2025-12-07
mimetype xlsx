--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,579 +74,573 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Шприц для шпигования мяса;сталь,резина;,L=23см;металлич.,черный</t>
   </si>
   <si>
     <t>04130201</t>
   </si>
   <si>
     <t>42863-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Шприцы для начинки</t>
   </si>
   <si>
     <t>44391.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Крюк для мяса до 25 кг;сталь нерж.;,L=80,B=28мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140920</t>
+  </si>
+  <si>
+    <t>42506-08</t>
+  </si>
+  <si>
+    <t>Иглы и крюки</t>
+  </si>
+  <si>
+    <t>824.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Крюк для мяса до 40 кг;сталь нерж.;,L=100,B=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140921</t>
+  </si>
+  <si>
+    <t>42506-10</t>
+  </si>
+  <si>
+    <t>1140.00₸</t>
+  </si>
+  <si>
+    <t>Крюк для мяса до 50 кг;сталь нерж.;,L=120,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140922</t>
+  </si>
+  <si>
+    <t>42506-12</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Крюк для мяса до 25 кг;сталь нерж.;,L=80,B=28мм;металлич.</t>
-[...43 lines deleted...]
-  <si>
     <t>Крюк для мяса до 50 кг;сталь нерж.;,L=130,B=45мм;металлич.</t>
   </si>
   <si>
     <t>04140923</t>
   </si>
   <si>
     <t>42506-14</t>
   </si>
   <si>
     <t>1440.00₸</t>
   </si>
   <si>
     <t>Крюк для мяса до 70 кг;сталь нерж.;,L=150,B=52мм;металлич.</t>
   </si>
   <si>
     <t>04140924</t>
   </si>
   <si>
     <t>42506-16</t>
   </si>
   <si>
     <t>1872.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Крюк для мяса до 70 кг;сталь нерж.;,L=180,B=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140925</t>
+  </si>
+  <si>
+    <t>42506-18</t>
+  </si>
+  <si>
+    <t>1818.00₸</t>
+  </si>
+  <si>
+    <t>Набор шампуров к подставке 75001[4шт];сталь нерж.;D=8,H=400мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141533</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>Шпажки и шампуры</t>
+  </si>
+  <si>
+    <t>6727.00₸</t>
+  </si>
+  <si>
+    <t>Игла поварская с загнут.концом;сталь нерж.;,L=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04142855</t>
+  </si>
+  <si>
+    <t>072325</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Игла поварская для птицы;сталь нерж.;,L=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04142861</t>
+  </si>
+  <si>
+    <t>10388.00₸</t>
+  </si>
+  <si>
+    <t>Игла поварская;сталь нерж.;,L=25,1см;металлич.</t>
+  </si>
+  <si>
+    <t>04142862</t>
+  </si>
+  <si>
+    <t>9071.00₸</t>
+  </si>
+  <si>
+    <t>Крюк для мяса до 45 кг[10шт];сталь нерж.;,L=140,B=5мм;металлич.</t>
+  </si>
+  <si>
+    <t>04143004</t>
+  </si>
+  <si>
+    <t>45400.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Крюк для мяса D=0.4см;сталь нерж.;,L=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04143008</t>
+  </si>
+  <si>
+    <t>42524-10</t>
+  </si>
+  <si>
+    <t>1009.00₸</t>
+  </si>
+  <si>
+    <t>Шприц для мяса;сталь нерж.;60мл;,L=17,5см</t>
+  </si>
+  <si>
+    <t>04144716</t>
+  </si>
+  <si>
+    <t>70825.00₸</t>
+  </si>
+  <si>
+    <t>Игла шпиговальная с ручкой;сталь нерж.,абс-пластик;,L=25см</t>
+  </si>
+  <si>
+    <t>04145488</t>
+  </si>
+  <si>
+    <t>44198.00₸</t>
+  </si>
+  <si>
+    <t>Игла шпиговальная;сталь нерж.;,L=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04146269</t>
+  </si>
+  <si>
+    <t>10958.00₸</t>
+  </si>
+  <si>
+    <t>Игла шпиговальная;сталь нерж.;D=5,L=200мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147501</t>
+  </si>
+  <si>
+    <t>42514-20</t>
+  </si>
+  <si>
+    <t>19882.00₸</t>
+  </si>
+  <si>
+    <t>Шприц колбасный вертикальный;сталь нерж.;3л;,H=47,5,L=30,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04147601</t>
+  </si>
+  <si>
+    <t>49876-03</t>
+  </si>
+  <si>
+    <t>304820.00₸</t>
+  </si>
+  <si>
+    <t>Шприц колбасный;сталь нерж.;,H=17,5,L=58,B=21,5см</t>
+  </si>
+  <si>
+    <t>04147602</t>
+  </si>
+  <si>
+    <t>735481.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Фрукты»[50шт];бумага,дерево;,L=10см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06020403</t>
+  </si>
+  <si>
+    <t>Ims</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>2555.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Солнышко»[100шт];бумага,дерево;,L=12см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06020809</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Пальма»[100шт];фольга,дерево;,L=18см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021008</t>
+  </si>
+  <si>
+    <t>2997.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Ветряные мельницы»[50шт];фольга,дерево;,H=23см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021102</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Парус»[50шт];бумага,дерево;,L=23,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06021501</t>
+  </si>
+  <si>
+    <t>1656.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Пчелка»[50шт];бумага,дерево;,L=24см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06022104</t>
+  </si>
+  <si>
+    <t>3574.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Фонарики»[50шт];фольга,дерево;,L=18см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06022804</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Сердечки»[50шт];синель,дерево;,L=23,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06023201</t>
+  </si>
+  <si>
+    <t>3473.00₸</t>
+  </si>
+  <si>
+    <t>Украшения на шпажках «Ассорти»[100шт];бумага,дерево;,H=10см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06023401</t>
+  </si>
+  <si>
+    <t>2896.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];бамбук;,L=250,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080104</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];бамбук;,L=200,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080105</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];бамбук;,L=150,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080107</t>
+  </si>
+  <si>
+    <t>1756.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];бамбук;,L=300,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080108</t>
+  </si>
+  <si>
+    <t>2906.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];берёза;,L=150,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080113</t>
+  </si>
+  <si>
+    <t>1702.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[1000шт];берёза;,L=200,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080114</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Шампурчики[200шт];бамбук;,L=200,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080116</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>06080117</t>
+  </si>
+  <si>
+    <t>2218.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Шампурчики[250шт];дерево;,L=250,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080119</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>06080120</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>06080121</t>
+  </si>
+  <si>
+    <t>2006.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[100шт];бамбук;,L=150,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080122</t>
+  </si>
+  <si>
+    <t>F08-008A-15CM/27-0034</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>448.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Шампурчики[100шт];бамбук;,L=180,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080123</t>
+  </si>
+  <si>
+    <t>F08-008A-18CM</t>
+  </si>
+  <si>
+    <t>483.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Шампурчики[100шт];бамбук;,L=200,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080124</t>
+  </si>
+  <si>
+    <t>F08-008A</t>
+  </si>
+  <si>
+    <t>413.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Шампурчики[100шт];бамбук;,L=250,B=3мм;бежев.</t>
+  </si>
+  <si>
+    <t>06080125</t>
+  </si>
+  <si>
+    <t>F08-008A-25CM</t>
+  </si>
+  <si>
+    <t>595.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[100шт];бамбук;,L=30см;бежев.</t>
+  </si>
+  <si>
+    <t>06080126</t>
+  </si>
+  <si>
+    <t>F08-008A-30см/27-0030</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Шампурчики[500шт];дерево;,L=15см;бежев.</t>
+  </si>
+  <si>
+    <t>06080128</t>
+  </si>
+  <si>
+    <t>00679/1</t>
+  </si>
+  <si>
+    <t>9341.00₸</t>
+  </si>
+  <si>
+    <t>06080129</t>
+  </si>
+  <si>
+    <t>OP</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>301.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>06080130</t>
+  </si>
+  <si>
+    <t>193.00₸</t>
+  </si>
+  <si>
     <t>20 шт.</t>
-  </si>
-[...454 lines deleted...]
-    <t>22 шт.</t>
   </si>
   <si>
     <t>Шампур угольный L=45cм;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>06080206</t>
   </si>
   <si>
     <t>С641</t>
   </si>
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>211.00₸</t>
   </si>
   <si>
     <t>Шампурчики[1000шт];бамбук;,L=250,B=2мм;бежев.</t>
   </si>
   <si>
     <t>06080212</t>
   </si>
   <si>
     <t>6784.00₸</t>
   </si>
@@ -2847,115 +2841,115 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>23</v>
@@ -4163,401 +4157,401 @@
         <v>178</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>180</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>161</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>181</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>182</v>
+        <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D47" s="0">
         <v>6080129</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D48" s="0">
         <v>6080130</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D50" s="0">
         <v>16623</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>101</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L50" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D52" s="0">
         <v>120829</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D53" s="0">
         <v>120831</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D54" s="0">
         <v>120832</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>