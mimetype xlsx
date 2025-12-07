--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,638 +89,635 @@
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Кольца кондитерские</t>
   </si>
   <si>
     <t>2526.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=260,H=65мм;металлич.</t>
   </si>
   <si>
     <t>03200835</t>
   </si>
   <si>
     <t>С822</t>
   </si>
   <si>
     <t>3450.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=300,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200836</t>
+  </si>
+  <si>
+    <t>С823</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=105,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200838</t>
+  </si>
+  <si>
+    <t>С807</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=105,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200839</t>
+  </si>
+  <si>
+    <t>С808</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=10,5,H=10см;металлич.</t>
+  </si>
+  <si>
+    <t>03200840</t>
+  </si>
+  <si>
+    <t>С809</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;,H=45,L=80мм</t>
+  </si>
+  <si>
+    <t>04140020</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>30007.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=20,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140142</t>
+  </si>
+  <si>
+    <t>47534-20</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>8016.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=22,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140143</t>
+  </si>
+  <si>
+    <t>47534-22</t>
+  </si>
+  <si>
+    <t>7878.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=24,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140144</t>
+  </si>
+  <si>
+    <t>47534-24</t>
+  </si>
+  <si>
+    <t>9125.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское раздвижное d=16-32 см;сталь нерж.;,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04140145</t>
+  </si>
+  <si>
+    <t>47529-07</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=60,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140146</t>
+  </si>
+  <si>
+    <t>47532-06</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=200,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140150</t>
+  </si>
+  <si>
+    <t>47532-20</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=80,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140153</t>
+  </si>
+  <si>
+    <t>47532-08</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=120,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140154</t>
+  </si>
+  <si>
+    <t>47532-12</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=140,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140155</t>
+  </si>
+  <si>
+    <t>47532-14</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=160,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140156</t>
+  </si>
+  <si>
+    <t>47532-16</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=180,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140157</t>
+  </si>
+  <si>
+    <t>47532-18</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=240,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140158</t>
+  </si>
+  <si>
+    <t>47532-24</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=260,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140159</t>
+  </si>
+  <si>
+    <t>47532-26</t>
+  </si>
+  <si>
+    <t>5999.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=6,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140191</t>
+  </si>
+  <si>
+    <t>47534-06</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольца» (набор) Dmax=95/Dmin=20[11шт];сталь нерж.;,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140216</t>
+  </si>
+  <si>
+    <t>47316-10</t>
+  </si>
+  <si>
+    <t>11997.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор) Dmax=115/Dmin=20[14шт];сталь нерж.;,H=32мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140283</t>
+  </si>
+  <si>
+    <t>47316-12</t>
+  </si>
+  <si>
+    <t>16833.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор) Dmax=195/Dmin=25[20шт];сталь нерж.;,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140284</t>
+  </si>
+  <si>
+    <t>47316-20</t>
+  </si>
+  <si>
+    <t>23378.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=16,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140916</t>
+  </si>
+  <si>
+    <t>47534-16</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=9,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04140917</t>
+  </si>
+  <si>
+    <t>47534-08</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=9,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04140918</t>
+  </si>
+  <si>
+    <t>47534-10</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=75,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140919</t>
+  </si>
+  <si>
+    <t>47532-07</t>
+  </si>
+  <si>
+    <t>1641.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=220,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141307</t>
+  </si>
+  <si>
+    <t>47532-22</t>
+  </si>
+  <si>
+    <t>6253.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Кольцо кондитерское;сталь нерж.;D=300,H=65мм;металлич.</t>
-[...191 lines deleted...]
-    <t>5922.00₸</t>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04141311</t>
+  </si>
+  <si>
+    <t>47534-07</t>
+  </si>
+  <si>
+    <t>3288.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04141312</t>
+  </si>
+  <si>
+    <t>47534-09</t>
+  </si>
+  <si>
+    <t>11335.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=20,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141322</t>
+  </si>
+  <si>
+    <t>47533-20</t>
+  </si>
+  <si>
+    <t>6053.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141339</t>
+  </si>
+  <si>
+    <t>47533-07</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=8,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141340</t>
+  </si>
+  <si>
+    <t>47533-08</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=95,H=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141341</t>
+  </si>
+  <si>
+    <t>47533-09</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=14,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141343</t>
+  </si>
+  <si>
+    <t>47533-14</t>
+  </si>
+  <si>
+    <t>4867.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=16,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141344</t>
+  </si>
+  <si>
+    <t>47533-16</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=18,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141345</t>
+  </si>
+  <si>
+    <t>47533-18</t>
+  </si>
+  <si>
+    <t>4605.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=22,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141347</t>
+  </si>
+  <si>
+    <t>47533-22</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=24,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141348</t>
+  </si>
+  <si>
+    <t>47533-24</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=26,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141349</t>
+  </si>
+  <si>
+    <t>47533-26</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=28,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141350</t>
+  </si>
+  <si>
+    <t>47533-28</t>
+  </si>
+  <si>
+    <t>8524.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=30,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141351</t>
+  </si>
+  <si>
+    <t>47533-30</t>
+  </si>
+  <si>
+    <t>11304.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=32,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141352</t>
+  </si>
+  <si>
+    <t>47533-32</t>
+  </si>
+  <si>
+    <t>8786.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=12,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141393</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>04141394</t>
+  </si>
+  <si>
+    <t>12120.00₸</t>
+  </si>
+  <si>
+    <t>04141395</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>04141396</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>04141397</t>
+  </si>
+  <si>
+    <t>5606.00₸</t>
+  </si>
+  <si>
+    <t>04141398</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>04141399</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
+    <t>04142800</t>
+  </si>
+  <si>
+    <t>5197.00₸</t>
+  </si>
+  <si>
+    <t>04142801</t>
+  </si>
+  <si>
+    <t>10811.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Кольцо кондитерское;сталь нерж.;D=180,H=45мм;металлич.</t>
-[...385 lines deleted...]
-  <si>
     <t>04142802</t>
   </si>
   <si>
     <t>11635.00₸</t>
   </si>
   <si>
     <t>04142803</t>
   </si>
   <si>
     <t>19813.00₸</t>
   </si>
   <si>
     <t>04142804</t>
   </si>
   <si>
     <t>14084.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=34,H=2см;металлич.</t>
   </si>
   <si>
     <t>04142805</t>
   </si>
   <si>
     <t>13699.00₸</t>
@@ -785,51 +782,51 @@
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>1449.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=100,H=35мм;металлич.</t>
   </si>
   <si>
     <t>04142841</t>
   </si>
   <si>
     <t>CRR2</t>
   </si>
   <si>
     <t>1652.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>31 шт.</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=6,H=4см;металлич.</t>
   </si>
   <si>
     <t>04142842</t>
   </si>
   <si>
     <t>CRR3</t>
   </si>
   <si>
     <t>1260.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=75,H=40мм;металлич.</t>
   </si>
   <si>
     <t>04142852</t>
   </si>
   <si>
     <t>CRR4</t>
   </si>
@@ -851,53 +848,50 @@
   <si>
     <t>5234.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=50,H=45мм;металлич.</t>
   </si>
   <si>
     <t>04142900</t>
   </si>
   <si>
     <t>5169.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Круг»;сталь нерж.;D=70,H=45мм;металлич.</t>
   </si>
   <si>
     <t>04144250</t>
   </si>
   <si>
     <t>DM03</t>
   </si>
   <si>
     <t>3150.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо кондитерское «Проотель»;алюмин.;D=16,H=5см;металлич.</t>
   </si>
   <si>
     <t>04144252</t>
   </si>
   <si>
     <t>CRA165</t>
   </si>
   <si>
     <t>4627.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Проотель»;алюмин.;D=20,H=5см;металлич.</t>
   </si>
   <si>
     <t>04144253</t>
   </si>
   <si>
     <t>CRA205</t>
   </si>
   <si>
     <t>6328.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Проотель»;алюмин.;D=18,H=5см;металлич.</t>
@@ -929,155 +923,155 @@
   <si>
     <t>04144263</t>
   </si>
   <si>
     <t>CRA225</t>
   </si>
   <si>
     <t>6461.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=12,H=6см;металлич.</t>
   </si>
   <si>
     <t>04144276</t>
   </si>
   <si>
     <t>23347.00₸</t>
   </si>
   <si>
     <t>04144277</t>
   </si>
   <si>
     <t>15939.00₸</t>
   </si>
   <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=60,H=45мм</t>
+  </si>
+  <si>
+    <t>04144279</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>5175.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=70,H=45мм</t>
+  </si>
+  <si>
+    <t>04144280</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=80,H=45мм</t>
+  </si>
+  <si>
+    <t>04144281</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=60,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144509</t>
+  </si>
+  <si>
+    <t>12920600IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>10804.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=75,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144510</t>
+  </si>
+  <si>
+    <t>12920750IVV</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>10444.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=90,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144511</t>
+  </si>
+  <si>
+    <t>12920900IVV</t>
+  </si>
+  <si>
+    <t>10857.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское раздвижное;сталь нерж.;D=18/36,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144534</t>
+  </si>
+  <si>
+    <t>64958.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=18,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04144537</t>
+  </si>
+  <si>
+    <t>19582.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[6шт];сталь нерж.;D=6,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04144605</t>
+  </si>
+  <si>
+    <t>47425-03</t>
+  </si>
+  <si>
+    <t>9210.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Кольцо кондитерское;сталь нерж.;D=60,H=45мм</t>
-[...100 lines deleted...]
-  <si>
     <t>04144622</t>
   </si>
   <si>
     <t>30777.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=200,H=35мм;металлич.</t>
   </si>
   <si>
     <t>04144649</t>
   </si>
   <si>
     <t>9749.00₸</t>
   </si>
   <si>
     <t>04144688</t>
   </si>
   <si>
     <t>15862.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=280,H=45мм;металлич.</t>
   </si>
   <si>
     <t>04144689</t>
@@ -1352,107 +1346,104 @@
   <si>
     <t>5236.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=180,H=35мм</t>
   </si>
   <si>
     <t>04146562</t>
   </si>
   <si>
     <t>47530-18</t>
   </si>
   <si>
     <t>9063.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=10,H=6см</t>
   </si>
   <si>
     <t>04146580</t>
   </si>
   <si>
     <t>11358.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо кондитерское;сталь нерж.;D=60,H=35мм;металлич.</t>
   </si>
   <si>
     <t>04146924</t>
   </si>
   <si>
     <t>5822.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=8,H=6см</t>
   </si>
   <si>
     <t>04146989</t>
   </si>
   <si>
     <t>CRR13</t>
   </si>
   <si>
     <t>2149.00₸</t>
   </si>
   <si>
     <t>04146990</t>
   </si>
   <si>
     <t>CRR15</t>
   </si>
   <si>
     <t>2499.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=180,H=65мм</t>
   </si>
   <si>
     <t>04147236</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>6776.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
     <t>Кольцо кондитерское «Круг»;сталь нерж.;D=200,H=65мм;металлич.</t>
   </si>
   <si>
     <t>04147237</t>
   </si>
   <si>
     <t>7585.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо кондитерское;сталь нерж.;D=7,H=6см</t>
   </si>
   <si>
     <t>04147245</t>
   </si>
   <si>
     <t>CRR12</t>
   </si>
   <si>
     <t>2023.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=65,H=40мм</t>
   </si>
   <si>
     <t>04147259</t>
   </si>
   <si>
     <t>42474.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=75,H=40мм;металлич.</t>
   </si>
   <si>
     <t>04147304</t>
@@ -1475,53 +1466,50 @@
   <si>
     <t>04147306</t>
   </si>
   <si>
     <t>63564.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=60,H=45мм</t>
   </si>
   <si>
     <t>04147316</t>
   </si>
   <si>
     <t>26981.00₸</t>
   </si>
   <si>
     <t>04147344</t>
   </si>
   <si>
     <t>CRR11</t>
   </si>
   <si>
     <t>1701.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо кондитерское;сталь нерж.;D=9,H=6см</t>
   </si>
   <si>
     <t>04147345</t>
   </si>
   <si>
     <t>CRR14</t>
   </si>
   <si>
     <t>1897.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=45,H=45мм</t>
   </si>
   <si>
     <t>04147905</t>
   </si>
   <si>
     <t>37315.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=100,H=45мм;стальной</t>
   </si>
   <si>
     <t>04147948</t>
@@ -1541,63 +1529,57 @@
   <si>
     <t>04147957</t>
   </si>
   <si>
     <t>20.45.22</t>
   </si>
   <si>
     <t>Tramontina</t>
   </si>
   <si>
     <t>2282.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=19,H=5см</t>
   </si>
   <si>
     <t>04149231</t>
   </si>
   <si>
     <t>CPO</t>
   </si>
   <si>
     <t>4628.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=19,H=6см</t>
   </si>
   <si>
     <t>04149232</t>
   </si>
   <si>
     <t>5275.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=230,H=45мм</t>
   </si>
   <si>
     <t>04149233</t>
   </si>
   <si>
     <t>4928.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=28,H=7см</t>
   </si>
   <si>
     <t>04149234</t>
   </si>
   <si>
     <t>6014.00₸</t>
   </si>
   <si>
     <t>Кольцо кондитерское;сталь нерж.;D=26,H=6см</t>
   </si>
   <si>
     <t>09100467</t>
   </si>
@@ -6384,4511 +6366,4511 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L5" s="0">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L6" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D8" s="0">
         <v>375347</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L9" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L16" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L17" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L22" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="L29" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>153</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D46" s="0">
         <v>371609</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D47" s="0">
         <v>371610</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D48" s="0">
         <v>371611</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D49" s="0">
         <v>371612</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D50" s="0">
         <v>371613</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D51" s="0">
         <v>371614</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D52" s="0">
         <v>371615</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D53" s="0">
         <v>375104</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L53" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D54" s="0">
         <v>371616</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>90</v>
+        <v>218</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D55" s="0">
         <v>371617</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D56" s="0">
         <v>371618</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D57" s="0">
         <v>371619</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D58" s="0">
         <v>371620</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D59" s="0">
         <v>371701</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D60" s="0">
         <v>371703</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D61" s="0">
         <v>371705</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D62" s="0">
         <v>371707</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D63" s="0">
         <v>371708</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="E64" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L64" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="L65" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L67" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D69" s="0">
         <v>375114</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L69" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D70" s="0">
         <v>375102</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L70" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="L71" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L72" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L73" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L74" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L75" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L76" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D77" s="0">
         <v>371801</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D78" s="0">
         <v>371404</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>304</v>
+        <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D79" s="0">
         <v>3989.06</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D80" s="0">
         <v>3989.07</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D81" s="0">
         <v>3989.08</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="E82" s="0" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D85" s="0">
         <v>371420</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D86" s="0">
         <v>371804</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D88" s="0">
         <v>371805</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D89" s="0">
         <v>371206</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D90" s="0">
         <v>371410</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D91" s="0">
         <v>371412</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D93" s="0">
         <v>371201</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="D94" s="0">
         <v>371408</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D95" s="0">
         <v>371202</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D96" s="0">
         <v>371203</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D97" s="0">
         <v>371204</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D98" s="0">
         <v>371205</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D99" s="0">
         <v>371207</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D100" s="0">
         <v>371208</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D101" s="0">
         <v>371209</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D102" s="0">
         <v>371210</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D103" s="0">
         <v>371211</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D104" s="0">
         <v>371406</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D105" s="0">
         <v>371407</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D106" s="0">
         <v>371409</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D107" s="0">
         <v>371754</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D108" s="0">
         <v>371802</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D109" s="0">
         <v>371803</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D110" s="0">
         <v>371806</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D111" s="0">
         <v>371807</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D112" s="0">
         <v>371808</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D113" s="0">
         <v>371809</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="D114" s="0">
         <v>371810</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="D115" s="0">
         <v>371405</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D116" s="0">
         <v>371411</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="D117" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="C117" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E117" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="L117" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D118" s="0">
         <v>3040.01</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C119" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E119" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="D120" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="E120" s="0" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>432</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D121" s="0">
         <v>375071</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L121" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D123" s="0">
         <v>402246</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>445</v>
+        <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="D124" s="0">
         <v>375068</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L125" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L126" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D127" s="0"/>
       <c r="E127" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>256</v>
+        <v>457</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="D128" s="0"/>
       <c r="E128" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>463</v>
+        <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L129" s="0">
-        <v>96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D130" s="0">
         <v>375334</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D131" s="0">
         <v>375336</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D132" s="0">
         <v>375321</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D133" s="0">
         <v>375341</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D134" s="0">
         <v>375343</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>486</v>
+        <v>260</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L136" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="D137" s="0">
         <v>375340</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="D140" s="0"/>
       <c r="E140" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>508</v>
+        <v>24</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="D141" s="0"/>
       <c r="E141" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>512</v>
+        <v>24</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="D142" s="0"/>
       <c r="E142" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D143" s="0"/>
       <c r="E143" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L144" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>