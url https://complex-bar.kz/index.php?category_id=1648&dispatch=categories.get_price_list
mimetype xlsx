--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,197 +15,197 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="915">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="777">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Блюдо для подачи глубокое(ханди) с крышкой «Проотель»;сталь нерж.,медь;0,65л;D=150,H=65мм;медный</t>
+    <t>Кастрюля ханди «Проотель» для подачи глубокая с крышкой;сталь нерж.,медь;0,65л;D=150,H=65мм;медный</t>
   </si>
   <si>
     <t>03021173</t>
   </si>
   <si>
     <t>104HH15</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>Кастрюли для подачи</t>
   </si>
   <si>
     <t>23562.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля для запекания с ручками;эмалиров.чугун;0,55л;красный</t>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;0,55л;D=12см;красный</t>
   </si>
   <si>
     <t>03050273</t>
   </si>
   <si>
     <t>44201R12</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кастрюли из чугуна</t>
   </si>
   <si>
     <t>32056.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;250мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051102</t>
   </si>
   <si>
     <t>15410-10S/DM-1005MINIC</t>
   </si>
   <si>
     <t>Daming</t>
   </si>
   <si>
     <t>Ember Cast</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>5530.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с крышкой;чугун;0,55л;D=12см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,55л;D=12см;черный</t>
   </si>
   <si>
     <t>03051103</t>
   </si>
   <si>
     <t>15410-12S/DM-125MINICP</t>
   </si>
   <si>
     <t>5208.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,8л;D=14см;черный</t>
   </si>
   <si>
     <t>03051104</t>
   </si>
   <si>
     <t>15410-14S/DM-1407MINICP</t>
   </si>
   <si>
     <t>10507.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания овальная с крышкой;чугун;450мл;,L=15,B=10см;черный</t>
   </si>
   <si>
     <t>03051106</t>
   </si>
   <si>
     <t>DM-1711OCP</t>
   </si>
   <si>
     <t>7448.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст»;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
   </si>
   <si>
     <t>03051107</t>
   </si>
   <si>
     <t>15701-18S/DM-1814OCP</t>
   </si>
   <si>
     <t>8204.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;250мл;D=10см;красный</t>
   </si>
   <si>
     <t>03051108</t>
   </si>
   <si>
     <t>15410-10E</t>
   </si>
   <si>
     <t>13048.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
@@ -227,2583 +227,2169 @@
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;0,7л;D=14см;красный</t>
   </si>
   <si>
     <t>03051110</t>
   </si>
   <si>
     <t>15410-14E/DM-1407MINIC</t>
   </si>
   <si>
     <t>19698.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания овальная с крышкой;чугун;250мл;,L=125,B=91мм;красный</t>
   </si>
   <si>
     <t>03051111</t>
   </si>
   <si>
     <t>DM-1257OC</t>
   </si>
   <si>
     <t>10773.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с ручками;эмалиров.чугун;350мл;D=10см;красный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;350мл;D=10см;красный</t>
   </si>
   <si>
     <t>03051134</t>
   </si>
   <si>
     <t>44201R10</t>
   </si>
   <si>
     <t>53870.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с ручками;чугун;220мл;D=10см;черный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;чугун;220мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051168</t>
   </si>
   <si>
     <t>kt1504</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>4662.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;0,8л;,H=7,L=18,B=14см;красный</t>
   </si>
   <si>
     <t>03051539</t>
   </si>
   <si>
     <t>15701-18E</t>
   </si>
   <si>
     <t>15890.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;250мл;,H=70,L=125,B=90мм;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;250мл;,H=70,L=125,B=90мм;черный</t>
   </si>
   <si>
     <t>03051915</t>
   </si>
   <si>
     <t>15701-12B</t>
   </si>
   <si>
     <t>Ember Cast Matt</t>
   </si>
   <si>
     <t>5873.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;450мл;,H=7,L=15,B=10см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;450мл;,H=7,L=15,B=10см;черный</t>
   </si>
   <si>
     <t>03051916</t>
   </si>
   <si>
     <t>15701-15B</t>
   </si>
   <si>
     <t>12229.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
   </si>
   <si>
     <t>03051917</t>
   </si>
   <si>
     <t>15701-18B</t>
   </si>
   <si>
     <t>11655.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с матовым покрытием;чугун;2,6л;D=20,H=16см;черный</t>
+    <t>Кастрюля для запекания с крышкой с матовым покрытием;чугун;2,6л;D=20,H=16см;черный</t>
   </si>
   <si>
     <t>03051918</t>
   </si>
   <si>
     <t>15201-20B</t>
   </si>
   <si>
     <t>19873.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;2,5л;D=22,H=15,5см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;2,5л;D=22,H=15,5см;черный</t>
   </si>
   <si>
     <t>03051919</t>
   </si>
   <si>
     <t>15201-22B</t>
   </si>
   <si>
     <t>23387.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;250мл;,H=70,L=125,B=90мм;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;250мл;,H=70,L=125,B=90мм;красный,черный</t>
   </si>
   <si>
     <t>03051920</t>
   </si>
   <si>
     <t>15701-12E</t>
   </si>
   <si>
     <t>10843.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;450мл;,H=7,L=15,B=10см;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;450мл;,H=7,L=15,B=10см;красный,черный</t>
   </si>
   <si>
     <t>03051921</t>
   </si>
   <si>
     <t>15701-15E</t>
   </si>
   <si>
     <t>14112.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;2,6л;D=20,H=16см;красный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;2,6л;D=20,H=16см;красный</t>
   </si>
   <si>
     <t>03051922</t>
   </si>
   <si>
     <t>15201-20E</t>
   </si>
   <si>
     <t>22862.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;2,5л;D=22,H=15,5см;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;2,5л;D=22,H=15,5см;красный,черный</t>
   </si>
   <si>
     <t>03051923</t>
   </si>
   <si>
     <t>15201-22E</t>
   </si>
   <si>
     <t>26929.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,55л;D=12,H=5см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,55л;D=12,H=5см;черный</t>
   </si>
   <si>
     <t>03051926</t>
   </si>
   <si>
     <t>15410-12B</t>
   </si>
   <si>
     <t>11417.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,7л;D=14,H=7см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,7л;D=14,H=7см;черный</t>
   </si>
   <si>
     <t>03051927</t>
   </si>
   <si>
     <t>15410-14B</t>
   </si>
   <si>
     <t>11508.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;250мл;D=10см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;250мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051943</t>
   </si>
   <si>
     <t>15410-10B</t>
   </si>
   <si>
     <t>8470.00₸</t>
   </si>
   <si>
-    <t>Форма для приготовл.рыбы на пару;сталь нерж.;,H=14,5,L=52,6,B=16,9см;металлич.</t>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=14,5,L=52,6,B=16,9см;металлич.</t>
   </si>
   <si>
     <t>04010182</t>
   </si>
   <si>
     <t>41964-45</t>
   </si>
   <si>
     <t>Кастрюли из нержавеющей стали</t>
   </si>
   <si>
     <t>60030.00₸</t>
   </si>
   <si>
-    <t>Форма для приготовл.рыбы на пару;сталь нерж.;,H=14,5,L=68,B=19,5см;металлич.</t>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=14,5,L=68,B=19,5см;металлич.</t>
   </si>
   <si>
     <t>04010183</t>
   </si>
   <si>
     <t>41964-60</t>
   </si>
   <si>
     <t>129992.00₸</t>
   </si>
   <si>
-    <t>Кастрюля (индукция);сталь нерж.;30,8л;D=40,H=24,5,L=56,5см;металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кастрюля без крышки;сталь;8,5л;D=24,H=20,L=35,2см;металлич.</t>
   </si>
   <si>
     <t>04010208</t>
   </si>
   <si>
     <t>316003-24</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Induction</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>34852.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь;10,5л;D=26,H=20,7,L=37,7см;металлич.</t>
   </si>
   <si>
     <t>04010209</t>
   </si>
   <si>
     <t>316003-26</t>
   </si>
   <si>
     <t>47933.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь;3,75л;D=240,H=95,L=360,B=250мм;металлич.</t>
   </si>
   <si>
     <t>04010215</t>
   </si>
   <si>
     <t>316009-24</t>
   </si>
   <si>
     <t>26150.00₸</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=30,H=31,L=45,1см;металлич.</t>
-[...5 lines deleted...]
-    <t>142443.00₸</t>
+    <t>Кастрюля без крышки;сталь нерж.;9,75л;D=28,H=16,5,L=40,B=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010221</t>
+  </si>
+  <si>
+    <t>83938.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;12л;D=30,H=17,L=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04010222</t>
+  </si>
+  <si>
+    <t>108832.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Котелок;чугун;420мл;D=125,H=80,L=155мм;черный</t>
+  </si>
+  <si>
+    <t>04010239</t>
+  </si>
+  <si>
+    <t>HCK</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>25426.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь;5,5л;D=24,H=12,9,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04010241</t>
+  </si>
+  <si>
+    <t>316005-24</t>
+  </si>
+  <si>
+    <t>35228.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Пардини» без крышки;сталь нерж.;6л;D=20,H=20см</t>
+  </si>
+  <si>
+    <t>04010280</t>
+  </si>
+  <si>
+    <t>809-20</t>
+  </si>
+  <si>
+    <t>28589.00₸</t>
+  </si>
+  <si>
+    <t>Котелок -кокотница;чугун;230мл;D=90,H=70,L=135мм;черный</t>
+  </si>
+  <si>
+    <t>04010292</t>
+  </si>
+  <si>
+    <t>LHP3</t>
+  </si>
+  <si>
+    <t>10958.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,2л;D=16,H=16,L=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010293</t>
+  </si>
+  <si>
+    <t>11001-16</t>
+  </si>
+  <si>
+    <t>53954.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;4л;D=18,H=16,2,L=27,B=19,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010294</t>
+  </si>
+  <si>
+    <t>11001-18</t>
+  </si>
+  <si>
+    <t>40764.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5,5л;D=20,H=18,L=29,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04010295</t>
+  </si>
+  <si>
+    <t>11001-20</t>
+  </si>
+  <si>
+    <t>75522.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;8,3л;D=22,H=22,L=32,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04010296</t>
+  </si>
+  <si>
+    <t>11001-22</t>
+  </si>
+  <si>
+    <t>46662.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;10,5л;D=24,H=24,L=34,B=25,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010297</t>
+  </si>
+  <si>
+    <t>11001-24</t>
+  </si>
+  <si>
+    <t>89451.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,9л;D=16,H=10,L=25,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010604</t>
+  </si>
+  <si>
+    <t>11007-16</t>
+  </si>
+  <si>
+    <t>33750.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,7л;D=18,H=11,4,L=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04010606</t>
+  </si>
+  <si>
+    <t>11007-18</t>
+  </si>
+  <si>
+    <t>40510.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,8л;D=20,H=12,5,L=29,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04010607</t>
+  </si>
+  <si>
+    <t>11007-20</t>
+  </si>
+  <si>
+    <t>58066.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5л;D=22,H=13,5,L=31,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04010608</t>
+  </si>
+  <si>
+    <t>11007-22</t>
+  </si>
+  <si>
+    <t>73220.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;6,5л;D=24,H=15,5,L=33,5,B=25,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010609</t>
+  </si>
+  <si>
+    <t>11007-24</t>
+  </si>
+  <si>
+    <t>79241.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;9,8л;D=28,H=16,5,L=38,B=29,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010610</t>
+  </si>
+  <si>
+    <t>11007-28</t>
+  </si>
+  <si>
+    <t>106222.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;15,4л;D=32,H=19,5,L=44,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04010611</t>
+  </si>
+  <si>
+    <t>11007-32</t>
+  </si>
+  <si>
+    <t>136745.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;4л;D=24,H=10,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010639</t>
+  </si>
+  <si>
+    <t>306009-24</t>
+  </si>
+  <si>
+    <t>65920.00₸</t>
+  </si>
+  <si>
+    <t>Котелок «Эмбер Каст»;чугун;460мл;D=120/65,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>04010660</t>
+  </si>
+  <si>
+    <t>HE1002</t>
+  </si>
+  <si>
+    <t>7147.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Набор кастрюль для мидий[2шт];эмалиров.сталь;0,8л;D=14,H=15,L=18см;черный</t>
+  </si>
+  <si>
+    <t>04010661</t>
+  </si>
+  <si>
+    <t>00623</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>16471.00₸</t>
+  </si>
+  <si>
+    <t>Набор кастрюль для мидий[2шт];эмалиров.сталь;2,75л;D=18,5,H=20,L=25см;черный</t>
+  </si>
+  <si>
+    <t>04010662</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Набор кастрюль для мидий[2шт];эмалиров.сталь;3,5л;D=20,5,H=22,L=27см;черный</t>
+  </si>
+  <si>
+    <t>04010663</t>
+  </si>
+  <si>
+    <t>00626</t>
+  </si>
+  <si>
+    <t>20160.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,7л;D=240,H=83,L=336мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010665</t>
+  </si>
+  <si>
+    <t>11009-24</t>
+  </si>
+  <si>
+    <t>43837.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,3л;D=160,H=68,L=247мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010666</t>
+  </si>
+  <si>
+    <t>11009-16</t>
+  </si>
+  <si>
+    <t>26111.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,8л;D=180,H=78,L=269мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010667</t>
+  </si>
+  <si>
+    <t>11009-18</t>
+  </si>
+  <si>
+    <t>28267.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,5л;D=200,H=76,L=295мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010668</t>
+  </si>
+  <si>
+    <t>11009-20</t>
+  </si>
+  <si>
+    <t>56957.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;5л;D=24,H=11,8,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010669</t>
+  </si>
+  <si>
+    <t>12507-24</t>
+  </si>
+  <si>
+    <t>77054.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;8,5л;D=28,H=14,1,L=40,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04010670</t>
+  </si>
+  <si>
+    <t>12507-28</t>
+  </si>
+  <si>
+    <t>117364.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;2,8л;D=200,H=97,L=303мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010671</t>
+  </si>
+  <si>
+    <t>12509-20</t>
+  </si>
+  <si>
+    <t>44206.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;4,7л;D=24,H=10,7,L=36,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010672</t>
+  </si>
+  <si>
+    <t>12509-24</t>
+  </si>
+  <si>
+    <t>74637.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;6,5л;D=28,H=11,2,L=40,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010673</t>
+  </si>
+  <si>
+    <t>12509-28</t>
+  </si>
+  <si>
+    <t>105375.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5,8л;D=28,H=10,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04010674</t>
+  </si>
+  <si>
+    <t>11009-28</t>
+  </si>
+  <si>
+    <t>97968.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;9,2л;D=32,H=11,8,L=44,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010675</t>
+  </si>
+  <si>
+    <t>11009-32</t>
+  </si>
+  <si>
+    <t>117233.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;13л;D=36,H=13,5,L=49,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04010676</t>
+  </si>
+  <si>
+    <t>11009-36</t>
+  </si>
+  <si>
+    <t>155764.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;чугун;6,6л;D=31,H=18,L=40см;черный</t>
+  </si>
+  <si>
+    <t>04010683</t>
+  </si>
+  <si>
+    <t>L10DOL3</t>
+  </si>
+  <si>
+    <t>116979.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;12,8л;D=32,H=15,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04010685</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Excellence</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>113614.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;18,3л;D=36,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010686</t>
+  </si>
+  <si>
+    <t>244191.00₸</t>
+  </si>
+  <si>
+    <t>Набор кастрюль для мидий[2шт];эмалиров.сталь;5л;D=24,5,H=25,5,L=32,5см;черный</t>
+  </si>
+  <si>
+    <t>04010689</t>
+  </si>
+  <si>
+    <t>27066.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;12,8л;D=32,H=16,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04010695</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>65909.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;17,2л;D=28,H=28,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04010697</t>
+  </si>
+  <si>
+    <t>60864.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;14,5л;D=32,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010724</t>
+  </si>
+  <si>
+    <t>138008.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля для запекания с крышкой;чугун;3,8л;D=24,H=17,L=34см;черный</t>
+  </si>
+  <si>
+    <t>04011702</t>
+  </si>
+  <si>
+    <t>071104</t>
+  </si>
+  <si>
+    <t>124918.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;11л;D=28,H=19,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04011705</t>
+  </si>
+  <si>
+    <t>58352.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;5,4л;D=24,H=12,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04011707</t>
+  </si>
+  <si>
+    <t>40447.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;8,6л;D=28,H=14,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04011708</t>
+  </si>
+  <si>
+    <t>51744.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» + 4 стрейнера без крышки;сталь нерж.;18,3л;D=36,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04011716</t>
+  </si>
+  <si>
+    <t>343698.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
+  </si>
+  <si>
+    <t>04011718</t>
+  </si>
+  <si>
+    <t>OP0096/20TP0</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>Кастрюли из алюминия</t>
+  </si>
+  <si>
+    <t>45854.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
+  </si>
+  <si>
+    <t>04011719</t>
+  </si>
+  <si>
+    <t>OP0096/24TP0</t>
+  </si>
+  <si>
+    <t>57750.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;4,5л;D=28,H=11,5,B=37,5см;черный</t>
+  </si>
+  <si>
+    <t>04011720</t>
+  </si>
+  <si>
+    <t>OP0096/28TP0</t>
+  </si>
+  <si>
+    <t>66390.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
+  </si>
+  <si>
+    <t>04011721</t>
+  </si>
+  <si>
+    <t>OP096IN/20TP</t>
+  </si>
+  <si>
+    <t>59575.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
+  </si>
+  <si>
+    <t>04011722</t>
+  </si>
+  <si>
+    <t>OP096IN/24TP</t>
+  </si>
+  <si>
+    <t>71048.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;25л;D=40,H=20,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04011729</t>
+  </si>
+  <si>
+    <t>214992.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;5л;D=26,H=9см;медный</t>
+  </si>
+  <si>
+    <t>04011738</t>
+  </si>
+  <si>
+    <t>15209-26</t>
+  </si>
+  <si>
+    <t>Кастрюли из меди</t>
+  </si>
+  <si>
+    <t>226273.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.,алюмин.;12,8л;D=32,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04011774</t>
+  </si>
+  <si>
+    <t>Tradition</t>
+  </si>
+  <si>
+    <t>159706.00₸</t>
+  </si>
+  <si>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=13,L=67,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04011777</t>
+  </si>
+  <si>
+    <t>073597</t>
+  </si>
+  <si>
+    <t>147586.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;12л;D=36,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04011781</t>
+  </si>
+  <si>
+    <t>129568.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,2л;D=16,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04011786</t>
+  </si>
+  <si>
+    <t>11101-16</t>
+  </si>
+  <si>
+    <t>91407.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;10л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04011788</t>
+  </si>
+  <si>
+    <t>11101-24</t>
+  </si>
+  <si>
+    <t>164180.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;16,5л;D=28,H=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04011790</t>
+  </si>
+  <si>
+    <t>11101-28</t>
+  </si>
+  <si>
+    <t>108517.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,7л;D=16,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04011791</t>
+  </si>
+  <si>
+    <t>11105-16</t>
+  </si>
+  <si>
+    <t>39871.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;8,5л;D=24,H=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04011794</t>
+  </si>
+  <si>
+    <t>11105-24</t>
+  </si>
+  <si>
+    <t>76508.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;14,5л;D=28,H=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04011795</t>
+  </si>
+  <si>
+    <t>11105-28</t>
+  </si>
+  <si>
+    <t>89906.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Классик» с крышкой;сталь нерж.;5,5л;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012900</t>
+  </si>
+  <si>
+    <t>38400524/38403024</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;8,6л;D=28,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04012904</t>
+  </si>
+  <si>
+    <t>106977.00₸</t>
+  </si>
+  <si>
+    <t>Котелок;эмалиров.чугун;0,55л;D=15см</t>
+  </si>
+  <si>
+    <t>04012908</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>27321.00₸</t>
+  </si>
+  <si>
+    <t>Котелок;эмалиров.чугун;1,4л;D=19,H=8см</t>
+  </si>
+  <si>
+    <t>04012909</t>
+  </si>
+  <si>
+    <t>23208.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Классик» с крышкой;сталь нерж.;5л;D=20,H=16,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04012921</t>
+  </si>
+  <si>
+    <t>3840B320/38403020</t>
+  </si>
+  <si>
+    <t>26850.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;3л;D=200,H=95мм;медный</t>
+  </si>
+  <si>
+    <t>04012942</t>
+  </si>
+  <si>
+    <t>BAR28 copper</t>
+  </si>
+  <si>
+    <t>53690.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь) уцененная;сталь нерж.,алюмин.;3л;D=200,H=95мм;медный</t>
+  </si>
+  <si>
+    <t>04012942-У1</t>
+  </si>
+  <si>
+    <t>BAR28 copper/у</t>
+  </si>
+  <si>
+    <t>64428.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;6л;D=24,H=13,5см</t>
+  </si>
+  <si>
+    <t>04012943</t>
+  </si>
+  <si>
+    <t>BAR29 copper</t>
+  </si>
+  <si>
+    <t>114793.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;25,75л;D=32,H=33,L=47,7,B=34см;металлич.</t>
-[...56 lines deleted...]
-    <t>108832.00₸</t>
+    <t>Кастрюля с крышкой 3-х слойная (медь) уцененная;сталь нерж.,алюмин.;6л;D=24,H=13,5см</t>
+  </si>
+  <si>
+    <t>04012943-У1</t>
+  </si>
+  <si>
+    <t>BAR29 copper/у</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки порционная;алюмин.,антиприг.покр.;450мл;D=10,H=6см</t>
+  </si>
+  <si>
+    <t>04012949</t>
+  </si>
+  <si>
+    <t>16137-10</t>
+  </si>
+  <si>
+    <t>33318.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюмин.;2,1л;D=16,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04012952</t>
+  </si>
+  <si>
+    <t>16107-16</t>
+  </si>
+  <si>
+    <t>25372.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Прима Матера» с крышкой;медь,сталь нерж.;4,9л;D=280,H=92мм</t>
+  </si>
+  <si>
+    <t>04012953</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>Prima Matera</t>
+  </si>
+  <si>
+    <t>404990.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;6л;D=28,H=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04012958</t>
+  </si>
+  <si>
+    <t>BAR47 induction</t>
+  </si>
+  <si>
+    <t>32242.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;7л;D=30,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04012959</t>
+  </si>
+  <si>
+    <t>BAR46 induction</t>
+  </si>
+  <si>
+    <t>35455.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;8л;D=32/29,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04012960</t>
+  </si>
+  <si>
+    <t>BAR45 induction</t>
+  </si>
+  <si>
+    <t>43463.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;13л;D=36,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04012961</t>
+  </si>
+  <si>
+    <t>BAR44 induction</t>
+  </si>
+  <si>
+    <t>54089.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;18л;D=40,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04012962</t>
+  </si>
+  <si>
+    <t>BAR43 induction</t>
+  </si>
+  <si>
+    <t>65765.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;4,5л;D=18,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04012965</t>
+  </si>
+  <si>
+    <t>BAR57w/o lid ind</t>
+  </si>
+  <si>
+    <t>20741.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;6л;D=20,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012966</t>
+  </si>
+  <si>
+    <t>BAR58w/o lid ind</t>
+  </si>
+  <si>
+    <t>22869.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;7,5л;D=22,H=20см</t>
+  </si>
+  <si>
+    <t>04012967</t>
+  </si>
+  <si>
+    <t>BAR59w/o lid ind</t>
+  </si>
+  <si>
+    <t>26313.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;10,5л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012968</t>
+  </si>
+  <si>
+    <t>BAR60w/o lid ind</t>
+  </si>
+  <si>
+    <t>29470.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;11,5л;D=26,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04012969</t>
+  </si>
+  <si>
+    <t>BAR61w/o lid ind</t>
+  </si>
+  <si>
+    <t>34825.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;13,5л;D=28,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04012970</t>
+  </si>
+  <si>
+    <t>BAR62w/o lid ind</t>
+  </si>
+  <si>
+    <t>33390.00₸</t>
+  </si>
+  <si>
+    <t>Набор кастрюль для мидий[2шт];эмалиров.сталь;1,5л;D=18,H=15см;черный</t>
+  </si>
+  <si>
+    <t>04012976</t>
+  </si>
+  <si>
+    <t>070974</t>
+  </si>
+  <si>
+    <t>18711.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки порционная;алюмин.,антиприг.покр.;300мл;D=10,H=4см</t>
+  </si>
+  <si>
+    <t>04012977</t>
+  </si>
+  <si>
+    <t>16139-10</t>
+  </si>
+  <si>
+    <t>23470.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюм.литой,антиприг.покр.;0,75л;D=160,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>04012978</t>
+  </si>
+  <si>
+    <t>000098/16TP0</t>
+  </si>
+  <si>
+    <t>19866.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюм.литой,антиприг.покр.;1,5л;D=200,H=65мм;черный</t>
+  </si>
+  <si>
+    <t>04012979</t>
+  </si>
+  <si>
+    <t>000098/20TP0</t>
+  </si>
+  <si>
+    <t>21599.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;9л;D=24,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012984</t>
+  </si>
+  <si>
+    <t>BAR07 induction</t>
+  </si>
+  <si>
+    <t>29057.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;9л;D=24,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012995</t>
+  </si>
+  <si>
+    <t>BARS07 induction</t>
+  </si>
+  <si>
+    <t>24437.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;15л;D=30,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012996</t>
+  </si>
+  <si>
+    <t>BARS10 induction</t>
+  </si>
+  <si>
+    <t>69258.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;4,5л;D=18,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04012997</t>
+  </si>
+  <si>
+    <t>BARS57 induction</t>
+  </si>
+  <si>
+    <t>20909.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;6л;D=20,H=20см</t>
+  </si>
+  <si>
+    <t>04012998</t>
+  </si>
+  <si>
+    <t>BARS58 induction</t>
+  </si>
+  <si>
+    <t>22883.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;7,5л;D=22,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012999</t>
+  </si>
+  <si>
+    <t>BARS59 induction</t>
+  </si>
+  <si>
+    <t>24654.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;10,75л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04013302</t>
+  </si>
+  <si>
+    <t>BARS60 induction</t>
+  </si>
+  <si>
+    <t>31080.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;11,5л;D=26,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04013303</t>
+  </si>
+  <si>
+    <t>BARS61 induction</t>
+  </si>
+  <si>
+    <t>34069.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;13,5л;D=28,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04013304</t>
+  </si>
+  <si>
+    <t>BARS62 induction</t>
+  </si>
+  <si>
+    <t>42623.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Д.Грин» с крышкой;алюм.литой;3,5л;D=24,H=10,3см;зелен.</t>
+  </si>
+  <si>
+    <t>04013311</t>
+  </si>
+  <si>
+    <t>00097DR/24GS</t>
+  </si>
+  <si>
+    <t>Dr. Green</t>
+  </si>
+  <si>
+    <t>82552.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Д.Грин» с крышкой;алюм.литой;3л;D=28,H=7см;зелен.</t>
+  </si>
+  <si>
+    <t>04013312</t>
+  </si>
+  <si>
+    <t>00099DR/28GS</t>
+  </si>
+  <si>
+    <t>76307.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Д.Грин» с крышкой (индукция);алюм.литой;3л;D=24,H=18,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04013323</t>
+  </si>
+  <si>
+    <t>00097DRIN/24</t>
+  </si>
+  <si>
+    <t>Dr. Green Induction</t>
+  </si>
+  <si>
+    <t>83153.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Д.Грин» с крышкой (индукция);алюм.литой;3,5л;D=28,H=7см;зелен.</t>
+  </si>
+  <si>
+    <t>04013324</t>
+  </si>
+  <si>
+    <t>00099DRIN/28</t>
+  </si>
+  <si>
+    <t>92300.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;2,25л;D=20см;черный</t>
+  </si>
+  <si>
+    <t>04013334</t>
+  </si>
+  <si>
+    <t>00097PIN/20P</t>
+  </si>
+  <si>
+    <t>Le Pignatte</t>
+  </si>
+  <si>
+    <t>84546.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;3,5л;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04013335</t>
+  </si>
+  <si>
+    <t>00097PIN/24P</t>
+  </si>
+  <si>
+    <t>96597.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;4,5л;D=28см</t>
+  </si>
+  <si>
+    <t>04013336</t>
+  </si>
+  <si>
+    <t>00097PIN/28P</t>
+  </si>
+  <si>
+    <t>113252.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюмин.;10,8л;D=28,H=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04013350</t>
+  </si>
+  <si>
+    <t>16107-28</t>
+  </si>
+  <si>
+    <t>39632.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюмин.,антиприг.покр.;6,5л;D=24,H=15см</t>
+  </si>
+  <si>
+    <t>04013351</t>
+  </si>
+  <si>
+    <t>16127-24</t>
+  </si>
+  <si>
+    <t>55256.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «15500» без крышки;сталь нерж.,медь;1,6л;D=16,H=8см</t>
+  </si>
+  <si>
+    <t>04013352</t>
+  </si>
+  <si>
+    <t>15507-16</t>
+  </si>
+  <si>
+    <t>119882.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;алюмин.;4л;D=20,H=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04013353</t>
+  </si>
+  <si>
+    <t>16107-20</t>
+  </si>
+  <si>
+    <t>25495.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;1л;D=16,H=11см;красный</t>
+  </si>
+  <si>
+    <t>04013354</t>
+  </si>
+  <si>
+    <t>44201R16</t>
+  </si>
+  <si>
+    <t>85517.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Гранито» с крышкой (индукция);алюм.литой;D=24,H=11см;серый</t>
+  </si>
+  <si>
+    <t>04013357</t>
+  </si>
+  <si>
+    <t>0197GRIN/24H</t>
+  </si>
+  <si>
+    <t>62555.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Гранито» с крышкой (индукция);алюм.литой;D=24,H=7см;серый</t>
+  </si>
+  <si>
+    <t>04013358</t>
+  </si>
+  <si>
+    <t>0199GRIN/24H</t>
+  </si>
+  <si>
+    <t>62786.00₸</t>
+  </si>
+  <si>
+    <t>Скороварка;сталь нерж.;6л;D=22см</t>
+  </si>
+  <si>
+    <t>04013385</t>
+  </si>
+  <si>
+    <t>71949.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;5л;D=20,H=16,5,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04013391-Э</t>
+  </si>
+  <si>
+    <t>3840B320</t>
+  </si>
+  <si>
+    <t>MASTER</t>
+  </si>
+  <si>
+    <t>54786.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;6,5л;D=22,H=17,6см</t>
+  </si>
+  <si>
+    <t>04013392-Э</t>
+  </si>
+  <si>
+    <t>3840B322</t>
+  </si>
+  <si>
+    <t>51236.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;8,5л;D=24,H=19,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04013393-Э</t>
+  </si>
+  <si>
+    <t>3840B324</t>
+  </si>
+  <si>
+    <t>71064.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=36,H=22,L=50,9см;металлич.</t>
-[...185 lines deleted...]
-    <t>214977.00₸</t>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;3,25л;D=20,H=10,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04013394</t>
+  </si>
+  <si>
+    <t>38493.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;5,5л;D=24,H=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04013395-Э</t>
+  </si>
+  <si>
+    <t>56557.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;2,5л;D=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04014000-Э</t>
+  </si>
+  <si>
+    <t>3840B316</t>
+  </si>
+  <si>
+    <t>49188.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;1,65л;D=160,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04014105</t>
+  </si>
+  <si>
+    <t>41919.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;2,4л;D=180,H=95мм</t>
+  </si>
+  <si>
+    <t>04014106-Э</t>
+  </si>
+  <si>
+    <t>40633.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;3,5л;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04014107</t>
+  </si>
+  <si>
+    <t>57881.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;5,5л;D=28,H=9см</t>
+  </si>
+  <si>
+    <t>04014118</t>
+  </si>
+  <si>
+    <t>92193.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Тавола Ле Пиколе Голд Эйдж» без крышки;алюмин.;D=12см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04014125</t>
+  </si>
+  <si>
+    <t>Italo Ottinetti</t>
+  </si>
+  <si>
+    <t>Tavola Le Piccole Gold Age</t>
+  </si>
+  <si>
+    <t>17580.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;5,3л;D=22,H=14см;матовый</t>
+  </si>
+  <si>
+    <t>04014139</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>42312.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;7л;D=24,H=15см;матовый</t>
+  </si>
+  <si>
+    <t>04014140</t>
+  </si>
+  <si>
+    <t>37030.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;11л;D=28,H=17см;матовый</t>
+  </si>
+  <si>
+    <t>04014141</t>
+  </si>
+  <si>
+    <t>54670.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;14,1л;D=30,H=20см;матовый</t>
+  </si>
+  <si>
+    <t>04014142</t>
+  </si>
+  <si>
+    <t>71379.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;15л;D=32,H=19см;матовый</t>
+  </si>
+  <si>
+    <t>04014143</t>
+  </si>
+  <si>
+    <t>85124.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;медь,олово;D=28,H=11см;медный</t>
+  </si>
+  <si>
+    <t>04014152</t>
+  </si>
+  <si>
+    <t>5690/28</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>501748.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;медь,олово;0,8л;D=120,H=75мм;медный</t>
+  </si>
+  <si>
+    <t>04014153</t>
+  </si>
+  <si>
+    <t>5320/12-10</t>
+  </si>
+  <si>
+    <t>82983.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Тавола Ле Пиколе Бронз Эйдж» с крышкой;алюмин.,керамика;D=10см;металлич.,бронз.</t>
+  </si>
+  <si>
+    <t>04015101</t>
+  </si>
+  <si>
+    <t>1595BR010</t>
+  </si>
+  <si>
+    <t>TAVOLA Le Piccole Bronze Age</t>
+  </si>
+  <si>
+    <t>65204.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «15500» без крышки;сталь нерж.,медь;6,3л;D=24,H=14см;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04019008</t>
+  </si>
+  <si>
+    <t>15507-24</t>
+  </si>
+  <si>
+    <t>231016.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;3л;D=20,H=10см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019048</t>
+  </si>
+  <si>
+    <t>AL08</t>
+  </si>
+  <si>
+    <t>Whitford</t>
+  </si>
+  <si>
+    <t>14434.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;4л;D=22,H=11см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019049</t>
+  </si>
+  <si>
+    <t>AL09</t>
+  </si>
+  <si>
+    <t>16359.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;5,5л;D=24,H=13,5см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019050</t>
+  </si>
+  <si>
+    <t>AL10</t>
+  </si>
+  <si>
+    <t>19572.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;8л;D=26,H=16см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019051</t>
+  </si>
+  <si>
+    <t>AL11</t>
+  </si>
+  <si>
+    <t>23135.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;10,5л;D=28,H=18см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019052</t>
+  </si>
+  <si>
+    <t>AL12</t>
+  </si>
+  <si>
+    <t>27314.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;3,5л;D=24,H=9см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019053</t>
+  </si>
+  <si>
+    <t>AL14</t>
+  </si>
+  <si>
+    <t>16660.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;4,5л;D=26,H=9см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04019054</t>
+  </si>
+  <si>
+    <t>AL15</t>
+  </si>
+  <si>
+    <t>18235.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;алюмин.,сталь нерж.;2,4л;D=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04019134</t>
+  </si>
+  <si>
+    <t>3820V120</t>
+  </si>
+  <si>
+    <t>48937.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;алюмин.,сталь нерж.;5л;D=24см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04019135</t>
+  </si>
+  <si>
+    <t>3820V124</t>
+  </si>
+  <si>
+    <t>66535.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля для сервировки порционная без крышки;сталь нерж.;0,64л;D=12,H=6см</t>
+  </si>
+  <si>
+    <t>04021324</t>
+  </si>
+  <si>
+    <t>15550120ICV</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;17,1л;D=32,H=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>09100108</t>
+  </si>
+  <si>
+    <t>390683.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;11л;D=28,H=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>09100117</t>
+  </si>
+  <si>
+    <t>134034.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=250,B=330</t>
+  </si>
+  <si>
+    <t>03051967</t>
+  </si>
+  <si>
+    <t>5 stars</t>
+  </si>
+  <si>
+    <t>112328.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;крас</t>
+  </si>
+  <si>
+    <t>03051963</t>
+  </si>
+  <si>
+    <t>83884.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;3л;D=28,H=7см;антрац</t>
+  </si>
+  <si>
+    <t>03051966</t>
+  </si>
+  <si>
+    <t>98106.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;антр</t>
+  </si>
+  <si>
+    <t>03051964</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;сини</t>
+  </si>
+  <si>
+    <t>03051965</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Кастрюля (индукция);сталь нерж.;1,9л;D=16,H=10,L=25,B=18см;металлич.</t>
-[...1820 lines deleted...]
-    <t>04019154</t>
+    <t>Набор кастрюль для мидий[2шт];сталь нерж.;2,8л;D=18см;белый</t>
+  </si>
+  <si>
+    <t>04019166</t>
+  </si>
+  <si>
+    <t>111.018W</t>
   </si>
   <si>
     <t>Cosy&amp;Trendy</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
-    <t>12821.00₸</t>
-[...115 lines deleted...]
-  <si>
     <t>19343.00₸</t>
   </si>
   <si>
     <t>Набор кастрюль для мидий[2шт];сталь нерж.;D=18см;черный</t>
   </si>
   <si>
     <t>04019165</t>
   </si>
   <si>
     <t>13591.00₸</t>
   </si>
   <si>
     <t>Набор кастрюль для мидий[2шт];сталь нерж.;2,8л;D=18см;синий</t>
   </si>
   <si>
     <t>04019167</t>
   </si>
   <si>
     <t>111.018B</t>
   </si>
   <si>
     <t>Набор кастрюль для мидий для индукции[2шт];сталь нерж.;D=18см;черный</t>
   </si>
   <si>
     <t>04019164</t>
   </si>
   <si>
     <t>14292.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=25,B=33см</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=25,B=33см</t>
   </si>
   <si>
     <t>04021707</t>
   </si>
   <si>
     <t>72121.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;4л;D=25,H=17,5см;ант</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;4л;D=25,H=17,5см;ант</t>
   </si>
   <si>
     <t>04019169</t>
   </si>
   <si>
-    <t>58429.00₸</t>
+    <t>79037.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2818,51 +2404,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB8F-4253-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31861A9A-21BA-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB5-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB6-4254-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB7-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB9-4254-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBA-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBB-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75D-8149-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBC-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBD-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B8D8B56-21BA-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36EC62-06B4-11EE-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD65D-5BE7-11EF-BC4D-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E21E4-1353-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2296-1353-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D5409-1353-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C03FE2-DCD2-11EE-BC3E-0050569297EB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E210D-1353-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1F6C-1353-11EE-BC09-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2037-1353-11EE-BC09-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BC46917-DCD2-11EE-BC3E-0050569297EB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1EA8-1353-11EE-BC09-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43F36-1353-11EE-BC09-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43127-1353-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C117F558-0070-11EE-BC09-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2224-EA55-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2223-EA55-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190955-EA58-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6C-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6E-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E76-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E77-424C-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E79-424C-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7B-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7D-424C-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34B-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34D-424C-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34F-424C-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB350-424C-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB351-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB372-424C-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0EC61-21C1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578A-424D-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53077A1F-424D-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB420-424D-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23CE1-21C1-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E239C1-21C1-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23921-21C1-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE870AC-21C1-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE704D2-21C1-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE701A0-21C1-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FF20-21C1-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23BA1-21C1-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB684-EA58-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095D-EA58-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF247-696D-11EC-BBF7-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F73-696D-11EC-BBF7-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F72-696D-11EC-BBF7-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F71-696D-11EC-BBF7-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24D-696D-11EC-BBF7-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24A-696D-11EC-BBF7-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F78-696D-11EC-BBF7-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C053B-EA58-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A7E-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78323-21C1-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AA-424E-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AB-424E-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AA2-424E-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190956-EA58-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB686-EA58-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB685-EA58-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095F-EA58-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93216-EA58-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93214-EA58-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93218-EA58-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93217-EA58-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93215-EA58-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0538-EA58-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954E-EA58-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24E-696D-11EC-BBF7-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24B-696D-11EC-BBF7-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF249-696D-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F76-696D-11EC-BBF7-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B416197-424F-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A682-3126-11EC-BBF4-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A680-3126-11EC-BBF4-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FD0-424F-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F14-424F-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F16-424F-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299A8-424E-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F28-424F-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9411-424F-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9417-424F-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9418-424F-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECB0B-21C1-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C82-E3D5-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C81-E3D5-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E629-E3D5-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC5-E3D6-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC4-E3D6-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD5-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD6-F162-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B131-4250-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE86CEC-21C1-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442C-4250-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C0-4250-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5A-4250-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23C41-21C1-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23B01-21C1-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70432-21C1-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70252-21C1-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70100-21C1-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FE80-21C1-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8700C-21C1-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70392-21C1-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030747E-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394175-4251-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DD-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DF-4251-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B481347-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B481295-21C4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378ACF-4251-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AD4-4251-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC3-E3D6-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4F1D707-C727-11ED-BC05-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648DF0-21C5-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78A5384-4439-11EB-BBDF-005056921CC4128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648D3E-21C5-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395C68AB-21D6-11EF-BC47-00505692C447130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320F-EA58-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B035-EA58-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFB2D599-F162-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A96-4252-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A97-4252-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A98-4252-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A99-4252-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A9A-4252-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61E-4252-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551B-4252-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551C-4252-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551D-4252-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551F-4252-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5520-4252-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD9-4252-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320D-EA58-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FAF0-4253-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C8B-E3D5-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B671-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDF44-21C5-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F00-4253-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F01-4253-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC2-E3D6-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F12-4253-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F13-4253-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7B-4253-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7C-4253-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7E-4253-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462727A-21C5-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648B3A-21C5-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA7897DE-4253-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648BEC-21C5-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648C9E-21C5-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DA-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DD-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DF-4254-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B036-EA58-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320E-EA58-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B031-EA58-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B034-EA58-11EB-BBF2-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E64881A-21C5-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C86-E3D5-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C85-E3D5-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B800-21C3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12A8DF4D-AD58-11E9-BBC3-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E56B02A-AD58-11E9-BBC3-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080F31-AD58-11E9-BBC3-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32723AD5-AD58-11E9-BBC3-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C66F6D3-AD58-11E9-BBC3-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1D08F7-FAF6-11E9-BBC6-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986F5DDD-FAF6-11E9-BBC6-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A217CD73-FAF6-11E9-BBC6-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC162B2F-FAF6-11E9-BBC6-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABC890D4-0737-11EB-BBDB-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954C-EA58-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF97-294D-11EC-BBF4-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF96-294D-11EC-BBF4-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9A-294D-11EC-BBF4-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E58B7EE-50A0-11EC-BBF6-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF99-294D-11EC-BBF4-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF98-294D-11EC-BBF4-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6B0-50A0-11EC-BBF6-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6AF-50A0-11EC-BBF6-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D191B6F-294D-11EC-BBF4-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6489FA-21C5-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462731A-21C5-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462713A-21C5-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E74F849-9F22-11EC-BBFA-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60AEB-C727-11ED-BC05-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED607CD-C727-11ED-BC05-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED606E5-C727-11ED-BC05-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60645-C727-11ED-BC05-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60C96-C727-11ED-BC05-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60BE4-C727-11ED-BC05-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60A39-C727-11ED-BC05-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA002A4-8EBC-11EE-BC13-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00204-8EBC-11EE-BC13-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722B88-3D5E-11EF-BC4D-00505692C447208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B5388-4254-11E8-A155-00259035BB67209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F3F4-2230-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067B7-424E-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A681-3126-11EC-BBF4-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067BB-424E-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A683-3126-11EC-BBF4-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B455562E-A6C2-11EF-BC53-00505692E2D0215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6315AF-A6C2-11EF-BC53-00505692E2D0216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631267-A6C2-11EF-BC53-00505692E2D0217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6314A3-A6C2-11EF-BC53-00505692E2D0218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631397-A6C2-11EF-BC53-00505692E2D0219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336E6E-AE64-11EF-BC4E-00505692C447220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336D4F-AE64-11EF-BC4E-00505692C447221.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C73FB8F-4253-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31861A9A-21BA-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB5-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB6-4254-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB7-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB9-4254-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBA-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBB-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75D-8149-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBC-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBD-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B8D8B56-21BA-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36EC62-06B4-11EE-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD65D-5BE7-11EF-BC4D-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E21E4-1353-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2296-1353-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D5409-1353-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C03FE2-DCD2-11EE-BC3E-0050569297EB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E210D-1353-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1F6C-1353-11EE-BC09-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2037-1353-11EE-BC09-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BC46917-DCD2-11EE-BC3E-0050569297EB22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1EA8-1353-11EE-BC09-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43F36-1353-11EE-BC09-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43127-1353-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C117F558-0070-11EE-BC09-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2224-EA55-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2223-EA55-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6C-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6E-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E76-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34D-424C-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34F-424C-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0EC61-21C1-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578A-424D-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53077A1F-424D-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB420-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23CE1-21C1-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E239C1-21C1-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23921-21C1-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE870AC-21C1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE704D2-21C1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB684-EA58-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095D-EA58-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF247-696D-11EC-BBF7-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F73-696D-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F72-696D-11EC-BBF7-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F71-696D-11EC-BBF7-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24D-696D-11EC-BBF7-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A7E-424E-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78323-21C1-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AA-424E-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AB-424E-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AA2-424E-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190956-EA58-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB686-EA58-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB685-EA58-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095F-EA58-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93216-EA58-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93214-EA58-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93218-EA58-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93217-EA58-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93215-EA58-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0538-EA58-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954E-EA58-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24E-696D-11EC-BBF7-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B416197-424F-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A682-3126-11EC-BBF4-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A680-3126-11EC-BBF4-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FD0-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F14-424F-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F16-424F-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299A8-424E-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F28-424F-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9411-424F-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9417-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9418-424F-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECB0B-21C1-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C82-E3D5-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C81-E3D5-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F888E629-E3D5-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC5-E3D6-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC4-E3D6-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD5-F162-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE86CEC-21C1-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442C-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C0-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5A-4250-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23C41-21C1-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70432-21C1-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70252-21C1-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70100-21C1-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8700C-21C1-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70392-21C1-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DD-4251-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B481347-21C4-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B481295-21C4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4F1D707-C727-11ED-BC05-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648DF0-21C5-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78A5384-4439-11EB-BBDF-005056921CC4100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648D3E-21C5-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395C68AB-21D6-11EF-BC47-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320F-EA58-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B035-EA58-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFB2D599-F162-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A96-4252-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A97-4252-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A98-4252-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A99-4252-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A9A-4252-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61E-4252-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551B-4252-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551C-4252-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551D-4252-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551F-4252-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5520-4252-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD9-4252-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320D-EA58-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C62FAF0-4253-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C8B-E3D5-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B671-4253-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F00-4253-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F01-4253-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC2-E3D6-11EB-BBF2-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F12-4253-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F13-4253-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7B-4253-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7C-4253-11E8-A155-00259035BB67128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7E-4253-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648B3A-21C5-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA7897DE-4253-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648BEC-21C5-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E648C9E-21C5-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DA-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DD-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8AEE6DF-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B036-EA58-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA9320E-EA58-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B031-EA58-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D512B034-EA58-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E64881A-21C5-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C86-E3D5-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF017C85-E3D5-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B800-21C3-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12A8DF4D-AD58-11E9-BBC3-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E56B02A-AD58-11E9-BBC3-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080F31-AD58-11E9-BBC3-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32723AD5-AD58-11E9-BBC3-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C66F6D3-AD58-11E9-BBC3-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1D08F7-FAF6-11E9-BBC6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986F5DDD-FAF6-11E9-BBC6-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A217CD73-FAF6-11E9-BBC6-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC162B2F-FAF6-11E9-BBC6-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABC890D4-0737-11EB-BBDB-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954C-EA58-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF97-294D-11EC-BBF4-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF96-294D-11EC-BBF4-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9A-294D-11EC-BBF4-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E58B7EE-50A0-11EC-BBF6-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF99-294D-11EC-BBF4-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6489FA-21C5-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462731A-21C5-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462713A-21C5-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E74F849-9F22-11EC-BBFA-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60AEB-C727-11ED-BC05-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED607CD-C727-11ED-BC05-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED606E5-C727-11ED-BC05-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60645-C727-11ED-BC05-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60C96-C727-11ED-BC05-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60BE4-C727-11ED-BC05-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ED60A39-C727-11ED-BC05-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA002A4-8EBC-11EE-BC13-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00204-8EBC-11EE-BC13-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B5388-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A681-3126-11EC-BBF4-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A683-3126-11EC-BBF4-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B455562E-A6C2-11EF-BC53-00505692E2D0177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6315AF-A6C2-11EF-BC53-00505692E2D0178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631267-A6C2-11EF-BC53-00505692E2D0179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6314A3-A6C2-11EF-BC53-00505692E2D0180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631397-A6C2-11EF-BC53-00505692E2D0181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336E6E-AE64-11EF-BC4E-00505692C447182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336D4F-AE64-11EF-BC4E-00505692C447183.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5647,741 +5233,741 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8257,1233 +7843,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
-        <a:stretch>
-[...1138 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9742,62 +8188,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-glubokoe-handi-s-kryshkoy-prohotel-03021173/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03050273/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051106/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-prohotel-03051108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03051134/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-kl-03051168/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-prohotel-03051539/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051915/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051916/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-prohotel-03051917/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051918/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051919/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051920/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051921/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051922/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051923/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051926/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051927/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-daming-03051943/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010209/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010216/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010217/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010218/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010220/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010223/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010224/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-lodge-04010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-04010280/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-kokotnica-lodge-04010292/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010293/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010294/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010295/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010298/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010299/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010601/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010604/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010607/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010608/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010609/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010610/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010611/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010612/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010613/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010614/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-prohotel-04010660/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010661/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010662/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010663/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010665/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010666/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010667/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010669/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010671/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010672/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010673/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010674/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010675/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010676/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010677/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010678/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010679/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-lodge-04010683/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010685/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010686/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010689/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010695/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010697/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010724/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-matfer-04011702/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011705/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011707/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011708/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-4streynera-matfer-04011716/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011718/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011719/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011720/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-risoli-04011721/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-risoli-04011722/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011729/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011730/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011731/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloyn-paderno-04011738/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011774/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovl-ryby-na-paru-matfer-04011777/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011781/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011786/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011787/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011788/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011790/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011791/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011792/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011794/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011795/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011797/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011798/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-klassik-s-kryshkoy-pintinox-04012900/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012904/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012906/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-ilsa-04012908/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-ilsa-04012909/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012913/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012916/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012918/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04012921/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012949/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012952/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-de-buyer-04012953/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012958/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012959/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012960/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012961/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012962/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012965/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012966/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012967/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012968/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012969/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012970/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-matfer-04012976/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012977/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-risoli-04012978/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-risoli-04012979/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012984/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012989/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012995/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012996/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012997/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012998/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012999/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013302/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013303/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013304/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04013310/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-risoli-04013311/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-risoli-04013312/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013323/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013324/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013334/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013335/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013336/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013350/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013351/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013352/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013353/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-paderno-04013354/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013357/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013358/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skorovarka-pintinox-04013385/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013392/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013393/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013394/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013395/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014000/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014105/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014106/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014107/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04014118/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-italo-ottinetti-04014125/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014139/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014140/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014142/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014143/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014144/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014145/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014146/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014147/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-cu-artigiana-maestri-ramai-04014152/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-cu-artigiana-maestri-ramai-04014153/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-hold-04014158/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-italo-ottinetti-04015101/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04019008/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019048/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019049/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019050/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019051/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019052/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019053/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019054/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04019134/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04019135/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019154/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-porc-ilsa-04021324/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100105/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100108/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100109/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100117/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051967/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051963/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051966/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051964/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051965/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019166/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019165/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019167/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019164/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-aps-04021707/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-aps-04019169/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-dlya-podachi-glubokoe-handi-s-kryshkoy-prohotel-03021173/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03050273/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051106/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051107/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-prohotel-03051108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03051134/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-kl-03051168/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-prohotel-03051539/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051915/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051916/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-prohotel-03051917/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051918/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051919/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051920/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051921/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051922/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051923/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051926/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051927/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-daming-03051943/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010209/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-lodge-04010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-04010280/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-kokotnica-lodge-04010292/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010293/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010294/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010295/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010604/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010607/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010608/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010609/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010610/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010611/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-prohotel-04010660/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010661/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010662/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010663/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010665/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010666/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010667/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010669/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010671/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010672/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010673/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010674/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010675/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010676/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-lodge-04010683/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010685/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010686/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-aps-04010689/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010695/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010697/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010724/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-matfer-04011702/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011705/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011707/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011708/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-4streynera-matfer-04011716/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011718/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011719/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-risoli-04011720/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-risoli-04011721/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-risoli-04011722/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011729/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloyn-paderno-04011738/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011774/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovl-ryby-na-paru-matfer-04011777/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011781/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011786/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011788/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011790/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011791/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011794/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011795/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-klassik-s-kryshkoy-pintinox-04012900/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012904/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-ilsa-04012908/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotelok-ilsa-04012909/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04012921/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012949/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012952/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-de-buyer-04012953/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012958/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012959/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012960/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012961/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012962/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012965/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012966/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012967/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012968/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012969/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012970/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-matfer-04012976/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012977/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-risoli-04012978/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-risoli-04012979/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012984/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012995/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012996/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012997/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012998/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012999/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013302/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013303/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013304/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-risoli-04013311/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-risoli-04013312/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013323/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013324/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013334/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013335/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013336/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013350/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013351/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013352/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04013353/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-paderno-04013354/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013357/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-indukciya-risoli-04013358/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skorovarka-pintinox-04013385/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013392/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013393/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013394/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013395/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014000/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014105/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014106/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014107/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04014118/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-italo-ottinetti-04014125/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014139/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014140/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014142/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014143/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-cu-artigiana-maestri-ramai-04014152/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-cu-artigiana-maestri-ramai-04014153/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-italo-ottinetti-04015101/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04019008/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019048/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019049/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019050/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019051/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019052/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019053/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-prohotel-04019054/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04019134/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04019135/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-porc-ilsa-04021324/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100108/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100117/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051967/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051963/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051966/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051964/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051965/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019166/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019165/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019167/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kastryul-dlya-midiy-cosy-and-trendy-04019164/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-aps-04021707/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-aps-04019169/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L228"/>
+  <dimension ref="A1:L189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I228" sqref="I228"/>
+      <selection activeCell="I189" sqref="I189"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9922,51 +8368,53 @@
       <c r="I4" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="0"/>
+      <c r="F5" s="0" t="s">
+        <v>32</v>
+      </c>
       <c r="G5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>41</v>
       </c>
@@ -10328,85 +8776,85 @@
         <v>88</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>91</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>25</v>
@@ -10624,6737 +9072,5460 @@
         <v>124</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="E30" s="0" t="s">
-[...3 lines deleted...]
-        <v>1100</v>
+      <c r="F30" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G31" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...11 lines deleted...]
-      <c r="G31" s="0" t="s">
+      <c r="H31" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0">
+        <v>30600528</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D34" s="0">
-        <v>30600330</v>
+        <v>30600530</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D35" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="L35" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D36" s="0">
-        <v>30600334</v>
+      <c r="D36" s="0" t="s">
+        <v>171</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>173</v>
-[...9 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E37" s="0"/>
+      <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>30600340</v>
+        <v>178</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>179</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>30600528</v>
+        <v>182</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>183</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F39" s="0">
+        <v>1000</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>30600530</v>
+        <v>186</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>187</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F40" s="0">
+        <v>1000</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>30600536</v>
+        <v>190</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>191</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F41" s="0">
+        <v>1000</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>30600545</v>
+        <v>195</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>196</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F42" s="0">
+        <v>1000</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F43" s="0">
+        <v>1000</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F44" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F44" s="0">
+        <v>1000</v>
+      </c>
       <c r="G44" s="0" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L44" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F45" s="0">
+        <v>1000</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-      <c r="F46" s="0"/>
+        <v>212</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F46" s="0">
+        <v>1000</v>
+      </c>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F47" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F47" s="0">
+        <v>1000</v>
+      </c>
       <c r="G47" s="0" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0">
         <v>1000</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0">
         <v>1000</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0">
         <v>1000</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>144</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>15</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>32</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>240</v>
+        <v>56</v>
       </c>
       <c r="L53" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="D54" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D54" s="0">
+        <v>625</v>
+      </c>
+      <c r="E54" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>24</v>
+        <v>248</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="L55" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="0">
         <v>1000</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="0">
         <v>1000</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="0">
         <v>1000</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="0">
         <v>1000</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="L60" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>278</v>
+        <v>27</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="0">
         <v>1000</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F66" s="0">
+        <v>1000</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>23</v>
+      </c>
+      <c r="F67" s="0">
+        <v>1000</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>299</v>
+        <v>27</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>303</v>
+        <v>166</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>304</v>
+        <v>167</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>305</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L68" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D69" s="0">
-        <v>625</v>
+        <v>693032</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F69" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>309</v>
+      </c>
       <c r="G69" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="L69" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="D70" s="0">
+        <v>693036</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="G70" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H70" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L70" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="D71" s="0" t="s">
         <v>316</v>
       </c>
+      <c r="D71" s="0">
+        <v>627</v>
+      </c>
       <c r="E71" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>317</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L71" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="D72" s="0">
+        <v>673032</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="E72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G72" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>321</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="D73" s="0">
+        <v>674028</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>324</v>
-      </c>
-[...13 lines deleted...]
-        <v>325</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...3 lines deleted...]
-        <v>328</v>
+      <c r="D74" s="0">
+        <v>30600532</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>144</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>23</v>
+        <v>308</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L75" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D76" s="0">
+        <v>670028</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>334</v>
-      </c>
-[...17 lines deleted...]
-        <v>337</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>336</v>
+      </c>
+      <c r="D77" s="0">
+        <v>673024</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F77" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>320</v>
+      </c>
       <c r="G77" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>339</v>
+      </c>
+      <c r="D78" s="0">
+        <v>673028</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F78" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>320</v>
+      </c>
       <c r="G78" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>342</v>
+      </c>
+      <c r="D79" s="0">
+        <v>693436</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F79" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>309</v>
+      </c>
       <c r="G79" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L79" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L80" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L81" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="L82" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>347</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L83" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>347</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L84" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>367</v>
+      </c>
+      <c r="D85" s="0">
+        <v>693040</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>308</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>309</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F86" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F86" s="0">
+        <v>15200</v>
+      </c>
       <c r="G86" s="0" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>136</v>
+        <v>372</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L86" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D87" s="0">
-        <v>693032</v>
+        <v>683032</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>380</v>
+        <v>308</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>382</v>
+        <v>310</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>693036</v>
+        <v>379</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>380</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="F88" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="F88" s="0"/>
+      <c r="G88" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>381</v>
-      </c>
-[...7 lines deleted...]
-        <v>386</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D89" s="0">
-        <v>627</v>
+        <v>697036</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F89" s="0"/>
+        <v>308</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>309</v>
+      </c>
       <c r="G89" s="0" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L89" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>673032</v>
+        <v>386</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>387</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>23</v>
+      </c>
+      <c r="F90" s="0">
+        <v>1100</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>674028</v>
+        <v>390</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>391</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="F91" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F91" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>392</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>30600532</v>
+        <v>394</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>395</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>23</v>
+      </c>
+      <c r="F92" s="0">
+        <v>1100</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F93" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>400</v>
-      </c>
-[...17 lines deleted...]
-        <v>403</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F94" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>404</v>
-      </c>
-[...19 lines deleted...]
-        <v>406</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="E95" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F95" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>408</v>
-      </c>
-[...16 lines deleted...]
-        <v>409</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
-      <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="D96" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="0" t="s">
-        <v>380</v>
+        <v>144</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>392</v>
+        <v>412</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L96" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D97" s="0">
-        <v>693436</v>
+        <v>693028</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>380</v>
+        <v>308</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>381</v>
+        <v>309</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>382</v>
+        <v>310</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L97" s="0"/>
+      <c r="L97" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D98" s="0" t="s">
         <v>418</v>
+      </c>
+      <c r="D98" s="0">
+        <v>51101150000</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>419</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H98" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="C99" s="0" t="s">
-[...3 lines deleted...]
-        <v>424</v>
+      <c r="D99" s="0">
+        <v>51101180000</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>419</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>420</v>
+        <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L99" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" s="0" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="F100" s="0"/>
+        <v>144</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>412</v>
+      </c>
       <c r="G100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>420</v>
+        <v>135</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L100" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="E101" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>431</v>
-      </c>
-[...16 lines deleted...]
-        <v>433</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="E102" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>437</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>439</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>27</v>
+        <v>440</v>
       </c>
       <c r="L103" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>441</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="D104" s="0">
-        <v>693050</v>
+      <c r="D104" s="0" t="s">
+        <v>443</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="D105" s="0">
-        <v>694032</v>
+      <c r="D105" s="0" t="s">
+        <v>446</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F106" s="0"/>
+      <c r="F106" s="0">
+        <v>6100</v>
+      </c>
       <c r="G106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>450</v>
+        <v>348</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>451</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>453</v>
       </c>
       <c r="D107" s="0">
-        <v>683032</v>
+        <v>6241.28</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>380</v>
+        <v>454</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>382</v>
+        <v>310</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>136</v>
+        <v>372</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L107" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="F108" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="G108" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L108" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-        <v>697036</v>
+        <v>462</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>463</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="L109" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>27</v>
+        <v>469</v>
       </c>
       <c r="L110" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="L112" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L113" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L114" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L116" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>15</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>15</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>690040</v>
+        <v>499</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>500</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L118" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>694036</v>
+        <v>503</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>504</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>382</v>
+        <v>310</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
+      <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-        <v>693028</v>
+        <v>511</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>512</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L121" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>690032</v>
+        <v>515</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>516</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L122" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>51101150000</v>
+        <v>519</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>520</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="F123" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="G123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>61</v>
       </c>
       <c r="L123" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>51101180000</v>
+        <v>523</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>524</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="F124" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="G124" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="L124" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>690045</v>
+        <v>527</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>528</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L125" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L125" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>693045</v>
+        <v>531</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>532</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>27</v>
+        <v>162</v>
       </c>
       <c r="L126" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>694028</v>
+        <v>535</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>536</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L127" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L127" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>530</v>
+        <v>15</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="L128" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>450</v>
+        <v>135</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="L129" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="L130" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>450</v>
+        <v>135</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>164</v>
+        <v>61</v>
       </c>
       <c r="L131" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>15</v>
+        <v>347</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>15</v>
+        <v>557</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="L132" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F133" s="0"/>
+        <v>347</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>557</v>
+      </c>
       <c r="G133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6100</v>
+        <v>347</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>566</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>554</v>
+        <v>567</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L134" s="0"/>
+      <c r="L134" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>6241.28</v>
+        <v>569</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>570</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>557</v>
+        <v>347</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>450</v>
+        <v>348</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L135" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L135" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>15</v>
+        <v>347</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>15</v>
+        <v>575</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L136" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>15</v>
+        <v>347</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>15</v>
+        <v>575</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>567</v>
+        <v>580</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L137" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>568</v>
+        <v>581</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>15</v>
+        <v>347</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>15</v>
+        <v>575</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="L138" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>23</v>
+      </c>
+      <c r="F139" s="0">
+        <v>6100</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L139" s="0"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>23</v>
+      </c>
+      <c r="F140" s="0">
+        <v>6100</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>23</v>
+      </c>
+      <c r="F141" s="0">
+        <v>15500</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>136</v>
+        <v>372</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>23</v>
+      </c>
+      <c r="F142" s="0">
+        <v>6100</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L142" s="0"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L144" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>614</v>
+      </c>
+      <c r="D146" s="0">
+        <v>38105106</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="F147" s="0"/>
+        <v>144</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>619</v>
+      </c>
       <c r="G147" s="0" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F148" s="0"/>
+        <v>144</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>619</v>
+      </c>
       <c r="G148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>420</v>
+        <v>135</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L148" s="0"/>
+        <v>440</v>
+      </c>
+      <c r="L148" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="F149" s="0"/>
+        <v>144</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>619</v>
+      </c>
       <c r="G149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>420</v>
+        <v>135</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>616</v>
+        <v>628</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>27</v>
+        <v>629</v>
       </c>
       <c r="L149" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="D150" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="D150" s="0">
+        <v>38400520</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>420</v>
+        <v>135</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L150" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>634</v>
+      </c>
+      <c r="D151" s="0">
+        <v>38400524</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>15</v>
+        <v>619</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F152" s="0"/>
+        <v>144</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>619</v>
+      </c>
       <c r="G152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L152" s="0"/>
+      <c r="L152" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>641</v>
+      </c>
+      <c r="D153" s="0">
+        <v>38400516</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>15</v>
+        <v>619</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>56</v>
+        <v>440</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>644</v>
+      </c>
+      <c r="D154" s="0">
+        <v>38400518</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>15</v>
+        <v>619</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>647</v>
+      </c>
+      <c r="D155" s="0">
+        <v>38400924</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>15</v>
+        <v>619</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>641</v>
+        <v>27</v>
       </c>
       <c r="L155" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>650</v>
+      </c>
+      <c r="D156" s="0">
+        <v>697028</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>15</v>
+        <v>308</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>15</v>
+        <v>309</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>33</v>
+        <v>310</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>653</v>
+      </c>
+      <c r="D157" s="0">
+        <v>1564012</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>15</v>
+        <v>654</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>15</v>
+        <v>655</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>136</v>
+        <v>348</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>658</v>
+      </c>
+      <c r="D158" s="0">
+        <v>30142214</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>33</v>
+        <v>248</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>656</v>
+        <v>662</v>
+      </c>
+      <c r="D159" s="0">
+        <v>30312415</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>33</v>
+        <v>248</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C160" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="D160" s="0">
+        <v>30312817</v>
+      </c>
+      <c r="E160" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="D160" s="0" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>33</v>
+        <v>248</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="D161" s="0">
-        <v>680040</v>
+        <v>30313020</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>380</v>
+        <v>659</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>382</v>
+        <v>248</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L161" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>671</v>
+      </c>
+      <c r="D162" s="0">
+        <v>30313219</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>24</v>
+        <v>248</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>420</v>
+        <v>135</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L162" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>676</v>
+      </c>
+      <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>420</v>
+        <v>372</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L163" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D164" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="E164" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="E164" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>420</v>
+        <v>372</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>419</v>
+        <v>654</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>23</v>
+      </c>
+      <c r="F166" s="0">
+        <v>15500</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>420</v>
+        <v>372</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>419</v>
+        <v>15</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L167" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="D168" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="0" t="s">
         <v>694</v>
       </c>
-      <c r="E168" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G168" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="L168" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6100</v>
+        <v>15</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>694</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L169" s="0"/>
+        <v>704</v>
+      </c>
+      <c r="L169" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6100</v>
+        <v>15</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>694</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L170" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L170" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>15500</v>
+        <v>15</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>694</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>450</v>
+        <v>348</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L171" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L171" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6100</v>
+        <v>15</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>694</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="L172" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="L172" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F173" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>694</v>
+      </c>
       <c r="G173" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>25</v>
+        <v>348</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L173" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>419</v>
+        <v>144</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L174" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>419</v>
+        <v>144</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>420</v>
+        <v>348</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>38105106</v>
+        <v>730</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>731</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>149</v>
+        <v>419</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L176" s="0"/>
+      <c r="L176" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>734</v>
+      </c>
+      <c r="D177" s="0">
+        <v>680032</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>149</v>
+        <v>308</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>730</v>
+        <v>376</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>27</v>
+        <v>440</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-        <v>734</v>
+        <v>737</v>
+      </c>
+      <c r="D178" s="0">
+        <v>680028</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>149</v>
+        <v>308</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>730</v>
+        <v>376</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>740</v>
+      </c>
+      <c r="D179" s="0">
+        <v>88308</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>149</v>
+        <v>243</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>641</v>
+        <v>162</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C180" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D180" s="0">
+        <v>88300</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="F180" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="D180" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G180" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>27</v>
+        <v>469</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D181" s="0">
-        <v>38400524</v>
+        <v>88305</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>149</v>
+        <v>243</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>27</v>
+        <v>749</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>751</v>
+      </c>
+      <c r="D182" s="0">
+        <v>88301</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>149</v>
+        <v>243</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>19</v>
+        <v>752</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D183" s="0">
-        <v>38400516</v>
+        <v>88312</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>149</v>
+        <v>243</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>27</v>
+        <v>755</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
-      <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>38400518</v>
+        <v>757</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>758</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>24</v>
+        <v>760</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L184" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
-      <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="D185" s="0">
-        <v>38400924</v>
+        <v>111.018</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>24</v>
+        <v>760</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L185" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
-      <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="E186" s="0" t="s">
         <v>759</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="F186" s="0"/>
+      <c r="G186" s="0" t="s">
         <v>760</v>
       </c>
-      <c r="D186" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="H186" s="0" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>761</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L186" s="0"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
-      <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="D187" s="0">
-        <v>1564012</v>
+        <v>3180009</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>764</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>24</v>
+        <v>760</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>420</v>
+        <v>17</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L187" s="0"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D188" s="0">
-        <v>30142214</v>
+        <v>88309</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="F188" s="0"/>
+        <v>243</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>741</v>
+      </c>
       <c r="G188" s="0" t="s">
-        <v>308</v>
+        <v>33</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L188" s="0"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="D189" s="0">
-        <v>30312415</v>
+        <v>88303</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="F189" s="0"/>
+        <v>243</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>741</v>
+      </c>
       <c r="G189" s="0" t="s">
-        <v>308</v>
+        <v>33</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L189" s="0"/>
-[...1252 lines deleted...]
-      <c r="L228" s="0">
+      <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -17505,89 +14676,50 @@
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_188"/>
-    <hyperlink ref="B190" r:id="rId_hyperlink_189"/>
-[...37 lines deleted...]
-    <hyperlink ref="B228" r:id="rId_hyperlink_227"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>