--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1735">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,4971 +74,5013 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка для мороженого с механизмом;сталь;D=45,L=210мм;металлич.</t>
   </si>
   <si>
     <t>02050201</t>
   </si>
   <si>
     <t>3002-45</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>Ложки для мороженого</t>
   </si>
   <si>
     <t>15377.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь;D=50,L=215мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050202</t>
+  </si>
+  <si>
+    <t>3002-50</t>
+  </si>
+  <si>
+    <t>13144.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь;D=53,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050203</t>
+  </si>
+  <si>
+    <t>3002-56</t>
+  </si>
+  <si>
+    <t>14038.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюм.литой;D=55,L=170мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050204</t>
+  </si>
+  <si>
+    <t>41468-20</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>13006.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=50,L=205мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050205</t>
+  </si>
+  <si>
+    <t>Ghidini</t>
+  </si>
+  <si>
+    <t>10626.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;сплав цинк.,полипроп.;D=60,L=225мм;черный</t>
+  </si>
+  <si>
+    <t>02050206</t>
+  </si>
+  <si>
+    <t>134Black</t>
+  </si>
+  <si>
+    <t>11343.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.;D=6,L=17см;металлич.</t>
+  </si>
+  <si>
+    <t>02050208</t>
+  </si>
+  <si>
+    <t>6522.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом треугольная;сталь нерж.;D=6,L=22см;металлич.</t>
+  </si>
+  <si>
+    <t>02050212</t>
+  </si>
+  <si>
+    <t>10810000IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>15601.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=44,L=200мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050215</t>
+  </si>
+  <si>
+    <t>1084W044IVV</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>16555.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Ложка для мороженого с механизмом;сталь;D=50,L=215мм;металлич.</t>
-[...8 lines deleted...]
-    <t>13144.00₸</t>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=48,L=205мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050216</t>
+  </si>
+  <si>
+    <t>1084W048IVV</t>
+  </si>
+  <si>
+    <t>18211.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=5,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>02050217</t>
+  </si>
+  <si>
+    <t>1084W050IVV</t>
+  </si>
+  <si>
+    <t>13930.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=53,L=205мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050218</t>
+  </si>
+  <si>
+    <t>1084W053IVV</t>
+  </si>
+  <si>
+    <t>17325.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=56,L=210мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050219</t>
+  </si>
+  <si>
+    <t>1084W056IVV</t>
+  </si>
+  <si>
+    <t>13454.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=63,L=223мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050220</t>
+  </si>
+  <si>
+    <t>1084W063IVV</t>
+  </si>
+  <si>
+    <t>17577.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=7,L=23см;металлич.</t>
+  </si>
+  <si>
+    <t>02050221</t>
+  </si>
+  <si>
+    <t>1084W070IVV</t>
+  </si>
+  <si>
+    <t>18529.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.,тефлон;,L=18/6,B=4см;черный</t>
+  </si>
+  <si>
+    <t>02050222</t>
+  </si>
+  <si>
+    <t>10870000AVV</t>
+  </si>
+  <si>
+    <t>9646.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюм.литой;,L=175/50,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050223</t>
+  </si>
+  <si>
+    <t>41468-24</t>
+  </si>
+  <si>
+    <t>12998.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;пластик,сталь нерж.;D=37,L=196мм;металлич.,красный</t>
+  </si>
+  <si>
+    <t>02050225</t>
+  </si>
+  <si>
+    <t>10123-50</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>25695.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого «Проотель» с механизмом;сталь нерж.;D=57,L=220,B=63мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050230</t>
+  </si>
+  <si>
+    <t>DS16</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>5873.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=56мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050231</t>
+  </si>
+  <si>
+    <t>044034</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>50050.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=55,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050233</t>
+  </si>
+  <si>
+    <t>41473-56</t>
+  </si>
+  <si>
+    <t>20706.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=49,L=210,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050234</t>
+  </si>
+  <si>
+    <t>23393.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;сталь нерж.;,L=25см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>02050240</t>
+  </si>
+  <si>
+    <t>41475-03</t>
+  </si>
+  <si>
+    <t>11504.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.;D=49мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050243</t>
+  </si>
+  <si>
+    <t>044038</t>
+  </si>
+  <si>
+    <t>49150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сталь нерж.,пластик;D=49мм;синий</t>
+  </si>
+  <si>
+    <t>02050244</t>
+  </si>
+  <si>
+    <t>044215</t>
+  </si>
+  <si>
+    <t>45484.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.;D=56мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050246</t>
+  </si>
+  <si>
+    <t>044110</t>
+  </si>
+  <si>
+    <t>39432.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом;сплав цинк.,полипроп.;D=60,L=225мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>02050256</t>
+  </si>
+  <si>
+    <t>134White</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого «Проотель»;алюмин.;,L=180/60,B=43мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050260</t>
+  </si>
+  <si>
+    <t>ICA18</t>
+  </si>
+  <si>
+    <t>3549.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.;,H=33,L=180,B=42мм;металлич.</t>
+  </si>
+  <si>
+    <t>02050261</t>
+  </si>
+  <si>
+    <t>FK6003</t>
+  </si>
+  <si>
+    <t>Ruiyuan</t>
+  </si>
+  <si>
+    <t>2401.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.;D=49,L=180мм</t>
+  </si>
+  <si>
+    <t>02050265</t>
+  </si>
+  <si>
+    <t>044114</t>
+  </si>
+  <si>
+    <t>45823.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом овальная;сталь нерж.;,L=62,B=43мм</t>
+  </si>
+  <si>
+    <t>02050266</t>
+  </si>
+  <si>
+    <t>044055</t>
+  </si>
+  <si>
+    <t>62093.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюмин.;,L=180/55,B=40мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>02050522</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>2737.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;алюм.литой;,L=180/61,B=45мм</t>
+  </si>
+  <si>
+    <t>03111800</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>17595.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=160,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200833</t>
+  </si>
+  <si>
+    <t>С820</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Кольца кондитерские</t>
+  </si>
+  <si>
+    <t>2526.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=260,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200835</t>
+  </si>
+  <si>
+    <t>С822</t>
+  </si>
+  <si>
+    <t>3450.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=300,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200836</t>
+  </si>
+  <si>
+    <t>С823</t>
+  </si>
+  <si>
+    <t>3589.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=105,H=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200838</t>
+  </si>
+  <si>
+    <t>С807</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=105,H=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200839</t>
+  </si>
+  <si>
+    <t>С808</t>
+  </si>
+  <si>
+    <t>1533.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=10,5,H=10см;металлич.</t>
+  </si>
+  <si>
+    <t>03200840</t>
+  </si>
+  <si>
+    <t>С809</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Резак для колбасок ручн.;сталь нерж.;,H=21,L=32,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04070289</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Резаки и струны</t>
+  </si>
+  <si>
+    <t>175168.00₸</t>
+  </si>
+  <si>
+    <t>Нож-струна для резки торта;сталь нерж.;,L=57см;металлич.</t>
+  </si>
+  <si>
+    <t>04070521</t>
+  </si>
+  <si>
+    <t>145469.00₸</t>
+  </si>
+  <si>
+    <t>Резак-рама струнный для кондитера 35*35(15мм);сталь нерж.;,L=65,B=44,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04070522</t>
+  </si>
+  <si>
+    <t>899869.00₸</t>
+  </si>
+  <si>
+    <t>Запасные струны для арт.120094[2шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04070528</t>
+  </si>
+  <si>
+    <t>Струны для резаков кондитерских</t>
+  </si>
+  <si>
+    <t>48110.00₸</t>
+  </si>
+  <si>
+    <t>Резак-рама струнный кондитерский 30мм;сталь нерж.;,L=60/3,B=43см</t>
+  </si>
+  <si>
+    <t>04070538</t>
+  </si>
+  <si>
+    <t>563194.00₸</t>
+  </si>
+  <si>
+    <t>Резак-форма «Ель»;металл;,H=20см</t>
+  </si>
+  <si>
+    <t>04070556</t>
+  </si>
+  <si>
+    <t>Формы-резаки</t>
+  </si>
+  <si>
+    <t>33072.00₸</t>
+  </si>
+  <si>
+    <t>Набор мини-резаков[6шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04070560</t>
+  </si>
+  <si>
+    <t>226311.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков(№1)для овощей,фруктов,желе и т.д макс.D=2.7см;пластик</t>
+  </si>
+  <si>
+    <t>04070565</t>
+  </si>
+  <si>
+    <t>46547.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков(№2)для овощей,фруктов,желе и т.д макс.D=2.7см;пластик</t>
+  </si>
+  <si>
+    <t>04070566</t>
+  </si>
+  <si>
+    <t>Набор резаков; макс.D=1.5см</t>
+  </si>
+  <si>
+    <t>04070567</t>
+  </si>
+  <si>
+    <t>73166.00₸</t>
+  </si>
+  <si>
+    <t>Нож для нарез.теста;пластик;D=50,H=50,L=175,B=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>04070905</t>
+  </si>
+  <si>
+    <t>47026-06</t>
+  </si>
+  <si>
+    <t>7161.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик,сталь нерж.;,L=12,5,B=20см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04070926</t>
+  </si>
+  <si>
+    <t>47028-12</t>
+  </si>
+  <si>
+    <t>Валики</t>
+  </si>
+  <si>
+    <t>99423.00₸</t>
+  </si>
+  <si>
+    <t>Скалка-нож для круассанов;сталь нерж.,пластик;D=8,H=11,L=46/21,B=11см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070930</t>
+  </si>
+  <si>
+    <t>Скалки-ножи</t>
+  </si>
+  <si>
+    <t>119204.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик,сталь нерж.;D=7,L=18,B=14см;бежев.,белый</t>
+  </si>
+  <si>
+    <t>04070932</t>
+  </si>
+  <si>
+    <t>64280.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;абс-пластик,сталь нерж.;,H=7,L=22/6,B=12см;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04070937</t>
+  </si>
+  <si>
+    <t>RRULL</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>48279.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик;D=65,L=225,B=120мм;бежев.</t>
+  </si>
+  <si>
+    <t>04070944</t>
+  </si>
+  <si>
+    <t>20937.00₸</t>
+  </si>
+  <si>
+    <t>Скалка-нож для круассанов;сталь нерж.,пластик</t>
+  </si>
+  <si>
+    <t>04070947</t>
+  </si>
+  <si>
+    <t>119250.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;полиамид,полипроп.;,L=20см</t>
+  </si>
+  <si>
+    <t>04070952</t>
+  </si>
+  <si>
+    <t>75753.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик;,L=6см</t>
+  </si>
+  <si>
+    <t>04070953</t>
+  </si>
+  <si>
+    <t>47024-06</t>
+  </si>
+  <si>
+    <t>6445.00₸</t>
+  </si>
+  <si>
+    <t>Скалка-нож для круассанов;сталь нерж.,полипроп.;,L=15см</t>
+  </si>
+  <si>
+    <t>04070954</t>
+  </si>
+  <si>
+    <t>47027-13</t>
+  </si>
+  <si>
+    <t>55294.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик;,L=12см;белый</t>
+  </si>
+  <si>
+    <t>04070958</t>
+  </si>
+  <si>
+    <t>RFP12</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>10018.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Валик для теста;пластик;,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04070961</t>
+  </si>
+  <si>
+    <t>RFP6</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Скалка-нож для круассанов;сталь нерж.,полипроп.;,L=20,B=18см</t>
+  </si>
+  <si>
+    <t>04070963</t>
+  </si>
+  <si>
+    <t>47027-11</t>
+  </si>
+  <si>
+    <t>63833.00₸</t>
+  </si>
+  <si>
+    <t>Нож-струна для резки коржей;сталь нерж.,пластик;,H=15,L=370,B=150мм;бордо,стальной</t>
+  </si>
+  <si>
+    <t>04073507</t>
+  </si>
+  <si>
+    <t>25.77.04</t>
+  </si>
+  <si>
+    <t>Metaltex</t>
+  </si>
+  <si>
+    <t>5814.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 0,5кг;лоза ивовая,ткань;D=21,H=12см;бежев.</t>
+  </si>
+  <si>
+    <t>04080372</t>
+  </si>
+  <si>
+    <t>Корзины для расстойки и бобы для выпечки</t>
+  </si>
+  <si>
+    <t>33557.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 1,0кг;лоза ивовая,ткань;D=24,H=12,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04080373</t>
+  </si>
+  <si>
+    <t>39771.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 1,5кг;лоза ивовая,ткань;D=27,H=13,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04080374</t>
+  </si>
+  <si>
+    <t>25195.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 2,0кг;лоза ивовая,ткань;D=29,H=14,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04080375</t>
+  </si>
+  <si>
+    <t>46254.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого;,L=240,B=9мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110899</t>
+  </si>
+  <si>
+    <t>24009.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель для блинов;берёза;,H=15,L=150,B=120мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04111313</t>
+  </si>
+  <si>
+    <t>0308-Н</t>
+  </si>
+  <si>
+    <t>Harmonia</t>
+  </si>
+  <si>
+    <t>Скребки и шпатели</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель (скребок);сталь нерж.;,H=10,L=325/180,B=245мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04121120</t>
+  </si>
+  <si>
+    <t>39555.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=115,B=80мм</t>
+  </si>
+  <si>
+    <t>04121127</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>11758.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий;пластик;,L=14,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04130501</t>
+  </si>
+  <si>
+    <t>50RTO2,</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий;пластик;,L=145,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>04130502</t>
+  </si>
+  <si>
+    <t>50RTL2,</t>
+  </si>
+  <si>
+    <t>740.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий;пластик;,L=15,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04130503</t>
+  </si>
+  <si>
+    <t>50RTF2,</t>
+  </si>
+  <si>
+    <t>1063.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=12,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04130504</t>
+  </si>
+  <si>
+    <t>50RTP1,</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=125,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>04130505</t>
+  </si>
+  <si>
+    <t>50RTA1,</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=14,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04130506</t>
+  </si>
+  <si>
+    <t>50RTO1,</t>
+  </si>
+  <si>
+    <t>940.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=145,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>04130507</t>
+  </si>
+  <si>
+    <t>50RTL1,</t>
+  </si>
+  <si>
+    <t>832.00₸</t>
+  </si>
+  <si>
+    <t>04130508</t>
+  </si>
+  <si>
+    <t>50RTD1,</t>
+  </si>
+  <si>
+    <t>909.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=15,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04130509</t>
+  </si>
+  <si>
+    <t>50RTF1,</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=15,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04130510</t>
+  </si>
+  <si>
+    <t>50RTV1,</t>
+  </si>
+  <si>
+    <t>886.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=19,5,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04130511</t>
+  </si>
+  <si>
+    <t>50RTS1,</t>
+  </si>
+  <si>
+    <t>2026.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый;пластик;,L=21,5,B=13см;белый</t>
+  </si>
+  <si>
+    <t>04130512</t>
+  </si>
+  <si>
+    <t>50RTT1,</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>Валик для теста;сталь нерж.;,L=13,B=6см</t>
+  </si>
+  <si>
+    <t>04130522</t>
+  </si>
+  <si>
+    <t>AC-BSM</t>
+  </si>
+  <si>
+    <t>Gimetal</t>
+  </si>
+  <si>
+    <t>42504.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=4,L=13см</t>
+  </si>
+  <si>
+    <t>04140016</t>
+  </si>
+  <si>
+    <t>33803.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;,H=45,L=80мм</t>
+  </si>
+  <si>
+    <t>04140020</t>
+  </si>
+  <si>
+    <t>30007.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Флауэрс» георгин[2шт];абс-пластик;D=90/65мм</t>
+  </si>
+  <si>
+    <t>04140037</t>
+  </si>
+  <si>
+    <t>40-W206S</t>
+  </si>
+  <si>
+    <t>Flowers</t>
+  </si>
+  <si>
+    <t>Выемки</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Флауэрс» ромашка[2шт];абс-пластик;D=48/62мм</t>
+  </si>
+  <si>
+    <t>04140038</t>
+  </si>
+  <si>
+    <t>40-W192S</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий;пластик;,L=12,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04140098</t>
+  </si>
+  <si>
+    <t>50RTP2.</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий;пластик;,L=125,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>04140099</t>
+  </si>
+  <si>
+    <t>50RTA2.</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 6 кусков;сталь нерж.;D=25,H=18,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140140</t>
+  </si>
+  <si>
+    <t>42599-06</t>
+  </si>
+  <si>
+    <t>Делители для торта</t>
+  </si>
+  <si>
+    <t>39825.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 8 кусков;сталь нерж.;D=25,H=20,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140141</t>
+  </si>
+  <si>
+    <t>42599-08</t>
+  </si>
+  <si>
+    <t>54001.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=20,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140142</t>
+  </si>
+  <si>
+    <t>47534-20</t>
+  </si>
+  <si>
+    <t>8016.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=22,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140143</t>
+  </si>
+  <si>
+    <t>47534-22</t>
+  </si>
+  <si>
+    <t>7878.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=24,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140144</t>
+  </si>
+  <si>
+    <t>47534-24</t>
+  </si>
+  <si>
+    <t>9125.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское раздвижное d=16-32 см;сталь нерж.;,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04140145</t>
+  </si>
+  <si>
+    <t>47529-07</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=60,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140146</t>
+  </si>
+  <si>
+    <t>47532-06</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=200,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140150</t>
+  </si>
+  <si>
+    <t>47532-20</t>
+  </si>
+  <si>
+    <t>5899.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=80,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140153</t>
+  </si>
+  <si>
+    <t>47532-08</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=120,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140154</t>
+  </si>
+  <si>
+    <t>47532-12</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=140,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140155</t>
+  </si>
+  <si>
+    <t>47532-14</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=160,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140156</t>
+  </si>
+  <si>
+    <t>47532-16</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=180,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140157</t>
+  </si>
+  <si>
+    <t>47532-18</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=240,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140158</t>
+  </si>
+  <si>
+    <t>47532-24</t>
+  </si>
+  <si>
+    <t>7046.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=260,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140159</t>
+  </si>
+  <si>
+    <t>47532-26</t>
+  </si>
+  <si>
+    <t>5999.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для изготовл.тарталеток;пластик;,L=90,B=62мм;белый</t>
+  </si>
+  <si>
+    <t>04140165</t>
+  </si>
+  <si>
+    <t>47740-aa</t>
+  </si>
+  <si>
+    <t>12451.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=6,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140191</t>
+  </si>
+  <si>
+    <t>47534-06</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольца» (набор) Dmax=95/Dmin=20[11шт];сталь нерж.;,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140216</t>
+  </si>
+  <si>
+    <t>47316-10</t>
+  </si>
+  <si>
+    <t>11997.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор) Dmax=115/Dmin=20[14шт];сталь нерж.;,H=32мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140283</t>
+  </si>
+  <si>
+    <t>47316-12</t>
+  </si>
+  <si>
+    <t>16833.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор) Dmax=195/Dmin=25[20шт];сталь нерж.;,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140284</t>
+  </si>
+  <si>
+    <t>47316-20</t>
+  </si>
+  <si>
+    <t>23378.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=16,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140916</t>
+  </si>
+  <si>
+    <t>47534-16</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=9,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04140917</t>
+  </si>
+  <si>
+    <t>47534-08</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=9,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04140918</t>
+  </si>
+  <si>
+    <t>47534-10</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=75,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140919</t>
+  </si>
+  <si>
+    <t>47532-07</t>
+  </si>
+  <si>
+    <t>1641.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 8-12 кусков;полипроп.;D=265,H=25мм;желт.</t>
+  </si>
+  <si>
+    <t>04140969</t>
+  </si>
+  <si>
+    <t>47033-08</t>
+  </si>
+  <si>
+    <t>9664.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12-18 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04140970</t>
+  </si>
+  <si>
+    <t>47033-12</t>
+  </si>
+  <si>
+    <t>9787.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14-18 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04140971</t>
+  </si>
+  <si>
+    <t>47033-14</t>
+  </si>
+  <si>
+    <t>Скребок для теста круглый,гибкий;сталь,пластик;,L=125/110,B=85мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140974</t>
+  </si>
+  <si>
+    <t>21240000IVV</t>
+  </si>
+  <si>
+    <t>3727.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=220,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141307</t>
+  </si>
+  <si>
+    <t>47532-22</t>
+  </si>
+  <si>
+    <t>6253.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04141311</t>
+  </si>
+  <si>
+    <t>47534-07</t>
+  </si>
+  <si>
+    <t>3288.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04141312</t>
+  </si>
+  <si>
+    <t>47534-09</t>
+  </si>
+  <si>
+    <t>11335.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондит.со штампом «Лист дуба» d=2,7-3,5-4,5см[3шт];пластик;,H=40,L=100,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>04141317</t>
+  </si>
+  <si>
+    <t>47622-04</t>
+  </si>
+  <si>
+    <t>6499.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондит.со штампом «Цветок» d=3-5см[3шт];пластик;,H=40,L=100,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>04141318</t>
+  </si>
+  <si>
+    <t>47622-01</t>
+  </si>
+  <si>
+    <t>6230.00₸</t>
+  </si>
+  <si>
+    <t>Нож-струна для резки торта;сталь нерж.;,L=30,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04141321</t>
+  </si>
+  <si>
+    <t>47031-44</t>
+  </si>
+  <si>
+    <t>13037.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=20,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141322</t>
+  </si>
+  <si>
+    <t>47533-20</t>
+  </si>
+  <si>
+    <t>6053.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141339</t>
+  </si>
+  <si>
+    <t>47533-07</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=8,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141340</t>
+  </si>
+  <si>
+    <t>47533-08</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=95,H=20мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141341</t>
+  </si>
+  <si>
+    <t>47533-09</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=14,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141343</t>
+  </si>
+  <si>
+    <t>47533-14</t>
+  </si>
+  <si>
+    <t>4867.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=16,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141344</t>
+  </si>
+  <si>
+    <t>47533-16</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=18,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141345</t>
+  </si>
+  <si>
+    <t>47533-18</t>
+  </si>
+  <si>
+    <t>4605.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=22,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141347</t>
+  </si>
+  <si>
+    <t>47533-22</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=24,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141348</t>
+  </si>
+  <si>
+    <t>47533-24</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=26,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141349</t>
+  </si>
+  <si>
+    <t>47533-26</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=28,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141350</t>
+  </si>
+  <si>
+    <t>47533-28</t>
+  </si>
+  <si>
+    <t>8524.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=30,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141351</t>
+  </si>
+  <si>
+    <t>47533-30</t>
+  </si>
+  <si>
+    <t>11304.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=32,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141352</t>
+  </si>
+  <si>
+    <t>47533-32</t>
+  </si>
+  <si>
+    <t>8786.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04141355</t>
+  </si>
+  <si>
+    <t>47032-10</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12 кусков;сталь нерж.;D=330,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141367</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>36075.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14 кусков;сталь нерж.;D=330,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141368</t>
+  </si>
+  <si>
+    <t>27948.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков рифлен.[9шт];пластик;D=120,H=54мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141376</t>
+  </si>
+  <si>
+    <t>93263.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков[8шт];пластик;D=115,H=55,L=120,B=120мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141377</t>
+  </si>
+  <si>
+    <t>66097.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=12,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141393</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>04141394</t>
+  </si>
+  <si>
+    <t>12120.00₸</t>
+  </si>
+  <si>
+    <t>04141395</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>04141396</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>04141397</t>
+  </si>
+  <si>
+    <t>5606.00₸</t>
+  </si>
+  <si>
+    <t>04141398</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>04141399</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=9,L=50,B=9см;бежев.</t>
+  </si>
+  <si>
+    <t>04141902</t>
+  </si>
+  <si>
+    <t>47038-50</t>
+  </si>
+  <si>
+    <t>Скалки</t>
+  </si>
+  <si>
+    <t>92154.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=7,L=60,B=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04141903</t>
+  </si>
+  <si>
+    <t>47038-60</t>
+  </si>
+  <si>
+    <t>80581.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающейся ручкой;бук;,L=70/40,B=9см;древесн.,белый</t>
+  </si>
+  <si>
+    <t>04141904</t>
+  </si>
+  <si>
+    <t>47036-40</t>
+  </si>
+  <si>
+    <t>96982.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;антиприг.покр.,сталь нерж.;,L=480/250,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04141905</t>
+  </si>
+  <si>
+    <t>47035-48</t>
+  </si>
+  <si>
+    <t>77678.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;антиприг.покр.,сталь нерж.;,L=200,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04141906</t>
+  </si>
+  <si>
+    <t>47035-40</t>
+  </si>
+  <si>
+    <t>61262.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук;D=8,L=65/35см;древесн.,белый</t>
+  </si>
+  <si>
+    <t>04141907</t>
+  </si>
+  <si>
+    <t>47036-35</t>
+  </si>
+  <si>
+    <t>78294.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук;D=65,L=470/260мм;нат. бук</t>
+  </si>
+  <si>
+    <t>04141908</t>
+  </si>
+  <si>
+    <t>22100-10</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
   </si>
   <si>
     <t>44 шт.</t>
   </si>
   <si>
-    <t>Ложка для мороженого с механизмом;сталь;D=53,L=220мм;металлич.</t>
-[...128 lines deleted...]
-    <t>13930.00₸</t>
+    <t>Скалка с вращающимися ручками;бук,силикон;,L=450/250,B=65мм;нат. бук,красный</t>
+  </si>
+  <si>
+    <t>04141909</t>
+  </si>
+  <si>
+    <t>2210020-10</t>
+  </si>
+  <si>
+    <t>14030.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками и зубцами;бук;D=65,L=450/250мм;нат. бук</t>
+  </si>
+  <si>
+    <t>04141910</t>
+  </si>
+  <si>
+    <t>22108-03</t>
+  </si>
+  <si>
+    <t>8855.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук;D=6,L=47/27см;древесн.</t>
+  </si>
+  <si>
+    <t>04141911</t>
+  </si>
+  <si>
+    <t>5621.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Скалка с вращ.ручкой;берёза;D=7,L=60/40см;древесн.</t>
+  </si>
+  <si>
+    <t>04141912</t>
+  </si>
+  <si>
+    <t>C317</t>
+  </si>
+  <si>
+    <t>6800.00₸</t>
+  </si>
+  <si>
+    <t>Скалка для декорирования;пластик;D=51,L=255мм</t>
+  </si>
+  <si>
+    <t>04141915</t>
+  </si>
+  <si>
+    <t>30762.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;пластик;D=48,L=505мм;белый</t>
+  </si>
+  <si>
+    <t>04141917</t>
+  </si>
+  <si>
+    <t>73997.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;поливинилхл.;D=65,L=400мм</t>
+  </si>
+  <si>
+    <t>04141918</t>
+  </si>
+  <si>
+    <t>205075.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;акация;D=45,L=510мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141919</t>
+  </si>
+  <si>
+    <t>32672.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук,сталь нерж.;D=8,L=40см</t>
+  </si>
+  <si>
+    <t>04141920</t>
+  </si>
+  <si>
+    <t>171325.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=5,H=5,L=50,B=5см;древесн.</t>
+  </si>
+  <si>
+    <t>04141921</t>
+  </si>
+  <si>
+    <t>47034-52</t>
+  </si>
+  <si>
+    <t>20721.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;полиэтилен;D=5,L=50см</t>
+  </si>
+  <si>
+    <t>04141922</t>
+  </si>
+  <si>
+    <t>47034-51</t>
+  </si>
+  <si>
+    <t>69847.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;полиэтилен;D=45,L=450мм;белый</t>
+  </si>
+  <si>
+    <t>04141923</t>
+  </si>
+  <si>
+    <t>49673.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=45,L=425мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141924</t>
+  </si>
+  <si>
+    <t>14754.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=45,L=500мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04141925</t>
+  </si>
+  <si>
+    <t>14654.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;самшит;D=45,L=500мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141926</t>
+  </si>
+  <si>
+    <t>50967.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук,сталь нерж.;D=8,L=30см;св. дерево</t>
+  </si>
+  <si>
+    <t>04141927</t>
+  </si>
+  <si>
+    <t>142504.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;алюмин.;D=9,L=38см</t>
+  </si>
+  <si>
+    <t>04141928</t>
+  </si>
+  <si>
+    <t>170571.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук,сталь нерж.;D=8,L=35см;св. дерево</t>
+  </si>
+  <si>
+    <t>04141929</t>
+  </si>
+  <si>
+    <t>109125.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращ.ручкой;бук;D=5,L=60/40см;св. дерево</t>
+  </si>
+  <si>
+    <t>04141930</t>
+  </si>
+  <si>
+    <t>Скалка регулируемая;поливинилхл.;,L=52см</t>
+  </si>
+  <si>
+    <t>04141931</t>
+  </si>
+  <si>
+    <t>321783.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающимися ручками;бук;D=9,L=50см</t>
+  </si>
+  <si>
+    <t>04141942</t>
+  </si>
+  <si>
+    <t>47036-50</t>
+  </si>
+  <si>
+    <t>160130.00₸</t>
+  </si>
+  <si>
+    <t>Скалка;полиэтилен;D=75,L=400/640мм</t>
+  </si>
+  <si>
+    <t>04141944</t>
+  </si>
+  <si>
+    <t>47037-40</t>
+  </si>
+  <si>
+    <t>122916.00₸</t>
+  </si>
+  <si>
+    <t>Скалка для карамели;алюмин.;D=35,L=220мм</t>
+  </si>
+  <si>
+    <t>04141946</t>
+  </si>
+  <si>
+    <t>Скалка;бук;D=22,L=600мм</t>
+  </si>
+  <si>
+    <t>04141947</t>
+  </si>
+  <si>
+    <t>ALM</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Скалка для нуги;сталь;D=35,L=350мм</t>
+  </si>
+  <si>
+    <t>04141948</t>
+  </si>
+  <si>
+    <t>82252.00₸</t>
+  </si>
+  <si>
+    <t>Скалка с вращающейся ручкой;берёза;D=7,L=70/50см;древесн.</t>
+  </si>
+  <si>
+    <t>04141952</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=150,B=75мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142501</t>
+  </si>
+  <si>
+    <t>18504-15</t>
+  </si>
+  <si>
+    <t>9641.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=18/18,B=9см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142503</t>
+  </si>
+  <si>
+    <t>18502-18</t>
+  </si>
+  <si>
+    <t>17395.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель для приг.блинов[5шт];бук;,H=6,L=18,B=18см;св. дерево</t>
+  </si>
+  <si>
+    <t>04142504</t>
+  </si>
+  <si>
+    <t>42900-15</t>
+  </si>
+  <si>
+    <t>Шпатель для приг.блинов[5шт];бук;,L=24,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>04142505</t>
+  </si>
+  <si>
+    <t>42900-24</t>
+  </si>
+  <si>
+    <t>10480.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский гибкий;сталь нерж.,полипроп.;,L=13,5/12см;металлич.,металлич.</t>
+  </si>
+  <si>
+    <t>04142508</t>
+  </si>
+  <si>
+    <t>18501-02</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=16,B=16см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142509</t>
+  </si>
+  <si>
+    <t>18501-01</t>
+  </si>
+  <si>
+    <t>18088.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь,пластик;,L=135/135,B=97мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142510</t>
+  </si>
+  <si>
+    <t>18501-03</t>
+  </si>
+  <si>
+    <t>13314.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь,пластик;,L=125/120,B=95мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142511</t>
+  </si>
+  <si>
+    <t>18501-04</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=24/1,B=10см;синий</t>
+  </si>
+  <si>
+    <t>04142512</t>
+  </si>
+  <si>
+    <t>47621-11</t>
+  </si>
+  <si>
+    <t>13783.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=14,5,B=13,5см;синий</t>
+  </si>
+  <si>
+    <t>04142513</t>
+  </si>
+  <si>
+    <t>47621-12</t>
+  </si>
+  <si>
+    <t>12890.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,L=22,B=13см;красный</t>
+  </si>
+  <si>
+    <t>04142514</t>
+  </si>
+  <si>
+    <t>47621-01</t>
+  </si>
+  <si>
+    <t>28429.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=15,L=125,B=90мм;красный</t>
+  </si>
+  <si>
+    <t>04142515</t>
+  </si>
+  <si>
+    <t>47621-02</t>
+  </si>
+  <si>
+    <t>10526.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,L=122,B=90мм;красный</t>
+  </si>
+  <si>
+    <t>04142516</t>
+  </si>
+  <si>
+    <t>47621-03</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=15,L=120,B=80мм;красный</t>
+  </si>
+  <si>
+    <t>04142517</t>
+  </si>
+  <si>
+    <t>47621-04</t>
+  </si>
+  <si>
+    <t>10465.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=10,L=145,B=100мм;красный</t>
+  </si>
+  <si>
+    <t>04142518</t>
+  </si>
+  <si>
+    <t>47621-05</t>
+  </si>
+  <si>
+    <t>10134.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=15,L=145,B=100мм;красный</t>
+  </si>
+  <si>
+    <t>04142519</t>
+  </si>
+  <si>
+    <t>47621-06</t>
+  </si>
+  <si>
+    <t>7339.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=15,L=110,B=75мм;красный</t>
+  </si>
+  <si>
+    <t>04142520</t>
+  </si>
+  <si>
+    <t>47621-07</t>
+  </si>
+  <si>
+    <t>7593.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[10шт];пластик;,H=35,L=220,B=135мм;красный</t>
+  </si>
+  <si>
+    <t>04142521</t>
+  </si>
+  <si>
+    <t>47621-08</t>
+  </si>
+  <si>
+    <t>13622.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=15,B=11см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142525</t>
+  </si>
+  <si>
+    <t>21260000IVV</t>
+  </si>
+  <si>
+    <t>4795.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский[5шт];пластик;,L=127,B=88мм</t>
+  </si>
+  <si>
+    <t>04142526</t>
+  </si>
+  <si>
+    <t>12128.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.;,H=33,L=128,B=120мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142528</t>
+  </si>
+  <si>
+    <t>19120.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=10,B=12см;белый</t>
+  </si>
+  <si>
+    <t>04142530</t>
+  </si>
+  <si>
+    <t>8601.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель для форм для заморозки «Полукруг»;сталь нерж.;,L=12,B=8см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142531</t>
+  </si>
+  <si>
+    <t>10349.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полипроп.;,H=145,L=195,B=3мм;синий</t>
+  </si>
+  <si>
+    <t>04142532</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.;,L=11,B=10,5см</t>
+  </si>
+  <si>
+    <t>04142533</t>
+  </si>
+  <si>
+    <t>11035.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=11,B=12см</t>
+  </si>
+  <si>
+    <t>04142534</t>
+  </si>
+  <si>
+    <t>19551.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский «Экзогласс»;полипроп.;,H=10,5,B=11,5см;синий</t>
+  </si>
+  <si>
+    <t>04142535</t>
+  </si>
+  <si>
+    <t>7616.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полиамид;,L=12,B=10см;белый</t>
+  </si>
+  <si>
+    <t>04142536</t>
+  </si>
+  <si>
+    <t>6237.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полипроп.;,L=110,B=75мм</t>
+  </si>
+  <si>
+    <t>04142537</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полипроп.;,L=120,B=86мм;синий</t>
+  </si>
+  <si>
+    <t>04142539</t>
+  </si>
+  <si>
+    <t>7331.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский «Экзогласс»;пластик;,L=12,B=7см</t>
+  </si>
+  <si>
+    <t>04142540</t>
+  </si>
+  <si>
+    <t>11781.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь;,L=11,B=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04142541</t>
+  </si>
+  <si>
+    <t>6530.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=97/97,B=97мм;бежев.</t>
+  </si>
+  <si>
+    <t>04142542</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский закругленный;сталь нерж.;,L=11,B=10,5см</t>
+  </si>
+  <si>
+    <t>04142544</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полипроп.;,L=14,5,B=10см;синий</t>
+  </si>
+  <si>
+    <t>04142545</t>
+  </si>
+  <si>
+    <t>6545.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель круглый для приг.блинов;бук;,L=20,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>04142546</t>
+  </si>
+  <si>
+    <t>071945</t>
+  </si>
+  <si>
+    <t>2980.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель плоский для приг.блинов;дерево;,L=24,B=18см;бежев.</t>
+  </si>
+  <si>
+    <t>04142547</t>
+  </si>
+  <si>
+    <t>071950</t>
+  </si>
+  <si>
+    <t>3042.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель (скребок);сталь нерж.;,H=2,L=24,B=18см</t>
+  </si>
+  <si>
+    <t>04142549</t>
+  </si>
+  <si>
+    <t>29368.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель для шоколада;абс-пластик;,L=19,B=11,5см</t>
+  </si>
+  <si>
+    <t>04142550</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,полиамид;,L=11,B=10,5см</t>
+  </si>
+  <si>
+    <t>04142552</t>
+  </si>
+  <si>
+    <t>7885.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;полипроп.;,L=113,B=75мм</t>
+  </si>
+  <si>
+    <t>04142553</t>
+  </si>
+  <si>
+    <t>2010.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский закругленный;сталь нерж.,полиамид;,L=11,B=10,5см</t>
+  </si>
+  <si>
+    <t>04142555</t>
+  </si>
+  <si>
+    <t>6954.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;силикон;,H=1,L=18,B=10см</t>
+  </si>
+  <si>
+    <t>04142558</t>
+  </si>
+  <si>
+    <t>23747.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=69см;белый</t>
+  </si>
+  <si>
+    <t>04142560</t>
+  </si>
+  <si>
+    <t>63148.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=12,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04142563</t>
+  </si>
+  <si>
+    <t>50RTP1</t>
+  </si>
+  <si>
+    <t>7693.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=125,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>04142564</t>
+  </si>
+  <si>
+    <t>50RTA1</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий[10шт];пластик;,L=12,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04142565</t>
+  </si>
+  <si>
+    <t>50RTP2</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий[10шт];пластик;,L=125,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>04142566</t>
+  </si>
+  <si>
+    <t>50RTA2</t>
+  </si>
+  <si>
+    <t>7623.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=14,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04142567</t>
+  </si>
+  <si>
+    <t>50RTO1</t>
+  </si>
+  <si>
+    <t>8170.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий[10шт];пластик;,L=14,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04142568</t>
+  </si>
+  <si>
+    <t>50RTO2</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=21,5,B=13см;белый</t>
+  </si>
+  <si>
+    <t>04142569</t>
+  </si>
+  <si>
+    <t>50RTT1</t>
+  </si>
+  <si>
+    <t>18581.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=19,5,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04142570</t>
+  </si>
+  <si>
+    <t>50RTS1</t>
+  </si>
+  <si>
+    <t>17672.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=15,B=15см;белый</t>
+  </si>
+  <si>
+    <t>04142571</t>
+  </si>
+  <si>
+    <t>50RTV1</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=145,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>04142572</t>
+  </si>
+  <si>
+    <t>50RTL1</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий[10шт];пластик;,L=145,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>04142573</t>
+  </si>
+  <si>
+    <t>50RTL2</t>
+  </si>
+  <si>
+    <t>8578.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель твердый[10шт];пластик;,L=15,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04142574</t>
+  </si>
+  <si>
+    <t>50RTF1</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Шпатель мягкий[10шт];пластик;,L=15,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04142575</t>
+  </si>
+  <si>
+    <t>50RTF2</t>
+  </si>
+  <si>
+    <t>9140.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>04142576</t>
+  </si>
+  <si>
+    <t>50RTD1</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,L=555,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>04142577</t>
+  </si>
+  <si>
+    <t>SPB</t>
+  </si>
+  <si>
+    <t>13398.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель для шоколадных элементов «Перо»;сталь нерж.;,H=6см</t>
+  </si>
+  <si>
+    <t>04142578</t>
+  </si>
+  <si>
+    <t>20FH02S</t>
+  </si>
+  <si>
+    <t>48541.00₸</t>
+  </si>
+  <si>
+    <t>04142800</t>
+  </si>
+  <si>
+    <t>5197.00₸</t>
+  </si>
+  <si>
+    <t>04142801</t>
+  </si>
+  <si>
+    <t>10811.00₸</t>
+  </si>
+  <si>
+    <t>04142802</t>
+  </si>
+  <si>
+    <t>11635.00₸</t>
+  </si>
+  <si>
+    <t>04142803</t>
+  </si>
+  <si>
+    <t>19813.00₸</t>
+  </si>
+  <si>
+    <t>04142804</t>
+  </si>
+  <si>
+    <t>14084.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=34,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04142805</t>
+  </si>
+  <si>
+    <t>13699.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];сталь нерж.;D=60,H=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142806</t>
+  </si>
+  <si>
+    <t>21476.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];сталь нерж.;D=70,H=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142807</t>
+  </si>
+  <si>
+    <t>30577.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];сталь нерж.;D=80,H=16,L=85,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142808</t>
+  </si>
+  <si>
+    <t>32325.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];сталь нерж.;D=90,H=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142809</t>
+  </si>
+  <si>
+    <t>21068.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];сталь нерж.;D=100,H=16мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142810</t>
+  </si>
+  <si>
+    <t>51082.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Клевер»[60шт];абс-пластик</t>
+  </si>
+  <si>
+    <t>04142828</t>
+  </si>
+  <si>
+    <t>37191.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка»[53шт];абс-пластик;D=53,L=580,B=390мм</t>
+  </si>
+  <si>
+    <t>04142829</t>
+  </si>
+  <si>
+    <t>45993.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков[7шт];пластик;,H=5,L=13,B=12см;бежев.</t>
+  </si>
+  <si>
+    <t>04142837</t>
+  </si>
+  <si>
+    <t>61600.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=80,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142840</t>
+  </si>
+  <si>
+    <t>CRR1</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=100,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142841</t>
+  </si>
+  <si>
+    <t>CRR2</t>
+  </si>
+  <si>
+    <t>1652.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=6,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04142842</t>
+  </si>
+  <si>
+    <t>CRR3</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=75,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142852</t>
+  </si>
+  <si>
+    <t>CRR4</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;сталь нерж.;D=8,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04142853</t>
+  </si>
+  <si>
+    <t>CRR5</t>
+  </si>
+  <si>
+    <t>04142858</t>
+  </si>
+  <si>
+    <t>5234.00₸</t>
+  </si>
+  <si>
+    <t>Основание для струнного резака для кондитера;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04142868</t>
+  </si>
+  <si>
+    <t>Основания для резаков кондитерских</t>
+  </si>
+  <si>
+    <t>981658.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=50,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04142900</t>
+  </si>
+  <si>
+    <t>5169.00₸</t>
+  </si>
+  <si>
+    <t>Набор шпателей кондитерских (3 шт.);нейлон;белый</t>
+  </si>
+  <si>
+    <t>04143980</t>
+  </si>
+  <si>
+    <t>25.25.21</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;пластик;,H=4,L=430,B=80мм;свет.-сер.</t>
+  </si>
+  <si>
+    <t>04143986</t>
+  </si>
+  <si>
+    <t>50SPB43</t>
+  </si>
+  <si>
+    <t>13321.00₸</t>
+  </si>
+  <si>
+    <t>Пинцеты для марципана[2шт];сталь нерж.;,H=3,L=14,B=9см</t>
+  </si>
+  <si>
+    <t>04144031</t>
+  </si>
+  <si>
+    <t>Пинцеты для марципана</t>
+  </si>
+  <si>
+    <t>11296.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для декорирования;сталь нерж.;,L=10см</t>
+  </si>
+  <si>
+    <t>04144033</t>
+  </si>
+  <si>
+    <t>11050.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг»;сталь нерж.;D=70,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144250</t>
+  </si>
+  <si>
+    <t>DM03</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;алюмин.;D=16,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144252</t>
+  </si>
+  <si>
+    <t>CRA165</t>
+  </si>
+  <si>
+    <t>4627.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;алюмин.;D=20,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144253</t>
+  </si>
+  <si>
+    <t>CRA205</t>
+  </si>
+  <si>
+    <t>6328.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;алюмин.;D=18,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144254</t>
+  </si>
+  <si>
+    <t>CRA185</t>
+  </si>
+  <si>
+    <t>5096.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;алюмин.;D=24,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144262</t>
+  </si>
+  <si>
+    <t>CRA245</t>
+  </si>
+  <si>
+    <t>6678.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель»;алюмин.;D=22,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144263</t>
+  </si>
+  <si>
+    <t>CRA225</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков рифлен.[7шт];пластик</t>
+  </si>
+  <si>
+    <t>04144271</t>
+  </si>
+  <si>
+    <t>73551.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=12,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04144276</t>
+  </si>
+  <si>
+    <t>23347.00₸</t>
+  </si>
+  <si>
+    <t>04144277</t>
+  </si>
+  <si>
+    <t>15939.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=60,H=45мм</t>
+  </si>
+  <si>
+    <t>04144279</t>
+  </si>
+  <si>
+    <t>5175.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=70,H=45мм</t>
+  </si>
+  <si>
+    <t>04144280</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=80,H=45мм</t>
+  </si>
+  <si>
+    <t>04144281</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,25кг;ротанг;,H=8,L=20,B=12см;бежев.</t>
+  </si>
+  <si>
+    <t>04144282</t>
+  </si>
+  <si>
+    <t>38200.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 0,5кг;ротанг;D=190,H=85мм;бежев.</t>
+  </si>
+  <si>
+    <t>04144283</t>
+  </si>
+  <si>
+    <t>30600.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Капля»[56шт];силикон,стеклопласт.;,L=52,B=32мм</t>
+  </si>
+  <si>
+    <t>04144287</t>
+  </si>
+  <si>
+    <t>Flexipan</t>
+  </si>
+  <si>
+    <t>129622.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ложка»;пластик;,L=95,B=43мм</t>
+  </si>
+  <si>
+    <t>04144296</t>
+  </si>
+  <si>
+    <t>10334.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ложка»[36шт];силикон,стеклопласт.;,L=90,B=28мм</t>
+  </si>
+  <si>
+    <t>04144297</t>
+  </si>
+  <si>
+    <t>101371.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=60,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144509</t>
+  </si>
+  <si>
+    <t>12920600IVV</t>
+  </si>
+  <si>
+    <t>10804.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=75,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144510</t>
+  </si>
+  <si>
+    <t>12920750IVV</t>
+  </si>
+  <si>
+    <t>10444.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[2шт];сталь;D=90,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144511</t>
+  </si>
+  <si>
+    <t>12920900IVV</t>
+  </si>
+  <si>
+    <t>10857.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Месяц»[78шт];абс-пластик;,H=2,L=575,B=390мм</t>
+  </si>
+  <si>
+    <t>04144521</t>
+  </si>
+  <si>
+    <t>33519.00₸</t>
+  </si>
+  <si>
+    <t>Набор форм для конд.изд. «Алфавит»[26шт];сталь нерж.;D=130,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144532</t>
+  </si>
+  <si>
+    <t>37037.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;пластик;D=270,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04144533</t>
+  </si>
+  <si>
+    <t>11712.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское раздвижное;сталь нерж.;D=18/36,H=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04144534</t>
+  </si>
+  <si>
+    <t>64958.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=18,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04144537</t>
+  </si>
+  <si>
+    <t>19582.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд изделий рифленый «Круг»;пластик;D=75мм</t>
+  </si>
+  <si>
+    <t>04144552</t>
+  </si>
+  <si>
+    <t>10973.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[6шт];сталь нерж.;D=6,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04144605</t>
+  </si>
+  <si>
+    <t>47425-03</t>
+  </si>
+  <si>
+    <t>9210.00₸</t>
+  </si>
+  <si>
+    <t>Форма для хлеба «Тыква»;пластик;D=8см</t>
+  </si>
+  <si>
+    <t>04144608</t>
+  </si>
+  <si>
+    <t>47041-15</t>
+  </si>
+  <si>
+    <t>12952.00₸</t>
+  </si>
+  <si>
+    <t>04144622</t>
+  </si>
+  <si>
+    <t>30777.00₸</t>
+  </si>
+  <si>
+    <t>Ограничитель для карамели[6шт];алюмин.;,L=60см</t>
+  </si>
+  <si>
+    <t>04144630</t>
+  </si>
+  <si>
+    <t>231247.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Квадрат» рифленый;сталь нерж.;,H=4,L=8,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04144641</t>
+  </si>
+  <si>
+    <t>33311.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=200,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144649</t>
+  </si>
+  <si>
+    <t>9749.00₸</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=3,L=570,B=370мм;белый</t>
+  </si>
+  <si>
+    <t>04144651</t>
+  </si>
+  <si>
+    <t>Шаблоны для нарезки бисквита</t>
+  </si>
+  <si>
+    <t>17965.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=4,L=570,B=370мм;белый</t>
+  </si>
+  <si>
+    <t>04144652</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=5,L=570,B=470мм;белый</t>
+  </si>
+  <si>
+    <t>04144653</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>04144688</t>
+  </si>
+  <si>
+    <t>15862.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=280,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144689</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 0,75кг;лоза ивовая,ткань;D=30,H=9см;бежев.</t>
+  </si>
+  <si>
+    <t>04145102</t>
+  </si>
+  <si>
+    <t>53862.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=28,H=6см</t>
+  </si>
+  <si>
+    <t>04145313</t>
+  </si>
+  <si>
+    <t>47534-28</t>
+  </si>
+  <si>
+    <t>15293.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских форм «Овал»[7шт];пластик</t>
+  </si>
+  <si>
+    <t>04145314</t>
+  </si>
+  <si>
+    <t>145738.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=110,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145315</t>
+  </si>
+  <si>
+    <t>17171.00₸</t>
+  </si>
+  <si>
+    <t>04145324</t>
+  </si>
+  <si>
+    <t>15554.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Колос»;пластик</t>
+  </si>
+  <si>
+    <t>04145330</t>
+  </si>
+  <si>
+    <t>41434.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для теста двухстор.;полипроп.;,H=9,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04145357</t>
+  </si>
+  <si>
+    <t>9071.00₸</t>
+  </si>
+  <si>
+    <t>Скребок для бисквита;полипроп.;,H=10,L=69см</t>
+  </si>
+  <si>
+    <t>04145369</t>
+  </si>
+  <si>
+    <t>69439.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=140,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145379</t>
+  </si>
+  <si>
+    <t>8093.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=150,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145380</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=160,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145381</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=180,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145382</t>
+  </si>
+  <si>
+    <t>9695.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=220,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145383</t>
+  </si>
+  <si>
+    <t>10742.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=240,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145384</t>
+  </si>
+  <si>
+    <t>11242.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=260,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145385</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=280,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145386</t>
+  </si>
+  <si>
+    <t>15593.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=300,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145387</t>
+  </si>
+  <si>
+    <t>16471.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=160,H=45,B=170мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145390</t>
+  </si>
+  <si>
+    <t>9264.00₸</t>
+  </si>
+  <si>
+    <t>04145391</t>
+  </si>
+  <si>
+    <t>25164.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=220,H=45,B=294мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145392</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[6шт];жесть белая;D=75,H=16,B=160мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145395</t>
+  </si>
+  <si>
+    <t>13244.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=14,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04145397</t>
+  </si>
+  <si>
+    <t>23840.00₸</t>
+  </si>
+  <si>
+    <t>04145398</t>
+  </si>
+  <si>
+    <t>11951.00₸</t>
+  </si>
+  <si>
+    <t>04145399</t>
+  </si>
+  <si>
+    <t>23955.00₸</t>
+  </si>
+  <si>
+    <t>04145401</t>
+  </si>
+  <si>
+    <t>25187.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=26,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04145402</t>
+  </si>
+  <si>
+    <t>41573.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=28,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04145403</t>
+  </si>
+  <si>
+    <t>49334.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=30,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04145404</t>
+  </si>
+  <si>
+    <t>37353.00₸</t>
+  </si>
+  <si>
+    <t>04145413</t>
+  </si>
+  <si>
+    <t>21006.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 16 кусков;пластик;D=260,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145421</t>
+  </si>
+  <si>
+    <t>16086.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14 кусков;пластик;D=260,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145422</t>
+  </si>
+  <si>
+    <t>12906.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12-18 кусков;пластик;D=270,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145423</t>
+  </si>
+  <si>
+    <t>14284.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=260,H=45мм</t>
+  </si>
+  <si>
+    <t>04145431</t>
+  </si>
+  <si>
+    <t>15547.00₸</t>
+  </si>
+  <si>
+    <t>Выравниватель для бисквита;полистирол;,L=56см</t>
+  </si>
+  <si>
+    <t>04145474</t>
+  </si>
+  <si>
+    <t>19443.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 2,0кг;ротанг;D=260,H=95мм;бежев.</t>
+  </si>
+  <si>
+    <t>04146030</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,5кг;полипроп.;,H=86,L=210,B=150мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146031</t>
+  </si>
+  <si>
+    <t>26727.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 0,75кг;полипроп.;D=200,H=86мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146032</t>
+  </si>
+  <si>
+    <t>32687.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский зубцы 2и3мм;пластик;,L=69см</t>
+  </si>
+  <si>
+    <t>04146039</t>
+  </si>
+  <si>
+    <t>66806.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Проотель» раздвижное d=15-30см;сталь нерж.;,H=8см</t>
+  </si>
+  <si>
+    <t>04146053</t>
+  </si>
+  <si>
+    <t>CRT1530</t>
+  </si>
+  <si>
+    <t>6370.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,5кг;полипроп.;,H=65,L=270,B=120мм;зелен.</t>
+  </si>
+  <si>
+    <t>04146069</t>
+  </si>
+  <si>
+    <t>20236.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 1,0кг;полипроп.;D=230,H=86мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146070</t>
+  </si>
+  <si>
+    <t>26003.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Лист»;пластик;,L=5,B=5см;черный</t>
+  </si>
+  <si>
+    <t>04146076</t>
+  </si>
+  <si>
+    <t>40425.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Виноград»;пластик;,L=10,B=6см;черный</t>
+  </si>
+  <si>
+    <t>04146090</t>
+  </si>
+  <si>
+    <t>37091.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=55мм</t>
+  </si>
+  <si>
+    <t>04146125</t>
+  </si>
+  <si>
+    <t>6507.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=6см</t>
+  </si>
+  <si>
+    <t>04146126</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=65мм</t>
+  </si>
+  <si>
+    <t>04146127</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=7см</t>
+  </si>
+  <si>
+    <t>04146128</t>
+  </si>
+  <si>
+    <t>8963.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=8,H=2см</t>
+  </si>
+  <si>
+    <t>04146130</t>
+  </si>
+  <si>
+    <t>11889.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=9см</t>
+  </si>
+  <si>
+    <t>04146132</t>
+  </si>
+  <si>
+    <t>8139.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=95мм</t>
+  </si>
+  <si>
+    <t>04146133</t>
+  </si>
+  <si>
+    <t>9133.00₸</t>
+  </si>
+  <si>
+    <t>Бобы для выпечки 1,0кг;керамика;серый</t>
+  </si>
+  <si>
+    <t>04146226</t>
+  </si>
+  <si>
+    <t>47011-01</t>
+  </si>
+  <si>
+    <t>26504.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское раздвижное d=18-36 см;сталь нерж.;,H=45мм</t>
+  </si>
+  <si>
+    <t>04146227</t>
+  </si>
+  <si>
+    <t>45715.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,75кг;ротанг;,H=75,L=240,B=140мм;бежев.</t>
+  </si>
+  <si>
+    <t>04146233</t>
+  </si>
+  <si>
+    <t>39594.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста длинная на 0,5кг;ротанг;,H=58,L=460,B=100мм;бежев.</t>
+  </si>
+  <si>
+    <t>04146234</t>
+  </si>
+  <si>
+    <t>49265.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=10,B=4см</t>
+  </si>
+  <si>
+    <t>04146259</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=10,B=4см</t>
+  </si>
+  <si>
+    <t>04146260</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04146261</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=15,B=3см</t>
+  </si>
+  <si>
+    <t>04146262</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=4см</t>
+  </si>
+  <si>
+    <t>04146263</t>
+  </si>
+  <si>
+    <t>5098.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=20,B=4см</t>
+  </si>
+  <si>
+    <t>04146265</t>
+  </si>
+  <si>
+    <t>3488.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=40,L=200,B=55мм</t>
+  </si>
+  <si>
+    <t>04146266</t>
+  </si>
+  <si>
+    <t>3763.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Ель»;металл;,H=16см</t>
+  </si>
+  <si>
+    <t>04146268</t>
+  </si>
+  <si>
+    <t>30924.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яблоко»;сталь нерж.;,L=12,B=11см</t>
+  </si>
+  <si>
+    <t>04146289</t>
+  </si>
+  <si>
+    <t>52453.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг» (набор)[6шт];сталь нерж.;D=4,H=4,L=17,B=24см</t>
+  </si>
+  <si>
+    <t>04146375</t>
+  </si>
+  <si>
+    <t>47425-01</t>
+  </si>
+  <si>
+    <t>13968.00₸</t>
+  </si>
+  <si>
+    <t>Резак для квадр.пирога;сталь нерж.;,H=75,L=107мм</t>
+  </si>
+  <si>
+    <t>04146382</t>
+  </si>
+  <si>
+    <t>28891.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор) + пресс[4шт];сталь нерж.;D=60,H=45,L=45мм</t>
+  </si>
+  <si>
+    <t>04146389</t>
+  </si>
+  <si>
+    <t>00110</t>
+  </si>
+  <si>
+    <t>22685.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Пряничкий человечек»;пластик;,H=35,L=110,B=78мм</t>
+  </si>
+  <si>
+    <t>04146395</t>
+  </si>
+  <si>
+    <t>10511.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=4,B=4см</t>
+  </si>
+  <si>
+    <t>04146396</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=55,B=55мм</t>
+  </si>
+  <si>
+    <t>04146397</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04146398</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Выемка конд.со штампом «Ромашка» D=1.2/2/2.8/3.5см[4шт];абс-пластик</t>
+  </si>
+  <si>
+    <t>04146403</t>
+  </si>
+  <si>
+    <t>47622-26</t>
+  </si>
+  <si>
+    <t>15285.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=47,B=44мм</t>
+  </si>
+  <si>
+    <t>04146440</t>
+  </si>
+  <si>
+    <t>13583.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=62,H=30мм</t>
+  </si>
+  <si>
+    <t>04146528</t>
+  </si>
+  <si>
+    <t>5236.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=180,H=35мм</t>
+  </si>
+  <si>
+    <t>04146562</t>
+  </si>
+  <si>
+    <t>47530-18</t>
+  </si>
+  <si>
+    <t>9063.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=10,H=6см</t>
+  </si>
+  <si>
+    <t>04146580</t>
+  </si>
+  <si>
+    <t>11358.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских форм[14шт];сталь нерж.;D=12см</t>
+  </si>
+  <si>
+    <t>04146581</t>
+  </si>
+  <si>
+    <t>47317-12</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,5кг;полипроп.;,H=86,L=230,B=140мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146583</t>
+  </si>
+  <si>
+    <t>31624.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 0,75кг;полипроп.;,H=86,L=260,B=140мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146584</t>
+  </si>
+  <si>
+    <t>33696.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста овальная на 1,0кг;полипроп.;,H=86,L=265,B=170мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146586</t>
+  </si>
+  <si>
+    <t>37754.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 2,0кг;полипроп.;D=270,H=86мм;голуб.</t>
+  </si>
+  <si>
+    <t>04146587</t>
+  </si>
+  <si>
+    <t>39794.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 0,5кг;полипроп.;D=190,H=75мм;зелен.</t>
+  </si>
+  <si>
+    <t>04146588</t>
+  </si>
+  <si>
+    <t>13984.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста круглая на 1,5кг;полипроп.;D=25,H=9см;синий</t>
+  </si>
+  <si>
+    <t>04146590</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>Корзина для расстойки теста треугольная на 0,5кг;ротанг;,H=85,L=180,B=180мм;бежев.</t>
+  </si>
+  <si>
+    <t>04146592</t>
+  </si>
+  <si>
+    <t>31262.00₸</t>
+  </si>
+  <si>
+    <t>Маркер для выпечки хлеба с выемкой;сталь нерж.;D=8см</t>
+  </si>
+  <si>
+    <t>04146603</t>
+  </si>
+  <si>
+    <t>24902.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;сталь нерж.;D=14см</t>
+  </si>
+  <si>
+    <t>04146628</t>
+  </si>
+  <si>
+    <t>35413.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=35,L=164,B=78мм</t>
+  </si>
+  <si>
+    <t>04146672</t>
+  </si>
+  <si>
+    <t>24594.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Шестиугольник»;пластик;,L=63,B=63мм</t>
+  </si>
+  <si>
+    <t>04146699</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Груша»;сталь нерж.;,L=140,B=95мм</t>
+  </si>
+  <si>
+    <t>04146779</t>
+  </si>
+  <si>
+    <t>43559.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский рифленый «Лодочка»;пластик;,L=7,B=4см</t>
+  </si>
+  <si>
+    <t>04146787</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Двойная раковина»;сталь нерж.;,L=12,5,B=12см</t>
+  </si>
+  <si>
+    <t>04146789</t>
+  </si>
+  <si>
+    <t>140764.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=60,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04146924</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;пластик;D=80,H=35мм</t>
+  </si>
+  <si>
+    <t>04146962</t>
+  </si>
+  <si>
+    <t>19943.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=8,H=6см</t>
+  </si>
+  <si>
+    <t>04146989</t>
+  </si>
+  <si>
+    <t>CRR13</t>
+  </si>
+  <si>
+    <t>2149.00₸</t>
+  </si>
+  <si>
+    <t>04146990</t>
+  </si>
+  <si>
+    <t>CRR15</t>
+  </si>
+  <si>
+    <t>2499.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=75,B=70мм</t>
+  </si>
+  <si>
+    <t>04146995</t>
+  </si>
+  <si>
+    <t>Резак «Овал»;пластик;,L=85,B=50мм</t>
+  </si>
+  <si>
+    <t>04146999</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=5,L=25,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04147212</t>
+  </si>
+  <si>
+    <t>ПР25030050</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04147219</t>
+  </si>
+  <si>
+    <t>31447.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Треугольник»;сталь нерж.;,H=40,L=117мм</t>
+  </si>
+  <si>
+    <t>04147220</t>
+  </si>
+  <si>
+    <t>29707.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=25,L=130мм</t>
+  </si>
+  <si>
+    <t>04147221</t>
+  </si>
+  <si>
+    <t>31740.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=180,H=65мм</t>
+  </si>
+  <si>
+    <t>04147236</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Круг»;сталь нерж.;D=200,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147237</t>
+  </si>
+  <si>
+    <t>7585.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=7,H=6см</t>
+  </si>
+  <si>
+    <t>04147245</t>
+  </si>
+  <si>
+    <t>CRR12</t>
+  </si>
+  <si>
+    <t>2023.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=65,H=40мм</t>
+  </si>
+  <si>
+    <t>04147259</t>
+  </si>
+  <si>
+    <t>42474.00₸</t>
+  </si>
+  <si>
+    <t>Скребок для теста;сталь нерж.;,L=15,B=6см</t>
+  </si>
+  <si>
+    <t>04147301</t>
+  </si>
+  <si>
+    <t>18520-15</t>
+  </si>
+  <si>
+    <t>7023.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=75,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147304</t>
+  </si>
+  <si>
+    <t>28298.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=50,H=35мм</t>
+  </si>
+  <si>
+    <t>04147305</t>
+  </si>
+  <si>
+    <t>24610.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=50,H=45мм</t>
+  </si>
+  <si>
+    <t>04147306</t>
+  </si>
+  <si>
+    <t>63564.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=60,H=45мм</t>
+  </si>
+  <si>
+    <t>04147316</t>
+  </si>
+  <si>
+    <t>26981.00₸</t>
+  </si>
+  <si>
+    <t>Выдавливатель для арт.350017 «Сердце»;полистирол;,L=73,B=68мм;белый</t>
+  </si>
+  <si>
+    <t>04147328</t>
+  </si>
+  <si>
+    <t>19019.00₸</t>
+  </si>
+  <si>
+    <t>04147344</t>
+  </si>
+  <si>
+    <t>CRR11</t>
+  </si>
+  <si>
+    <t>1701.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=9,H=6см</t>
+  </si>
+  <si>
+    <t>04147345</t>
+  </si>
+  <si>
+    <t>CRR14</t>
+  </si>
+  <si>
+    <t>1897.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яйцо» на листе 60*40см[32шт];абс-пластик;,L=52,B=33мм;белый</t>
+  </si>
+  <si>
+    <t>04147391</t>
+  </si>
+  <si>
+    <t>GTB22</t>
+  </si>
+  <si>
+    <t>25826.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг» на листе 60*40см[40шт];абс-пластик;D=37мм;белый</t>
+  </si>
+  <si>
+    <t>04147392</t>
+  </si>
+  <si>
+    <t>GTB16</t>
+  </si>
+  <si>
+    <t>28706.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Звезда» на листе 60*40см[35шт];абс-пластик;D=42мм;белый</t>
+  </si>
+  <si>
+    <t>04147393</t>
+  </si>
+  <si>
+    <t>GTB17</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=6см</t>
+  </si>
+  <si>
+    <t>04147901</t>
+  </si>
+  <si>
+    <t>22993.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=8см</t>
+  </si>
+  <si>
+    <t>04147902</t>
+  </si>
+  <si>
+    <t>24456.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=10см</t>
+  </si>
+  <si>
+    <t>04147903</t>
+  </si>
+  <si>
+    <t>26935.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=12см</t>
+  </si>
+  <si>
+    <t>04147904</t>
+  </si>
+  <si>
+    <t>28814.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[4шт];сталь нерж.;D=45,H=45мм</t>
+  </si>
+  <si>
+    <t>04147905</t>
+  </si>
+  <si>
+    <t>37315.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=75,B=30мм</t>
+  </si>
+  <si>
+    <t>04147907</t>
+  </si>
+  <si>
+    <t>42889.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=140,B=75мм</t>
+  </si>
+  <si>
+    <t>04147908</t>
+  </si>
+  <si>
+    <t>53415.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147917</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки квадратные»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147918</t>
+  </si>
+  <si>
+    <t>10411.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Пион»[3шт];абс-пластик;,H=24,L=177,B=149мм;белый</t>
+  </si>
+  <si>
+    <t>04147919</t>
+  </si>
+  <si>
+    <t>30369.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=100,H=45мм;стальной</t>
+  </si>
+  <si>
+    <t>04147948</t>
+  </si>
+  <si>
+    <t>20.45.34</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское (набор)[2шт];сталь нерж.;D=8,H=3см;стальной</t>
+  </si>
+  <si>
+    <t>04147957</t>
+  </si>
+  <si>
+    <t>20.45.22</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>2282.00₸</t>
+  </si>
+  <si>
+    <t>Скребок «Профешионал Мастер»;сталь,пластик;,L=15,B=10см;белый</t>
+  </si>
+  <si>
+    <t>04147958</t>
+  </si>
+  <si>
+    <t>24687/080-TR</t>
+  </si>
+  <si>
+    <t>Professional Master</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>11011.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=19,H=5см</t>
+  </si>
+  <si>
+    <t>04149231</t>
+  </si>
+  <si>
+    <t>CPO</t>
+  </si>
+  <si>
+    <t>4628.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=19,H=6см</t>
+  </si>
+  <si>
+    <t>04149232</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=230,H=45мм</t>
+  </si>
+  <si>
+    <t>04149233</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское «Кольцо»;сталь нерж.;D=28,H=7см</t>
+  </si>
+  <si>
+    <t>04149234</t>
+  </si>
+  <si>
+    <t>6014.00₸</t>
+  </si>
+  <si>
+    <t>Комплект вырубок для теста (круг; арка; овал; овал.круг; квадрат; прямоугольник; ромб; сердце; крива</t>
+  </si>
+  <si>
+    <t>04149259</t>
+  </si>
+  <si>
+    <t>PRA 9</t>
+  </si>
+  <si>
+    <t>40256.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Капля»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149265</t>
+  </si>
+  <si>
+    <t>TPG 8</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Круг»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149266</t>
+  </si>
+  <si>
+    <t>TPG 1</t>
+  </si>
+  <si>
+    <t>5190.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Овал»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149267</t>
+  </si>
+  <si>
+    <t>TPG 2</t>
+  </si>
+  <si>
+    <t>Форма резак «Треугольник»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149268</t>
+  </si>
+  <si>
+    <t>TPG 4</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04149279</t>
+  </si>
+  <si>
+    <t>PPT10X</t>
+  </si>
+  <si>
+    <t>31216.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12 кусков;сталь нерж.;D=26см</t>
+  </si>
+  <si>
+    <t>04149280</t>
+  </si>
+  <si>
+    <t>PPT12X</t>
+  </si>
+  <si>
+    <t>Резак струнный  кондитерский;,L=24,B=24см</t>
+  </si>
+  <si>
+    <t>04149282</t>
+  </si>
+  <si>
+    <t>47692-03</t>
+  </si>
+  <si>
+    <t>920351.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Хэллоуин»[3шт];сталь нерж.;,H=20,L=110,B=107мм</t>
+  </si>
+  <si>
+    <t>04149287</t>
+  </si>
+  <si>
+    <t>47377-11</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>Выдавливатель для арт.350013[5шт];полистирол;,L=61,B=61мм</t>
+  </si>
+  <si>
+    <t>04149886</t>
+  </si>
+  <si>
+    <t>25680.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=125,B=97мм</t>
+  </si>
+  <si>
+    <t>04149889</t>
+  </si>
+  <si>
+    <t>52769.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=22,8,B=17,8см</t>
+  </si>
+  <si>
+    <t>04149891</t>
+  </si>
+  <si>
+    <t>68746.00₸</t>
+  </si>
+  <si>
+    <t>Рама кондитерская;сталь нерж.;,H=45,L=190,B=190мм</t>
+  </si>
+  <si>
+    <t>04149892</t>
+  </si>
+  <si>
+    <t>26180.00₸</t>
+  </si>
+  <si>
+    <t>Скребок/разделитель теста;сталь нерж.,пластик;,L=115,B=80мм</t>
+  </si>
+  <si>
+    <t>04160630</t>
+  </si>
+  <si>
+    <t>AC-TPF11</t>
+  </si>
+  <si>
+    <t>8332.00₸</t>
+  </si>
+  <si>
+    <t>Скребок/разделитель теста;сталь нерж.,пластик;,L=150,B=75мм;синий</t>
+  </si>
+  <si>
+    <t>04160631</t>
+  </si>
+  <si>
+    <t>AC-TPM</t>
+  </si>
+  <si>
+    <t>8478.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо кондитерское;сталь нерж.;D=26,H=6см</t>
+  </si>
+  <si>
+    <t>09100467</t>
+  </si>
+  <si>
+    <t>47534-26</t>
+  </si>
+  <si>
+    <t>14577.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для мороженого с механизмом овальная;сталь нерж.;,L=225/60,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>09100673</t>
+  </si>
+  <si>
+    <t>41474-00</t>
+  </si>
+  <si>
+    <t>15778.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=225/95,B=200мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04143200</t>
+  </si>
+  <si>
+    <t>50RAS7</t>
+  </si>
+  <si>
+    <t>31339.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель кондитерский;сталь нерж.,пластик;,L=210/80,B=145мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04143213</t>
+  </si>
+  <si>
+    <t>50RAS5</t>
+  </si>
+  <si>
+    <t>33272.00₸</t>
+  </si>
+  <si>
+    <t>Нож для теста скребок;пластик;,H=135,B=65мм;синий</t>
+  </si>
+  <si>
+    <t>04160636</t>
+  </si>
+  <si>
+    <t>AC-TP</t>
+  </si>
+  <si>
+    <t>10103.00₸</t>
+  </si>
+  <si>
+    <t>Нож для теста скребок;сталь нерж.,пластик;,H=11,5,B=20см;синий</t>
+  </si>
+  <si>
+    <t>04160637</t>
+  </si>
+  <si>
+    <t>AC-TPF20</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак "Какао-бобы";сталь нерж.;,H=30,L=92,5,B=51мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147982</t>
+  </si>
+  <si>
+    <t>31CUT06</t>
+  </si>
+  <si>
+    <t>13976.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
-    <t>Ложка для мороженого с механизмом;сталь нерж.;D=53,L=205мм;металлич.</t>
-[...4633 lines deleted...]
-  <si>
     <t>Скалка с вращающимися ручками;бук;D=9,L=30см;св. дерево</t>
   </si>
   <si>
     <t>04141986</t>
   </si>
   <si>
     <t>47036-30</t>
   </si>
   <si>
     <t>81228.00₸</t>
   </si>
   <si>
     <t>Шпатель кондитерский;сталь нерж.,пластик;,H=0,8,L=165,B=125мм;металлич.,черный</t>
   </si>
   <si>
     <t>04142580</t>
   </si>
   <si>
     <t>HC-GS10</t>
   </si>
   <si>
     <t>1708.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Круг» (набор)[7шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147042</t>
   </si>
   <si>
     <t>CUT1L7</t>
   </si>
   <si>
     <t>ИНДОНЕЗИЯ</t>
   </si>
   <si>
     <t>23870.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;0,6л;,H=40,L=252,B=62мм;металлич.</t>
   </si>
   <si>
     <t>04147036</t>
   </si>
   <si>
     <t>49H4X25</t>
   </si>
   <si>
-    <t>8655.00₸</t>
+    <t>8817.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Квадрат» (набор)[7шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147041</t>
   </si>
   <si>
     <t>CUT5L7</t>
   </si>
   <si>
     <t>22146.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;1,704л;,H=50,L=243,B=142мм;металлич.</t>
   </si>
   <si>
     <t>04147037</t>
   </si>
   <si>
     <t>11H5L24</t>
   </si>
   <si>
-    <t>14954.00₸</t>
+    <t>15015.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Круг, Квадрат, Звезда» (набор)[9шт];нейлон</t>
   </si>
   <si>
     <t>04147812</t>
   </si>
   <si>
     <t>HC-NC50</t>
   </si>
   <si>
     <t>7980.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;8,816л;,H=4,L=58,B=38см;металлич.</t>
   </si>
   <si>
     <t>04147038</t>
   </si>
   <si>
     <t>RETH4</t>
   </si>
   <si>
-    <t>41034.00₸</t>
+    <t>41965.00₸</t>
   </si>
   <si>
     <t>Шпатель кондитерский;сталь нерж.,пластик;,H=0,8,L=165,B=100мм;металлич.,черный</t>
   </si>
   <si>
     <t>04142579</t>
   </si>
   <si>
     <t>HC-GS11</t>
   </si>
   <si>
     <t>1939.00₸</t>
   </si>
   <si>
     <t>Валик для теста;сталь нерж.;,L=19,5,B=13,5см;металлич.,деревян.</t>
   </si>
   <si>
     <t>04070968</t>
   </si>
   <si>
     <t>HC-KGP197</t>
   </si>
   <si>
     <t>10591.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Квадрат»;сталь нерж.;0,706л;,H=35,L=142,B=142мм;металлич.</t>
   </si>
   <si>
     <t>04147039</t>
   </si>
   <si>
     <t>5H35X14</t>
   </si>
   <si>
-    <t>10565.00₸</t>
+    <t>10703.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник» (набор)[7шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147040</t>
   </si>
   <si>
     <t>CUT22L7</t>
   </si>
   <si>
     <t>22715.00₸</t>
   </si>
   <si>
     <t>Скалка;дерево;D=7,L=38см;св. дерево</t>
   </si>
   <si>
     <t>04141993</t>
   </si>
   <si>
     <t>RPW-15</t>
   </si>
   <si>
     <t>Скалка с антипригарным покрытием;сталь нерж.,тефлон;D=50,L=469/250мм;металлич.,черный</t>
   </si>
@@ -5236,51 +5278,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D5-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D6-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D7-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B4-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE612-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2BE02BB-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD6-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEA-424C-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AED-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEE-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEF-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF0-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF1-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF2-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF3-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE752-20D0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF13-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE6B2-20D0-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C5C-424F-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2025305-424F-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23CEFCF7-696D-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C942A9BF-E3C6-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FC63A80-EA58-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC1118FB-4250-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC9A-4251-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252664-4251-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C3-4252-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C942A9C0-E3C6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F6B-4253-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA433DE5-02BA-11ED-BBFC-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA433DE6-02BA-11ED-BBFC-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E834BACF-B6D1-11EE-BC37-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58B9B6C-509F-11EC-BBF6-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B39-E3D5-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB667-E3D5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B0-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A34-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A33-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A35-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C1-4252-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E834-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CF9C-E3D3-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CA-4250-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16C-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1398CAB8-F161-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252686-4251-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F9F-4252-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FA0-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80DECC38-F94B-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A345-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA881-424E-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0701AF0-21C3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409067-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545DA4F7-CF50-11EF-BC46-0050569297EB54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992000F9-21C5-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086807-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD801-4252-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99200199-21C5-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CE288BB-EA56-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99200239-21C5-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE92017C-E3D6-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F588F7F1-9F21-11EC-BBFA-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081A-50A8-11ED-BC00-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F6B210-21C4-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60E-424F-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60F-424F-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E610-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307446-4251-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D871D-DC9C-11ED-BC07-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81D-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD828-4252-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C136EAC6-B7AE-11EB-BBF1-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F94DBB50-B7AE-11EB-BBF1-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369C7429-B7AF-11EB-BBF1-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78E2895-B7B0-11EB-BBF1-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E3721-B7B1-11EB-BBF1-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68C9108D-B7B1-11EB-BBF1-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAF-2F38-11EC-BBF4-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFFC6877-B7B1-11EB-BBF1-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAE-2F38-11EC-BBF4-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D0BB3ED-B7B2-11EB-BBF1-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7190C226-B7B2-11EB-BBF1-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EE37A72-B7B2-11EB-BBF1-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C857094-21C9-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A8C4-21C7-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05F70-21C8-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F7777D1-B7AC-11EB-BBF1-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A798F8D3-B7AC-11EB-BBF1-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84C-3126-11EC-BBF4-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84B-3126-11EC-BBF4-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7407-696D-11EC-BBF7-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB70B-696D-11EC-BBF7-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB706-696D-11EC-BBF7-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740A-696D-11EC-BBF7-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C858AF-21C8-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7406-696D-11EC-BBF7-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AA-E3D5-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80D-E3D5-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B807-E3D5-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3A-E3D5-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550C-EA58-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB705-696D-11EC-BBF7-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB703-696D-11EC-BBF7-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E2-424E-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB702-696D-11EC-BBF7-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DF91-21C8-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DEDF-21C8-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DE3F-21C8-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C5511-EA58-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06010-21C8-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C060C2-21C8-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AC-E3D5-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9DD8-21C9-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA07C-21C9-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9F2A-21C9-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159773-424E-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB70A-696D-11EC-BBF7-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06214-21C8-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C062C6-21C8-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015D-696C-11EC-BBF7-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F6-696C-11EC-BBF7-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19B-696C-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0302E805-3BB8-11F0-BC50-00505692C447123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AD-E3D5-11EB-BBF2-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AB-E3D5-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106A9-E3D5-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80B-E3D5-11EB-BBF2-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CF12BC5-A6B5-11EC-BBFA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550F-EA58-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7405-696D-11EC-BBF7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB707-696D-11EC-BBF7-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB704-696D-11EC-BBF7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920FA1-EA58-11EB-BBF2-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920F9E-EA58-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920F9D-EA58-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D6-E3D6-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA1BC-21C9-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D255380-E3D6-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAFCC-21C7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAE8C-21C7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80E-E3D5-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80A-E3D5-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3E-E3D5-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B38-E3D5-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B34-E3D5-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88C-3126-11EC-BBF4-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85961-21C8-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C5-696C-11EC-BBF7-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C6-696C-11EC-BBF7-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397546-E3D3-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C8-696C-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AB8-696C-11EC-BBF7-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0E-E3D3-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0F-E3D3-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397547-E3D3-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782278BB-21C7-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227809-21C7-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F97-424E-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E808-424F-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0C-E3D3-11EB-BBF2-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89D5-424F-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71716-424F-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397548-E3D3-11EB-BBF2-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C7-696C-11EC-BBF7-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C0-EA56-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0B-E3D3-11EB-BBF2-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397545-E3D3-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397544-E3D3-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03793F-4250-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037940-4250-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3339754A-E3D3-11EB-BBF2-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397549-E3D3-11EB-BBF2-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986EA0-6D33-11EE-BC0F-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255D2-4250-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0D-E3D3-11EB-BBF2-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CE288BD-EA56-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C2-EA56-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A65F766-F3D8-11EC-BBFA-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01BC5A63-6BFA-11ED-BC01-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519C22-21C6-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519ABE-21C6-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84DC792C-696B-11EC-BBF7-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84DC792B-696B-11EC-BBF7-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A791-21C6-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519B70-21C6-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA51997E-21C6-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519A1E-21C6-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D67-424D-11E8-A155-00259035BB67188.gif"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A651-21C6-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D69-424D-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDC-E3D2-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD8-E3D2-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDD-E3D2-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDF-E3D2-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450EAA-21C6-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450F4A-21C6-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450E0A-21C6-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8BC-424F-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33E-424F-11E8-A155-00259035BB67199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F38-424F-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5FD-424F-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A8D1-21C6-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519EB4-21C6-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44F2-424F-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519CD4-21C6-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A831-21C6-11EE-BC0D-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA4-E3D2-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA580B-424F-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71703-424F-11E8-A155-00259035BB67209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71704-424F-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA1-E3D2-11EB-BBF2-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA2-E3D2-11EB-BBF2-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FF9-4250-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519E14-21C6-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408683D-4250-11E8-A155-00259035BB67215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408683E-4250-11E8-A155-00259035BB67216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA6-E3D2-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA2A-4250-11E8-A155-00259035BB67218.gif"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0AA-4250-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ADDE0F-F160-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424343A-4252-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519D74-21C6-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519F54-21C6-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAD-2F38-11EC-BBF4-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4BC196-95FC-11EA-BBD4-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACB1-2F38-11EC-BBF4-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACB0-2F38-11EC-BBF4-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C825-95FC-11EA-BBD4-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C826-95FC-11EA-BBD4-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACA9-2F38-11EC-BBF4-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450D58-21C6-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C829-95FC-11EA-BBD4-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAC-2F38-11EC-BBF4-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82B-95FC-11EA-BBD4-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82C-95FC-11EA-BBD4-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82D-95FC-11EA-BBD4-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAB-2F38-11EC-BBF4-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310BD7FD-5E32-11EA-BBCE-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FFF6E03-E800-11EC-BBFA-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EE3-424F-11E8-A155-00259035BB67240.gif"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88B-3126-11EC-BBF4-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88A-3126-11EC-BBF4-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD889-3126-11EC-BBF4-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD888-3126-11EC-BBF4-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD887-3126-11EC-BBF4-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B9E8-21C8-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B948-21C8-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B8A8-21C8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B808-21C8-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BA88-21C8-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95397CE-21C6-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32A1E-21C6-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAF2C-21C7-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85BE1-21C8-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB881-424F-11E8-A155-00259035BB67255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85DE5-21C8-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85D45-21C8-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85C93-21C8-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5FB-424F-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D7DA-21C7-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EE2-424F-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6143246D-4BF6-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDA61-CA4F-11ED-BC05-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025BB-4250-11E8-A155-00259035BB67264.gif"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E111729-4250-11E8-A155-00259035BB67265.gif"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338649D-21C6-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E179-424F-11E8-A155-00259035BB67267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17A-424F-11E8-A155-00259035BB67268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17B-424F-11E8-A155-00259035BB67269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C5A-424F-11E8-A155-00259035BB67270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A31-E3D5-11EB-BBF2-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C74-424F-11E8-A155-00259035BB67272.gif"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85AA1-21C8-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80C-E3D5-11EB-BBF2-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123AD5B6-AECA-11EE-BC40-00505692492F275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DBB-F162-11EB-BBF2-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06174-21C8-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DFE-424F-11E8-A155-00259035BB67278.gif"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C24A-21C7-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23E04-424F-11E8-A155-00259035BB67280.gif"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80B-424F-11E8-A155-00259035BB67281.gif"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338617D-21C6-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD266A9F-21C7-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9404-424F-11E8-A155-00259035BB67284.gif"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9405-424F-11E8-A155-00259035BB67285.gif"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28053F-21C6-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAD4C-21C7-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D7-E3D6-11EB-BBF2-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E83C-424F-11E8-A155-00259035BB67289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B37-E3D5-11EB-BBF2-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F52E-424F-11E8-A155-00259035BB67291.gif"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9770EEE5-696B-11EC-BBF7-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C2EA-21C7-11EE-BC0D-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85A01-21C8-11EE-BC0D-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5810-424F-11E8-A155-00259035BB67295.gif"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889B-4250-11E8-A155-00259035BB67296.gif"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB671-E3D5-11EB-BBF2-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2E7-E3D2-11EB-BBF2-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEAA-E3D2-11EB-BBF2-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA9-E3D2-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66A-E3D5-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B3-E3D5-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252CA-424F-11E8-A155-00259035BB67303.gif"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920FA0-EA58-11EB-BBF2-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173349-4250-11E8-A155-00259035BB67305.gif"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A30-E3D5-11EB-BBF2-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB670-E3D5-11EB-BBF2-005056921CC4307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B31-4250-11E8-A155-00259035BB67308.gif"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA04A-4250-11E8-A155-00259035BB67309.gif"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408680B-4250-11E8-A155-00259035BB67310.gif"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B808-E3D5-11EB-BBF2-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B805-E3D5-11EB-BBF2-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3C-E3D5-11EB-BBF2-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B36-E3D5-11EB-BBF2-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66E-E3D5-11EB-BBF2-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66B-E3D5-11EB-BBF2-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB668-E3D5-11EB-BBF2-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B4-E3D5-11EB-BBF2-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B1-E3D5-11EB-BBF2-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3B-E3D5-11EB-BBF2-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B35-E3D5-11EB-BBF2-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66D-E3D5-11EB-BBF2-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BBC8-21C8-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B809-E3D5-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3D-E3D5-11EB-BBF2-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66F-E3D5-11EB-BBF2-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66C-E3D5-11EB-BBF2-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB669-E3D5-11EB-BBF2-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037971-4250-11E8-A155-00259035BB67329.gif"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B2-E3D5-11EB-BBF2-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B806-E3D5-11EB-BBF2-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9E8A-21C9-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9FDC-21C9-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA11C-21C9-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF346-4250-11E8-A155-00259035BB67335.gif"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA1F-4250-11E8-A155-00259035BB67336.gif"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39791AF-2222-11EE-BC0D-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4A-4251-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4B-4251-11E8-A155-00259035BB67339.gif"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D9-4251-11E8-A155-00259035BB67340.gif"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F05-4251-11E8-A155-00259035BB67341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FD6-4251-11E8-A155-00259035BB67342.gif"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FD7-4251-11E8-A155-00259035BB67343.gif"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FEC-4251-11E8-A155-00259035BB67344.gif"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F414-4251-11E8-A155-00259035BB67345.gif"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C4-4251-11E8-A155-00259035BB67346.gif"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C5-4251-11E8-A155-00259035BB67347.gif"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C6-4251-11E8-A155-00259035BB67348.gif"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9CF-4251-11E8-A155-00259035BB67349.gif"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D1-4251-11E8-A155-00259035BB67350.gif"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D3-4251-11E8-A155-00259035BB67351.gif"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D4-4251-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6B9301A-2224-11EE-BC0D-005056921CC4353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DC0-F162-11EB-BBF2-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39793B5-2222-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575D8-4251-11E8-A155-00259035BB67356.gif"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC083-4251-11E8-A155-00259035BB67357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC084-4251-11E8-A155-00259035BB67358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC085-4251-11E8-A155-00259035BB67359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC086-4251-11E8-A155-00259035BB67360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0848D87D-073A-11EB-BBDB-005056921CC4361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC087-4251-11E8-A155-00259035BB67362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC088-4251-11E8-A155-00259035BB67363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC090-4251-11E8-A155-00259035BB67364.gif"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC89-4251-11E8-A155-00259035BB67365.gif"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E77F-2222-11EE-BC0D-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BA-4251-11E8-A155-00259035BB67367.gif"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C96D316-2222-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E9-4252-11E8-A155-00259035BB67369.gif"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EA-4252-11E8-A155-00259035BB67370.gif"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EB-4252-11E8-A155-00259035BB67371.gif"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EC-4252-11E8-A155-00259035BB67372.gif"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48CF-696D-11EC-BBF7-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A76B-4252-11E8-A155-00259035BB67374.gif"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D4B2-2224-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550D-EA58-11EB-BBF2-005056921CC4376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC396-4252-11E8-A155-00259035BB67377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DD0A7-2224-11EE-BC0D-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3979109-2222-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD862BF3-2222-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39794C1-2222-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD862885-2222-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6F-4252-11E8-A155-00259035BB67383.gif"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD86294A-2222-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3979297-2222-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A586-2666-11EA-BBCA-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92A8C-2223-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88E-4253-11E8-A155-00259035BB67388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA00-D1AC-11EB-BBF2-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A526A-4252-11E8-A155-00259035BB67390.gif"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5A55FC8-EA56-11EB-BBF2-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F78B-4252-11E8-A155-00259035BB67392.gif"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AF-E3D5-11EB-BBF2-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92BDE-2223-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D305-2224-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE16A-4254-11E8-A155-00259035BB67396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22708-F3D8-11EC-BBFA-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22709-F3D8-11EC-BBFA-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCEF-4254-11E8-A155-00259035BB67399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3AD38B-F3D8-11EC-BBFA-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B11D2E-073A-11EB-BBDB-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB108C9-2223-11EE-BC0D-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B4A-814A-11E9-BBBA-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CD49-F985-11EE-BC50-00505692E2D0404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D3B7-2224-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96C5A0C1-814A-11E9-BBBA-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6954D536-EA56-11EB-BBF2-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8D-814B-11E9-BBBA-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8E-814B-11E9-BBBA-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8F-814B-11E9-BBBA-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824CEB3-2224-11EE-BC0D-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED5-02BA-11ED-BBFC-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D908060D-12C1-11EA-BBC6-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D241-2224-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080622-12C1-11EA-BBC6-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF4578FE-12C1-11EA-BBC6-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA5BDF-2223-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959845-02BA-11ED-BBFC-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959844-02BA-11ED-BBFC-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959847-02BA-11ED-BBFC-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959846-02BA-11ED-BBFC-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D147-2224-11EE-BC0D-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D555-02BA-11ED-BBFC-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D556-02BA-11ED-BBFC-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DCAA-2224-11EE-BC0D-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1C334B5-1F1B-11EE-BC0C-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C36FB2-20B4-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B785504D-F160-11EB-BBF2-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE62E-2222-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAF2A74B-1A7B-11ED-BBFC-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B785504C-F160-11EB-BBF2-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722C8C2B-2224-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252288-2222-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252151-2222-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222520B1-2222-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF941-294C-11EC-BBF4-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA032BF-2223-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92EFE-2223-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB10789-2223-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E179-9F22-11EC-BBFA-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1964E1EE-FCA4-11EC-BBFA-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA59FF-2223-11EE-BC0D-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B30-FCA3-11EC-BBFA-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B32-FCA3-11EC-BBFA-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3FDA0-2223-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3FCC8-2223-11EE-BC0D-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89CDA9BC-EA55-11EB-BBF2-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E5116-EA58-11EB-BBF2-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEB8D-45F0-11EF-BC57-00505692E049449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEC76-45F0-11EF-BC57-00505692E049450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD575-5BE7-11EF-BC4D-00505692C447451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD47B-5BE7-11EF-BC4D-00505692C447452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF13A45-E3D8-11EF-BC57-00505692E049453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0DDB49-19E4-11F0-BC4F-00505692C447454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD45E7-5CD3-11F0-BC49-0050569297EB455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AC29-5CD3-11F0-BC49-0050569297EB456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD4D9F-5CD3-11F0-BC49-0050569297EB457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AA0E-5CD3-11F0-BC49-0050569297EB458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A8CC-5CD3-11F0-BC49-0050569297EB459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F27AD-A513-11F0-BC4E-00505692492F460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD41F9-5CD3-11F0-BC49-0050569297EB461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1C9129-731C-11F0-BC56-00505692E2D0462.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D5-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D6-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823D7-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B4-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE612-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2BE02BB-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD6-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEA-424C-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AED-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEE-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AEF-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF0-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF1-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF2-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0AF3-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE752-20D0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF13-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE6B2-20D0-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C5C-424F-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2025305-424F-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23CEFCF7-696D-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C942A9BF-E3C6-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FC63A80-EA58-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC1118FB-4250-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC9A-4251-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252664-4251-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C3-4252-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C942A9C0-E3C6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F6B-4253-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA433DE5-02BA-11ED-BBFC-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA433DE6-02BA-11ED-BBFC-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E834BACF-B6D1-11EE-BC37-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F58B9B6C-509F-11EC-BBF6-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B39-E3D5-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB667-E3D5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B0-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A34-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A33-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A35-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C1-4252-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E834-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CF9C-E3D3-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CA-4250-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16C-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1398CAB8-F161-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252686-4251-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F9F-4252-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FA0-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80DECC38-F94B-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A345-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA881-424E-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0701AF0-21C3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409067-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545DA4F7-CF50-11EF-BC46-0050569297EB54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992000F9-21C5-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086807-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD801-4252-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99200199-21C5-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CE288BB-EA56-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99200239-21C5-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE92017C-E3D6-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F588F7F1-9F21-11EC-BBFA-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081A-50A8-11ED-BC00-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7F6B210-21C4-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60E-424F-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60F-424F-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E610-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307446-4251-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D871D-DC9C-11ED-BC07-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81D-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD828-4252-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C136EAC6-B7AE-11EB-BBF1-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F94DBB50-B7AE-11EB-BBF1-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369C7429-B7AF-11EB-BBF1-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78E2895-B7B0-11EB-BBF1-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E3721-B7B1-11EB-BBF1-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68C9108D-B7B1-11EB-BBF1-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAF-2F38-11EC-BBF4-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFFC6877-B7B1-11EB-BBF1-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAE-2F38-11EC-BBF4-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D0BB3ED-B7B2-11EB-BBF1-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7190C226-B7B2-11EB-BBF1-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EE37A72-B7B2-11EB-BBF1-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C857094-21C9-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A8C4-21C7-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05F70-21C8-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B90F-294D-11EC-BBF4-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B90E-294D-11EC-BBF4-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F7777D1-B7AC-11EB-BBF1-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A798F8D3-B7AC-11EB-BBF1-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84C-3126-11EC-BBF4-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84B-3126-11EC-BBF4-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7407-696D-11EC-BBF7-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB70B-696D-11EC-BBF7-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB706-696D-11EC-BBF7-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE740A-696D-11EC-BBF7-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C858AF-21C8-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7406-696D-11EC-BBF7-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AA-E3D5-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80D-E3D5-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B807-E3D5-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3A-E3D5-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550C-EA58-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB705-696D-11EC-BBF7-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB703-696D-11EC-BBF7-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E2-424E-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB702-696D-11EC-BBF7-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DF91-21C8-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DEDF-21C8-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321DE3F-21C8-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C5511-EA58-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06010-21C8-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C060C2-21C8-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AC-E3D5-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9DD8-21C9-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA07C-21C9-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9F2A-21C9-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159773-424E-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB70A-696D-11EC-BBF7-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06214-21C8-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C062C6-21C8-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015D-696C-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F6-696C-11EC-BBF7-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19B-696C-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0302E805-3BB8-11F0-BC50-00505692C447125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AD-E3D5-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AB-E3D5-11EB-BBF2-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106A9-E3D5-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80B-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CF12BC5-A6B5-11EC-BBFA-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550F-EA58-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDE7405-696D-11EC-BBF7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB707-696D-11EC-BBF7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563FB704-696D-11EC-BBF7-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920FA1-EA58-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920F9E-EA58-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920F9D-EA58-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D6-E3D6-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA1BC-21C9-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D255380-E3D6-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAFCC-21C7-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAE8C-21C7-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80E-E3D5-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80A-E3D5-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3E-E3D5-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B38-E3D5-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B34-E3D5-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88C-3126-11EC-BBF4-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85961-21C8-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C5-696C-11EC-BBF7-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C6-696C-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397546-E3D3-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C8-696C-11EC-BBF7-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AB8-696C-11EC-BBF7-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0E-E3D3-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0F-E3D3-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397547-E3D3-11EB-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782278BB-21C7-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227809-21C7-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F97-424E-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E808-424F-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0C-E3D3-11EB-BBF2-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89D5-424F-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71716-424F-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397548-E3D3-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159620C7-696C-11EC-BBF7-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C0-EA56-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0B-E3D3-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397545-E3D3-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397544-E3D3-11EB-BBF2-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03793F-4250-11E8-A155-00259035BB67171.gif"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037940-4250-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3339754A-E3D3-11EB-BBF2-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33397549-E3D3-11EB-BBF2-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71986EA0-6D33-11EE-BC0F-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255D2-4250-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D3AFE0D-E3D3-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CE288BD-EA56-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C2-EA56-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A65F766-F3D8-11EC-BBFA-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01BC5A63-6BFA-11ED-BC01-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519C22-21C6-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519ABE-21C6-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84DC792C-696B-11EC-BBF7-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84DC792B-696B-11EC-BBF7-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A791-21C6-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519B70-21C6-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA51997E-21C6-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519A1E-21C6-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D67-424D-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A651-21C6-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D69-424D-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDC-E3D2-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD8-E3D2-11EB-BBF2-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDD-E3D2-11EB-BBF2-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BDF-E3D2-11EB-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450EAA-21C6-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450F4A-21C6-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450E0A-21C6-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8BC-424F-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A33E-424F-11E8-A155-00259035BB67201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F38-424F-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5FD-424F-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A8D1-21C6-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519EB4-21C6-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44F2-424F-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519CD4-21C6-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051A831-21C6-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA4-E3D2-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA580B-424F-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71703-424F-11E8-A155-00259035BB67211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71704-424F-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA1-E3D2-11EB-BBF2-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA2-E3D2-11EB-BBF2-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FF9-4250-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519E14-21C6-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408683D-4250-11E8-A155-00259035BB67217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408683E-4250-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA6-E3D2-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA2A-4250-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0AA-4250-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ADDE0F-F160-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424343A-4252-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519D74-21C6-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA519F54-21C6-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAD-2F38-11EC-BBF4-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4BC196-95FC-11EA-BBD4-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACB1-2F38-11EC-BBF4-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACB0-2F38-11EC-BBF4-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C825-95FC-11EA-BBD4-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C826-95FC-11EA-BBD4-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACA9-2F38-11EC-BBF4-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4450D58-21C6-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C829-95FC-11EA-BBD4-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAC-2F38-11EC-BBF4-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82B-95FC-11EA-BBD4-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82C-95FC-11EA-BBD4-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8248C82D-95FC-11EA-BBD4-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B5ACAB-2F38-11EC-BBF4-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310BD7FD-5E32-11EA-BBCE-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FFF6E03-E800-11EC-BBFA-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EE3-424F-11E8-A155-00259035BB67242.gif"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88B-3126-11EC-BBF4-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88A-3126-11EC-BBF4-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD889-3126-11EC-BBF4-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD888-3126-11EC-BBF4-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD887-3126-11EC-BBF4-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B9E8-21C8-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B948-21C8-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B8A8-21C8-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36B808-21C8-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BA88-21C8-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95397CE-21C6-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32A1E-21C6-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAF2C-21C7-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85BE1-21C8-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB881-424F-11E8-A155-00259035BB67257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85DE5-21C8-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85D45-21C8-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85C93-21C8-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5FB-424F-11E8-A155-00259035BB67261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D7DA-21C7-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EE2-424F-11E8-A155-00259035BB67263.gif"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6143246D-4BF6-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0DDA61-CA4F-11ED-BC05-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025BB-4250-11E8-A155-00259035BB67266.gif"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E111729-4250-11E8-A155-00259035BB67267.gif"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338649D-21C6-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E179-424F-11E8-A155-00259035BB67269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17A-424F-11E8-A155-00259035BB67270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17B-424F-11E8-A155-00259035BB67271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C5A-424F-11E8-A155-00259035BB67272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A31-E3D5-11EB-BBF2-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C74-424F-11E8-A155-00259035BB67274.gif"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85AA1-21C8-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B80C-E3D5-11EB-BBF2-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123AD5B6-AECA-11EE-BC40-00505692492F277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DBB-F162-11EB-BBF2-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C06174-21C8-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DFE-424F-11E8-A155-00259035BB67280.gif"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C24A-21C7-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23E04-424F-11E8-A155-00259035BB67282.gif"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80B-424F-11E8-A155-00259035BB67283.gif"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338617D-21C6-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD266A9F-21C7-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9404-424F-11E8-A155-00259035BB67286.gif"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9405-424F-11E8-A155-00259035BB67287.gif"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28053F-21C6-11EE-BC0D-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAD4C-21C7-11EE-BC0D-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D7-E3D6-11EB-BBF2-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E83C-424F-11E8-A155-00259035BB67291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B37-E3D5-11EB-BBF2-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F52E-424F-11E8-A155-00259035BB67293.gif"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9770EEE5-696B-11EC-BBF7-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C2EA-21C7-11EE-BC0D-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85A01-21C8-11EE-BC0D-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5810-424F-11E8-A155-00259035BB67297.gif"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889B-4250-11E8-A155-00259035BB67298.gif"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB671-E3D5-11EB-BBF2-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2E7-E3D2-11EB-BBF2-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEAA-E3D2-11EB-BBF2-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA9-E3D2-11EB-BBF2-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66A-E3D5-11EB-BBF2-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B3-E3D5-11EB-BBF2-005056921CC4304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252CA-424F-11E8-A155-00259035BB67305.gif"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2920FA0-EA58-11EB-BBF2-005056921CC4306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173349-4250-11E8-A155-00259035BB67307.gif"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A30-E3D5-11EB-BBF2-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB670-E3D5-11EB-BBF2-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B31-4250-11E8-A155-00259035BB67310.gif"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA04A-4250-11E8-A155-00259035BB67311.gif"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408680B-4250-11E8-A155-00259035BB67312.gif"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B808-E3D5-11EB-BBF2-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B805-E3D5-11EB-BBF2-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3C-E3D5-11EB-BBF2-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B36-E3D5-11EB-BBF2-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66E-E3D5-11EB-BBF2-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66B-E3D5-11EB-BBF2-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB668-E3D5-11EB-BBF2-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B4-E3D5-11EB-BBF2-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B1-E3D5-11EB-BBF2-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3B-E3D5-11EB-BBF2-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B35-E3D5-11EB-BBF2-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66D-E3D5-11EB-BBF2-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F36BBC8-21C8-11EE-BC0D-005056921CC4325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B809-E3D5-11EB-BBF2-005056921CC4326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2216B3D-E3D5-11EB-BBF2-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66F-E3D5-11EB-BBF2-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB66C-E3D5-11EB-BBF2-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBDCB669-E3D5-11EB-BBF2-005056921CC4330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037971-4250-11E8-A155-00259035BB67331.gif"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106B2-E3D5-11EB-BBF2-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D868B806-E3D5-11EB-BBF2-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9E8A-21C9-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9FDC-21C9-11EE-BC0D-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA11C-21C9-11EE-BC0D-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF346-4250-11E8-A155-00259035BB67337.gif"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA1F-4250-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39791AF-2222-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4A-4251-11E8-A155-00259035BB67340.gif"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4B-4251-11E8-A155-00259035BB67341.gif"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D9-4251-11E8-A155-00259035BB67342.gif"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F05-4251-11E8-A155-00259035BB67343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FD6-4251-11E8-A155-00259035BB67344.gif"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FD7-4251-11E8-A155-00259035BB67345.gif"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FEC-4251-11E8-A155-00259035BB67346.gif"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F414-4251-11E8-A155-00259035BB67347.gif"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C4-4251-11E8-A155-00259035BB67348.gif"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C5-4251-11E8-A155-00259035BB67349.gif"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C6-4251-11E8-A155-00259035BB67350.gif"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9CF-4251-11E8-A155-00259035BB67351.gif"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D1-4251-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D3-4251-11E8-A155-00259035BB67353.gif"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D4-4251-11E8-A155-00259035BB67354.gif"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6B9301A-2224-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DC0-F162-11EB-BBF2-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39793B5-2222-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575D8-4251-11E8-A155-00259035BB67358.gif"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC083-4251-11E8-A155-00259035BB67359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC084-4251-11E8-A155-00259035BB67360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC085-4251-11E8-A155-00259035BB67361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC086-4251-11E8-A155-00259035BB67362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0848D87D-073A-11EB-BBDB-005056921CC4363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC087-4251-11E8-A155-00259035BB67364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC088-4251-11E8-A155-00259035BB67365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC090-4251-11E8-A155-00259035BB67366.gif"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC89-4251-11E8-A155-00259035BB67367.gif"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E77F-2222-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BA-4251-11E8-A155-00259035BB67369.gif"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C96D316-2222-11EE-BC0D-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E9-4252-11E8-A155-00259035BB67371.gif"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EA-4252-11E8-A155-00259035BB67372.gif"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EB-4252-11E8-A155-00259035BB67373.gif"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EC-4252-11E8-A155-00259035BB67374.gif"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48CF-696D-11EC-BBF7-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A76B-4252-11E8-A155-00259035BB67376.gif"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D4B2-2224-11EE-BC0D-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C550D-EA58-11EB-BBF2-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC396-4252-11E8-A155-00259035BB67379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DD0A7-2224-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3979109-2222-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD862BF3-2222-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B39794C1-2222-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD862885-2222-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6F-4252-11E8-A155-00259035BB67385.gif"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD86294A-2222-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3979297-2222-11EE-BC0D-005056921CC4387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A586-2666-11EA-BBCA-005056921CC4388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92A8C-2223-11EE-BC0D-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88E-4253-11E8-A155-00259035BB67390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA00-D1AC-11EB-BBF2-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A526A-4252-11E8-A155-00259035BB67392.gif"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5A55FC8-EA56-11EB-BBF2-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F78B-4252-11E8-A155-00259035BB67394.gif"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C54106AF-E3D5-11EB-BBF2-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92BDE-2223-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D305-2224-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE16A-4254-11E8-A155-00259035BB67398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22708-F3D8-11EC-BBFA-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22709-F3D8-11EC-BBFA-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCEF-4254-11E8-A155-00259035BB67401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3AD38B-F3D8-11EC-BBFA-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B11D2E-073A-11EB-BBDB-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB108C9-2223-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D4C1B4A-814A-11E9-BBBA-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D027CD49-F985-11EE-BC50-00505692E2D0406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D3B7-2224-11EE-BC0D-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96C5A0C1-814A-11E9-BBBA-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6954D536-EA56-11EB-BBF2-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8D-814B-11E9-BBBA-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8E-814B-11E9-BBBA-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226F6D8F-814B-11E9-BBBA-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824CEB3-2224-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED5-02BA-11ED-BBFC-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D908060D-12C1-11EA-BBC6-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D241-2224-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080622-12C1-11EA-BBC6-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF4578FE-12C1-11EA-BBC6-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA5BDF-2223-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959845-02BA-11ED-BBFC-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959844-02BA-11ED-BBFC-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959847-02BA-11ED-BBFC-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959846-02BA-11ED-BBFC-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7824D147-2224-11EE-BC0D-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D555-02BA-11ED-BBFC-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D556-02BA-11ED-BBFC-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DCAA-2224-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1C334B5-1F1B-11EE-BC0C-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C36FB2-20B4-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B785504D-F160-11EB-BBF2-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE62E-2222-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAF2A74B-1A7B-11ED-BBFC-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B785504C-F160-11EB-BBF2-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722C8C2B-2224-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252288-2222-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252151-2222-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222520B1-2222-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF941-294C-11EC-BBF4-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA032BF-2223-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92EFE-2223-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB10789-2223-11EE-BC0D-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E179-9F22-11EC-BBFA-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1964E1EE-FCA4-11EC-BBFA-005056921CC4443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA59FF-2223-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B30-FCA3-11EC-BBFA-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B32-FCA3-11EC-BBFA-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3FDA0-2223-11EE-BC0D-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3FCC8-2223-11EE-BC0D-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89CDA9BC-EA55-11EB-BBF2-005056921CC4449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E5116-EA58-11EB-BBF2-005056921CC4450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEB8D-45F0-11EF-BC57-00505692E049451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEC76-45F0-11EF-BC57-00505692E049452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD575-5BE7-11EF-BC4D-00505692C447453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD47B-5BE7-11EF-BC4D-00505692C447454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF13A45-E3D8-11EF-BC57-00505692E049455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A0DDB49-19E4-11F0-BC4F-00505692C447456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD45E7-5CD3-11F0-BC49-0050569297EB457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AC29-5CD3-11F0-BC49-0050569297EB458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD4D9F-5CD3-11F0-BC49-0050569297EB459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AA0E-5CD3-11F0-BC49-0050569297EB460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A8CC-5CD3-11F0-BC49-0050569297EB461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F27AD-A513-11F0-BC4E-00505692492F462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD41F9-5CD3-11F0-BC49-0050569297EB463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1C9129-731C-11F0-BC56-00505692E2D0464.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10555,86 +10597,86 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>181</xdr:row>
@@ -17965,81 +18007,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="424" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>429</xdr:row>
+      <xdr:row>426</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="425" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>430</xdr:row>
+      <xdr:row>427</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="426" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -18865,86 +18907,86 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="454" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>459</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="455" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>460</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="455" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="456" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>462</xdr:row>
@@ -18985,153 +19027,213 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="458" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>464</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="459" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>465</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="459" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="460" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>469</xdr:row>
+      <xdr:row>467</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="461" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>481</xdr:row>
+      <xdr:row>470</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="462" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>471</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="463" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>483</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="464" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId464"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -19390,62 +19492,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-paderno-02050204/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ghidini-02050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ghidini-02050206/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhenb-mehanizma-eternum-02050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhentreugs-mehanizmom-ilsa-02050212/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050215/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050217/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050218/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ilsa-02050222/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-bez-mehanizma-paderno-02050223/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-bonzer-02050225/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-prohotel-02050230/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050231/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-paderno-02050233/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050234/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-paderno-02050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050243/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050244/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-matfer-02050246/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ghidini-02050256/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-prohotel-02050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ruiyuan-02050261/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-matfer-02050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ovalnaya-s-mehanizmom-matfer-02050266/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-probar-02050522/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-de-buyer-03111800/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200833/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200835/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200836/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200838/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200839/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200840/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-dlya-kolbasok-ruchn-aps-04070289/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-matfer-04070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-d-konditera-matfer-04070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-struny-d-art120094-matfer-04070528/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-konditerskiy-matfer-04070538/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-forma-matfer-04070556/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-rezakov-matfer-04070560/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-1-d-ovoschey-fruktov-zhele-i-td-matfer-04070565/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-2-d-ovoschey-fruktov-zhele-i-td-matfer-04070566/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04070567/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nareztesta-paderno-04070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-paderno-04070926/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-matfer-04070930/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070932/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-zio-pepe-04070937/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070944/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-matfer-04070947/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070952/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-paderno-04070953/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-paderno-04070954/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-martellato-04070958/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-martellato-04070961/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-paderno-04070963/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-metaltex-04073507/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-05kg-matfer-04080372/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-1kg-matfer-04080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-15kg-matfer-04080374/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-2kg-matfer-04080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-d-morozhenogo-matfer-04110899/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-dlya-blinov-harmonia-04111313/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-skrebok-matfer-04121120/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04121127/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130501/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130502/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130503/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130504/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130505/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130506/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130507/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130508/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130509/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130510/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130511/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130512/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-perforator-gimetal-04130522/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04140016/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04140020/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04140098/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04140099/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-6-kuskov-paderno-04140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-kuskov-paderno-04140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140142/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140143/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140144/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-kondit-razdvizhnoe-d16-32sm-paderno-04140145/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140146/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140150/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140153/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140154/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140155/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140156/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140157/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140158/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140159/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-izgotovltartaletok-paderno-04140165/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140191/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140216/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140283/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140284/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140916/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140917/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140918/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140919/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-12kuskov-paderno-04140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18kuskov-paderno-04140970/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-18kuskov-paderno-04140971/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-testa-kruglyy-gibkiy-ilsa-04140974/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141307/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141311/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141312/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141318/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-paderno-04141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141322/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141339/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141340/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141341/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141343/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141344/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141345/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141347/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141348/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141349/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141350/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141351/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141352/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-paderno-04141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-kuskov-was-04141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-was-04141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141393/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141394/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141395/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141396/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141397/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141398/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141399/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141902/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141903/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141904/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141905/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141906/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141907/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-linden-04141908/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-linden-04141909/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-i-zubcami-linden-04141910/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-04141911/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschruchkoy-04141912/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-d-dekorirovaniya-matfer-04141915/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141917/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141918/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141919/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141920/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141921/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141922/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141923/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141924/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141925/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141926/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141927/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141928/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141929/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschruchkoy-04141930/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-reguliruemaya-matfer-04141931/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141942/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141944/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-d-karameli-matfer-04141946/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04141947/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-dlya-nugi-matfer-04141948/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04141952/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142501/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142503/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-prigblinov-paderno-04142504/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-prigblinov-paderno-04142505/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-gibkiy-paderno-04142508/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142509/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142510/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142511/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142512/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142513/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142514/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142515/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142516/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142517/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142518/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142519/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142520/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142521/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-ilsa-04142525/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142526/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142528/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142530/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-form-d-zamorozki-matfer-04142531/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142532/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142533/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142534/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142535/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142536/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142537/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142539/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142540/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142541/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142542/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142544/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142545/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-kruglyy-d-prigblinov-matfer-04142546/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-ploskiy-d-prigblinov-matfer-04142547/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-skrebok-matfer-04142549/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-shokolada-matfer-04142550/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142552/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142553/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-zakruglennyy-matfer-04142555/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142558/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142560/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142563/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142564/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142565/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142566/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142567/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142568/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142569/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142570/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142571/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142572/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142573/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142574/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142575/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142576/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04142577/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-dlya-shokoladnyh-elementov-martellato-04142578/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142800/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142801/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142802/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142803/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142804/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142805/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142806/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142807/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142808/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142809/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142810/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142828/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142829/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04142837/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142840/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142841/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142842/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142852/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142853/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142858/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-strunnogo-rezaka-d-konditera-matfer-04142868/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142900/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-shpateley-konditerskih-metaltex-04143980/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143986/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pincety-dlya-marcipana-matfer-04144031/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-dekorirovaniya-matfer-04144033/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-prohotel-04144250/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144252/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144253/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144254/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144262/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144263/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-riflen-matfer-04144271/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144276/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144277/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144279/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144280/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144281/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04144282/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04144283/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144287/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144296/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144297/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144509/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144510/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144511/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144521/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-form-d-kondizd-matfer-04144532/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-matfer-04144533/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-razdvizhnoe-matfer-04144534/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144537/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kond-izdeliy-riflenyy-matfer-04144552/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04144605/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-paderno-04144608/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144622/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ogranichitel-d-karameli-matfer-04144630/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04144641/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144649/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144651/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144652/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144653/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144688/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144689/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-075kg-matfer-04145102/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04145313/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-matfer-04145314/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145315/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145324/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145330/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-testa-dvuhstor-matfer-04145357/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-dlya-biskvita-matfer-04145369/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145379/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145380/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145381/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145382/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145383/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145384/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145385/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145386/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145387/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145390/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145391/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145392/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kolec-kond-matfer-04145395/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145397/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145398/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145399/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145401/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145402/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145403/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145404/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145413/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-16-kuskov-matfer-04145421/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-kuskov-matfer-04145422/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18-kuskov-matfer-04145423/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145431/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyravnivatel-d-biskvita-matfer-04145474/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146030/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146031/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146032/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04146039/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-razdvizhnoe-prohotel-04146053/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146069/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146070/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146076/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146090/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146125/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146126/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146127/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146128/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146130/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146132/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146133/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/boby-d-vypechki-paderno-04146226/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-razdvizhnoed18-36sm-de-buyer-04146227/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146233/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146234/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146259/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146260/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146261/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146262/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146263/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146265/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146266/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-matfer-04146268/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146289/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146375/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kvadrpiroga-matfer-04146382/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-4sht-tolkatel-aps-04146389/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146395/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146396/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146397/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146398/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyemka-kondso-shtampom-paderno-04146403/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146440/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146528/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04146562/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146580/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04146581/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146583/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146584/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146586/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146587/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146588/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146590/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146592/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-d-vypechki-hleba-matfer-04146603/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146628/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146672/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146699/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146779/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-riflenyy-matfer-04146787/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146789/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146924/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146962/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04146989/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04146990/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146995/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146999/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04147212/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147219/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147220/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147221/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-beckers-04147236/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-beckers-04147237/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147245/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147259/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-testa-paderno-04147301/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147304/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147305/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147306/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147316/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-d-art350017-matfer-04147328/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147344/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147345/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147391/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147392/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147393/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147901/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147902/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147903/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147904/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147905/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147907/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147908/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147917/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147918/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147919/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-vypechki-metaltex-04147948/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-tramontina-04147957/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-tramontina-04147958/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149231/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149232/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149233/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149234/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-vyrubok-dlya-testa-krug-arka-oval-ovalkrug-kvadrat-pryamougolnik-romb-serdce-krivaya-martellato-04149259/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-kaplya-martellato-04149265/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-krug-martellato-04149266/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-oval-martellato-04149267/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-treugolnik-martellato-04149268/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-10-chastey-martellato-04149279/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-12-chastey-martellato-04149280/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-strunnyy-konditerskiy-paderno-04149282/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-hellouin-paderno-04149287/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-dlya-art350013-matfer-04149886/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149889/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149891/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-konditerskaya-matfer-04149892/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-razdelitel-testa-gimetal-04160630/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-razdelitel-testa-gimetal-04160631/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-09100467/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhoval-paderno-09100673/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143200/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143213/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-gimetal-04160636/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-gimetal-04160637/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-kakao-boby-martellato-04147982/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141986/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-prohotel-04142580/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147042/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147036/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147041/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147037/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04147812/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147038/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-prohotel-04142579/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-prohotel-04070968/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147039/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147040/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141993/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141989/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145510/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141990/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141987/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145511/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141988/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141994/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141991/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145512/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141992/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-paderno-04070973/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04142000/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145514/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145513/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050202/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-eternum-02050203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-paderno-02050204/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ghidini-02050205/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ghidini-02050206/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhenb-mehanizma-eternum-02050208/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhentreugs-mehanizmom-ilsa-02050212/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050215/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050217/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050218/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050219/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050220/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-ilsa-02050221/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ilsa-02050222/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-bez-mehanizma-paderno-02050223/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-bonzer-02050225/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-prohotel-02050230/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050231/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-paderno-02050233/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050234/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-paderno-02050240/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050243/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-s-mehanizmom-matfer-02050244/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-matfer-02050246/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ghidini-02050256/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-prohotel-02050260/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ruiyuan-02050261/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-matfer-02050265/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-ovalnaya-s-mehanizmom-matfer-02050266/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-probar-02050522/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-morozhenogo-de-buyer-03111800/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200833/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200835/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-trud-03200836/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200838/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200839/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-vyklgarnirov-trud-03200840/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-dlya-kolbasok-ruchn-aps-04070289/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-matfer-04070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-d-konditera-matfer-04070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-struny-d-art120094-matfer-04070528/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-konditerskiy-matfer-04070538/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-forma-matfer-04070556/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-rezakov-matfer-04070560/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-1-d-ovoschey-fruktov-zhele-i-td-matfer-04070565/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-2-d-ovoschey-fruktov-zhele-i-td-matfer-04070566/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04070567/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nareztesta-paderno-04070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-paderno-04070926/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-matfer-04070930/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070932/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-zio-pepe-04070937/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070944/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-matfer-04070947/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-matfer-04070952/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-paderno-04070953/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-paderno-04070954/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-martellato-04070958/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-martellato-04070961/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-paderno-04070963/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-metaltex-04073507/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-05kg-matfer-04080372/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-1kg-matfer-04080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-15kg-matfer-04080374/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-2kg-matfer-04080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-d-morozhenogo-matfer-04110899/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-dlya-blinov-harmonia-04111313/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-skrebok-matfer-04121120/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04121127/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130501/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130502/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04130503/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130504/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130505/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130506/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130507/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130508/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130509/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130510/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130511/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04130512/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-perforator-gimetal-04130522/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04140016/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04140020/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-georgin-martellato-04140037/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-romashka-martellato-04140038/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04140098/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04140099/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-6-kuskov-paderno-04140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-kuskov-paderno-04140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140142/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140143/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140144/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-kondit-razdvizhnoe-d16-32sm-paderno-04140145/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140146/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140150/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140153/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140154/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140155/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140156/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140157/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140158/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140159/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-izgotovltartaletok-paderno-04140165/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140191/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140216/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140283/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04140284/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140916/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140917/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140918/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04140919/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-12kuskov-paderno-04140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18kuskov-paderno-04140970/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-18kuskov-paderno-04140971/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-testa-kruglyy-gibkiy-ilsa-04140974/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141307/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141311/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141312/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141318/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-paderno-04141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141322/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141339/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141340/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141341/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141343/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141344/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141345/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141347/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141348/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141349/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141350/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141351/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04141352/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-paderno-04141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-kuskov-was-04141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-was-04141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141393/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141394/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141395/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141396/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141397/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141398/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04141399/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141902/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141903/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141904/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141905/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141906/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141907/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-linden-04141908/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-linden-04141909/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-i-zubcami-linden-04141910/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-04141911/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschruchkoy-04141912/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-d-dekorirovaniya-matfer-04141915/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141917/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141918/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141919/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141920/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141921/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141922/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141923/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141924/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141925/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-matfer-04141926/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141927/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141928/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-matfer-04141929/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschruchkoy-04141930/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-reguliruemaya-matfer-04141931/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141942/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-paderno-04141944/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-d-karameli-matfer-04141946/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04141947/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-dlya-nugi-matfer-04141948/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04141952/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142501/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142503/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-prigblinov-paderno-04142504/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-prigblinov-paderno-04142505/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-gibkiy-paderno-04142508/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142509/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142510/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142511/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142512/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142513/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142514/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142515/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142516/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142517/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142518/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142519/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142520/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-paderno-04142521/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-ilsa-04142525/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142526/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142528/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142530/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-form-d-zamorozki-matfer-04142531/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142532/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142533/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142534/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142535/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142536/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142537/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142539/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142540/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142541/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142542/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142544/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142545/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-kruglyy-d-prigblinov-matfer-04142546/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-ploskiy-d-prigblinov-matfer-04142547/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-skrebok-matfer-04142549/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-d-shokolada-matfer-04142550/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142552/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142553/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-zakruglennyy-matfer-04142555/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142558/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04142560/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142563/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142564/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142565/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142566/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142567/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142568/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142569/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142570/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142571/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142572/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142573/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142574/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-myagkiy-martellato-04142575/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-tverdyy-martellato-04142576/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04142577/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-dlya-shokoladnyh-elementov-martellato-04142578/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142800/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142801/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142802/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142803/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142804/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142805/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142806/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142807/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142808/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142809/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditkolec-matfer-04142810/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142828/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142829/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04142837/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142840/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142841/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142842/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142852/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04142853/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142858/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-strunnogo-rezaka-d-konditera-matfer-04142868/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04142900/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-shpateley-konditerskih-metaltex-04143980/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143986/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pincety-dlya-marcipana-matfer-04144031/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-dekorirovaniya-matfer-04144033/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-prohotel-04144250/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144252/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144253/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144254/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144262/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04144263/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-riflen-matfer-04144271/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144276/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144277/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144279/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144280/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-de-buyer-04144281/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04144282/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04144283/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144287/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144296/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144297/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144509/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144510/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-ilsa-04144511/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144521/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-form-d-kondizd-matfer-04144532/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-matfer-04144533/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-razdvizhnoe-matfer-04144534/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144537/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kond-izdeliy-riflenyy-matfer-04144552/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04144605/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-paderno-04144608/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144622/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ogranichitel-d-karameli-matfer-04144630/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04144641/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144649/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144651/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144652/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144653/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144688/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04144689/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-rasstoyki-testa-na-075kg-matfer-04145102/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04145313/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-matfer-04145314/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145315/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145324/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145330/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-testa-dvuhstor-matfer-04145357/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-dlya-biskvita-matfer-04145369/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145379/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145380/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145381/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145382/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145383/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145384/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145385/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145386/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145387/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145390/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145391/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145392/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kolec-kond-matfer-04145395/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145397/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145398/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145399/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145401/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145402/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145403/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145404/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145413/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-16-kuskov-matfer-04145421/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-kuskov-matfer-04145422/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18-kuskov-matfer-04145423/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04145431/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyravnivatel-d-biskvita-matfer-04145474/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146030/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146031/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146032/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-matfer-04146039/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-razdvizhnoe-prohotel-04146053/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146069/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146070/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146076/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146090/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146125/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146126/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146127/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146128/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146130/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146132/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146133/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/boby-d-vypechki-paderno-04146226/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-razdvizhnoed18-36sm-de-buyer-04146227/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146233/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146234/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146259/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146260/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146261/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146262/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146263/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146265/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146266/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-matfer-04146268/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146289/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146375/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kvadrpiroga-matfer-04146382/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-4sht-tolkatel-aps-04146389/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146395/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146396/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146397/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146398/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyemka-kondso-shtampom-paderno-04146403/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146440/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146528/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-paderno-04146562/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146580/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04146581/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146583/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146584/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146586/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146587/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146588/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146590/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-matfer-04146592/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-d-vypechki-hleba-matfer-04146603/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146628/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146672/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146699/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146779/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-riflenyy-matfer-04146787/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146789/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04146924/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146962/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04146989/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04146990/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146995/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146999/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04147212/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147219/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147220/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147221/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-beckers-04147236/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-beckers-04147237/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147245/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147259/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-testa-paderno-04147301/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147304/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147305/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147306/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147316/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-d-art350017-matfer-04147328/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147344/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-prohotel-04147345/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147391/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147392/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147393/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147901/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147902/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147903/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147904/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-matfer-04147905/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147907/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147908/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147917/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147918/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147919/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-vypechki-metaltex-04147948/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-konditerskoe-tramontina-04147957/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-tramontina-04147958/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149231/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149232/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149233/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-hold-04149234/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-vyrubok-dlya-testa-krug-arka-oval-ovalkrug-kvadrat-pryamougolnik-romb-serdce-krivaya-martellato-04149259/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-kaplya-martellato-04149265/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-krug-martellato-04149266/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-oval-martellato-04149267/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-treugolnik-martellato-04149268/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-10-chastey-martellato-04149279/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-12-chastey-martellato-04149280/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-strunnyy-konditerskiy-paderno-04149282/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-hellouin-paderno-04149287/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-dlya-art350013-matfer-04149886/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149889/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149891/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-konditerskaya-matfer-04149892/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-razdelitel-testa-gimetal-04160630/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-razdelitel-testa-gimetal-04160631/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-09100467/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-morozhoval-paderno-09100673/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143200/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-martellato-04143213/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-gimetal-04160636/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-gimetal-04160637/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-kakao-boby-martellato-04147982/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-s-vraschayuschimisya-ruchkami-paderno-04141986/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-prohotel-04142580/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147042/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147036/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147041/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147037/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04147812/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147038/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpatel-konditerskiy-prohotel-04142579/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/valik-dlya-testa-prohotel-04070968/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147039/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147040/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141993/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141989/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145510/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141990/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141987/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145511/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141988/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141994/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141991/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145512/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-prohotel-04141992/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-paderno-04070973/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-alm-04142000/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145514/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145513/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L485"/>
+  <dimension ref="A1:L487"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I485" sqref="I485"/>
+      <selection activeCell="I487" sqref="I487"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -19586,15293 +19688,15363 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D6" s="0">
         <v>312</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D8" s="0">
         <v>3001</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0">
         <v>-1</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L11" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L13" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D23" s="0">
         <v>670324</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D33" s="0"/>
       <c r="E33" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="L33" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D34" s="0">
         <v>4815.0</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L35" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D41" s="0">
         <v>50003</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D42" s="0">
         <v>120094</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D43" s="0">
         <v>263521</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D44" s="0">
         <v>120096</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D45" s="0">
         <v>263544</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D46" s="0">
         <v>150452</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D47" s="0">
         <v>150465</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D48" s="0">
         <v>150513</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D49" s="0">
         <v>150514</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D50" s="0">
         <v>150512</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D53" s="0">
         <v>141002</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D54" s="0">
         <v>141115</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="E55" s="0" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D56" s="0">
         <v>141120</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="D57" s="0">
         <v>141004</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D58" s="0">
         <v>141116</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="E61" s="0" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>198</v>
+        <v>237</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="E64" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D65" s="0">
         <v>118510</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H65" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="D66" s="0">
         <v>118511</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D67" s="0">
         <v>118512</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D68" s="0">
         <v>118513</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D69" s="0">
         <v>670630</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="D70" s="0" t="s">
+      <c r="E70" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H70" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D71" s="0">
         <v>112643</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="D72" s="0">
         <v>112825</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F72" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>312</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="D78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C80" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="D80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>342</v>
+        <v>63</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="D81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>316</v>
+        <v>349</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>351</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>352</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>353</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>355</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>356</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>358</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>359</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>360</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>361</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>362</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>363</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>365</v>
       </c>
       <c r="D86" s="0">
         <v>371223</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>366</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>368</v>
       </c>
       <c r="D87" s="0">
         <v>375347</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>369</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>371</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>372</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="F88" s="0"/>
+        <v>267</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>373</v>
+      </c>
       <c r="G88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>304</v>
+        <v>374</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>320</v>
+        <v>375</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="F89" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>304</v>
+        <v>374</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>320</v>
+        <v>375</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>379</v>
+        <v>303</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>380</v>
+        <v>319</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>379</v>
+        <v>303</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>172</v>
+        <v>389</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L92" s="0">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>172</v>
+        <v>389</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>29</v>
+        <v>395</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L96" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L98" s="0">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>417</v>
+        <v>19</v>
       </c>
       <c r="L99" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L100" s="0">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="L101" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L102" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>435</v>
+        <v>63</v>
       </c>
       <c r="L103" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>444</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>41</v>
+        <v>445</v>
       </c>
       <c r="L105" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L106" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>172</v>
+        <v>374</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L107" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L108" s="0">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L109" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L110" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>477</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>478</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>479</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>480</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>481</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>482</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>483</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>484</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>485</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>41</v>
+        <v>486</v>
       </c>
       <c r="L115" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>304</v>
+        <v>389</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L117" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>172</v>
+        <v>389</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L119" s="0">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L121" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>511</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>512</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>513</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>515</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>516</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>198</v>
+        <v>374</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>517</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>519</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>520</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>172</v>
+        <v>374</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>521</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>523</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>524</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>525</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>527</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>528</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>529</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>530</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>531</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>532</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>533</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>535</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>536</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>537</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>538</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>539</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>540</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>541</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>542</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>543</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>544</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>545</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>548</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>549</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>550</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>551</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>552</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>561</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>562</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>563</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>564</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>41</v>
+        <v>486</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
         <v>565</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>566</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>567</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>568</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>570</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>571</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>472</v>
+        <v>572</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>1501012</v>
+        <v>574</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>575</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>574</v>
+        <v>33</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>1501014</v>
+        <v>578</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>579</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>574</v>
+        <v>33</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>578</v>
+        <v>481</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D140" s="0">
-        <v>150101</v>
+        <v>1501012</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>111</v>
+        <v>582</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>215</v>
+        <v>389</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="D141" s="0">
+        <v>1501014</v>
+      </c>
+      <c r="E141" s="0" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>215</v>
+        <v>389</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D142" s="0">
-        <v>371609</v>
+        <v>150101</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>534</v>
+        <v>590</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="D143" s="0">
-        <v>371610</v>
+        <v>150103</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>538</v>
+        <v>593</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="D144" s="0">
-        <v>371611</v>
+        <v>371609</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>542</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="D145" s="0">
-        <v>371612</v>
+        <v>371610</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>518</v>
+        <v>546</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="D146" s="0">
-        <v>371613</v>
+        <v>371611</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D147" s="0">
-        <v>371614</v>
+        <v>371612</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>550</v>
+        <v>526</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D148" s="0">
-        <v>371615</v>
+        <v>371613</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>600</v>
+        <v>554</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>602</v>
+        <v>604</v>
+      </c>
+      <c r="D149" s="0">
+        <v>371614</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>603</v>
+        <v>170</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>605</v>
+        <v>558</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="D150" s="0" t="s">
-        <v>607</v>
+      <c r="D150" s="0">
+        <v>371615</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>603</v>
+        <v>170</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>609</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>612</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
         <v>613</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>614</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>615</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>616</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>617</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>618</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>619</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>620</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>621</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>622</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>623</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>624</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>625</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>626</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>627</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>628</v>
+        <v>33</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>629</v>
+        <v>34</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L155" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="D156" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="C156" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E156" s="0" t="s">
-        <v>628</v>
+        <v>33</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>629</v>
+        <v>34</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L156" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="D157" s="0" t="s">
         <v>635</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="E157" s="0" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>638</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>639</v>
       </c>
       <c r="L157" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
         <v>640</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="D158" s="0"/>
-      <c r="E158" s="0"/>
+      <c r="D158" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="E158" s="0" t="s">
+        <v>636</v>
+      </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>171</v>
+        <v>637</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>643</v>
+        <v>19</v>
       </c>
       <c r="L158" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>644</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>645</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>646</v>
       </c>
-      <c r="E159" s="0"/>
+      <c r="E159" s="0" t="s">
+        <v>636</v>
+      </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>171</v>
+        <v>637</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>647</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="L159" s="0">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
         <v>648</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>649</v>
       </c>
-      <c r="D160" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="D160" s="0"/>
+      <c r="E160" s="0"/>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>650</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>41</v>
+        <v>651</v>
       </c>
       <c r="L160" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>652</v>
-[...6 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="E161" s="0"/>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L161" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D162" s="0">
-        <v>140022</v>
+        <v>140112</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D163" s="0">
-        <v>140006</v>
+        <v>140018</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D164" s="0">
-        <v>140126</v>
+        <v>140022</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>666</v>
+      </c>
+      <c r="D165" s="0">
+        <v>140006</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="D166" s="0" t="s">
         <v>669</v>
       </c>
+      <c r="D166" s="0">
+        <v>140126</v>
+      </c>
       <c r="E166" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>670</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>671</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="D167" s="0">
-        <v>140016</v>
+      <c r="D167" s="0" t="s">
+        <v>673</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>140004</v>
+        <v>676</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>677</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D169" s="0">
-        <v>140005</v>
+        <v>140016</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L169" s="0">
-        <v>23</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D170" s="0">
-        <v>140007</v>
+        <v>140004</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D171" s="0">
-        <v>140122</v>
+        <v>140005</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L171" s="0">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D172" s="0">
-        <v>140028</v>
+        <v>140007</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D173" s="0">
-        <v>140124</v>
+        <v>140122</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-      <c r="E174" s="0"/>
+        <v>695</v>
+      </c>
+      <c r="D174" s="0">
+        <v>140028</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>109</v>
+      </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L174" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D175" s="0">
-        <v>140030</v>
+        <v>140124</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>699</v>
-[...6 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="D176" s="0"/>
+      <c r="E176" s="0"/>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>701</v>
+        <v>650</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>41</v>
+        <v>445</v>
       </c>
       <c r="L176" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>703</v>
       </c>
-      <c r="D177" s="0" t="s">
-        <v>704</v>
+      <c r="D177" s="0">
+        <v>140030</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>706</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="D178" s="0" t="s">
         <v>707</v>
       </c>
-      <c r="D178" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E178" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>254</v>
+        <v>708</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
+      <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="D179" s="0"/>
+        <v>710</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>711</v>
+      </c>
       <c r="E179" s="0" t="s">
-        <v>710</v>
+        <v>33</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L179" s="0"/>
+        <v>63</v>
+      </c>
+      <c r="L179" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D180" s="0">
-        <v>140203</v>
+        <v>140201</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>714</v>
+        <v>252</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
-      <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>715</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>716</v>
       </c>
       <c r="D181" s="0"/>
       <c r="E181" s="0" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L181" s="0"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="D182" s="0" t="s">
         <v>720</v>
       </c>
+      <c r="D182" s="0">
+        <v>140203</v>
+      </c>
       <c r="E182" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>304</v>
+        <v>611</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>721</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
         <v>722</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>723</v>
       </c>
-      <c r="D183" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D183" s="0"/>
       <c r="E183" s="0" t="s">
-        <v>33</v>
+        <v>717</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>304</v>
+        <v>611</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="L183" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="C184" s="0" t="s">
         <v>726</v>
       </c>
-      <c r="C184" s="0" t="s">
+      <c r="D184" s="0" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="D185" s="0" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>734</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="D186" s="0" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>737</v>
+        <v>375</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="D187" s="0" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="D188" s="0" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>744</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="D189" s="0" t="s">
         <v>746</v>
-      </c>
-[...4 lines deleted...]
-        <v>748</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>504</v>
+        <v>747</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>749</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>753</v>
       </c>
-      <c r="C191" s="0" t="s">
+      <c r="D191" s="0" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>756</v>
+        <v>513</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="D192" s="0" t="s">
         <v>757</v>
-      </c>
-[...4 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>761</v>
+        <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>41</v>
+        <v>445</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="D195" s="0" t="s">
         <v>769</v>
-      </c>
-[...4 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="D196" s="0" t="s">
         <v>773</v>
-      </c>
-[...4 lines deleted...]
-        <v>775</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>785</v>
+        <v>63</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>36</v>
+        <v>486</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>41</v>
+        <v>790</v>
       </c>
       <c r="L200" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>112850</v>
+        <v>792</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>793</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="D202" s="0" t="s">
         <v>797</v>
       </c>
-      <c r="C202" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E202" s="0" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L202" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C203" s="0" t="s">
         <v>800</v>
       </c>
-      <c r="C203" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" s="0">
-        <v>112840</v>
+        <v>112850</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>803</v>
       </c>
-      <c r="C204" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" s="0">
-        <v>341629</v>
+        <v>112822</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>806</v>
+        <v>19</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="D205" s="0">
-        <v>112851</v>
+        <v>112840</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L205" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="D206" s="0">
-        <v>112900</v>
+        <v>341629</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>29</v>
+        <v>811</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="C207" s="0" t="s">
         <v>813</v>
       </c>
-      <c r="C207" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D207" s="0">
-        <v>112820</v>
+        <v>112851</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L207" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="C208" s="0" t="s">
+      <c r="D208" s="0">
+        <v>112900</v>
+      </c>
+      <c r="E208" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F208" s="0"/>
+      <c r="G208" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H208" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I208" s="1" t="s">
         <v>817</v>
-      </c>
-[...16 lines deleted...]
-        <v>818</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="C209" s="0" t="s">
         <v>819</v>
       </c>
-      <c r="C209" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" s="0">
-        <v>112833</v>
+        <v>112820</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L209" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="C210" s="0" t="s">
         <v>822</v>
       </c>
-      <c r="C210" s="0" t="s">
+      <c r="D210" s="0">
+        <v>112826</v>
+      </c>
+      <c r="E210" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="G210" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H210" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I210" s="1" t="s">
         <v>823</v>
-      </c>
-[...14 lines deleted...]
-        <v>824</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>825</v>
       </c>
-      <c r="C211" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D211" s="0">
-        <v>112836</v>
+        <v>112833</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>828</v>
       </c>
-      <c r="C212" s="0" t="s">
+      <c r="D212" s="0">
+        <v>421701</v>
+      </c>
+      <c r="E212" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F212" s="0"/>
+      <c r="G212" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I212" s="1" t="s">
         <v>829</v>
-      </c>
-[...16 lines deleted...]
-        <v>830</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L212" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L212" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="C213" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D213" s="0">
-        <v>421703</v>
+        <v>112836</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L213" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>834</v>
       </c>
-      <c r="C214" s="0" t="s">
+      <c r="D214" s="0">
+        <v>112845</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>835</v>
-      </c>
-[...14 lines deleted...]
-        <v>836</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L214" s="0"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>837</v>
       </c>
-      <c r="C215" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D215" s="0">
-        <v>112903</v>
+        <v>421703</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L215" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C216" s="0" t="s">
         <v>840</v>
       </c>
-      <c r="C216" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D216" s="0">
-        <v>112837</v>
+        <v>421702</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>36</v>
+        <v>486</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C217" s="0" t="s">
         <v>843</v>
       </c>
-      <c r="C217" s="0" t="s">
-[...3 lines deleted...]
-        <v>845</v>
+      <c r="D217" s="0">
+        <v>112903</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>849</v>
+        <v>846</v>
+      </c>
+      <c r="D218" s="0">
+        <v>112837</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>41</v>
+        <v>486</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>112641</v>
+        <v>849</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>850</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>335</v>
+        <v>19</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="D220" s="0" t="s">
         <v>854</v>
       </c>
-      <c r="C220" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E220" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C221" s="0" t="s">
         <v>857</v>
       </c>
-      <c r="C221" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D221" s="0">
-        <v>112902</v>
+        <v>112641</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>41</v>
+        <v>859</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
         <v>860</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>861</v>
       </c>
       <c r="D222" s="0">
-        <v>112835</v>
+        <v>421743</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>862</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
         <v>863</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>864</v>
       </c>
       <c r="D223" s="0">
-        <v>112901</v>
+        <v>112902</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>865</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
         <v>866</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>867</v>
       </c>
       <c r="D224" s="0">
-        <v>114006</v>
+        <v>112835</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>868</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
         <v>869</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>870</v>
       </c>
       <c r="D225" s="0">
-        <v>421706</v>
+        <v>112901</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>871</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
         <v>872</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>873</v>
       </c>
-      <c r="D226" s="0" t="s">
-        <v>874</v>
+      <c r="D226" s="0">
+        <v>114006</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>806</v>
+        <v>19</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="C227" s="0" t="s">
         <v>876</v>
       </c>
-      <c r="C227" s="0" t="s">
-[...3 lines deleted...]
-        <v>878</v>
+      <c r="D227" s="0">
+        <v>421706</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>879</v>
+        <v>19</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="D228" s="0" t="s">
         <v>880</v>
       </c>
-      <c r="C228" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E228" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="C229" s="0" t="s">
         <v>883</v>
       </c>
-      <c r="C229" s="0" t="s">
+      <c r="D229" s="0" t="s">
         <v>884</v>
       </c>
-      <c r="D229" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>426</v>
+        <v>885</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="C230" s="0" t="s">
         <v>887</v>
       </c>
-      <c r="C230" s="0" t="s">
+      <c r="D230" s="0" t="s">
         <v>888</v>
       </c>
-      <c r="D230" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>41</v>
+        <v>889</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="C231" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="D231" s="0" t="s">
         <v>892</v>
       </c>
-      <c r="D231" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
         <v>894</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>895</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>896</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>897</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>898</v>
+        <v>19</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="C233" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="C233" s="0" t="s">
+      <c r="D233" s="0" t="s">
         <v>900</v>
       </c>
-      <c r="D233" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E233" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>643</v>
+        <v>19</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="D234" s="0" t="s">
         <v>903</v>
       </c>
-      <c r="C234" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E234" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>875</v>
+        <v>904</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="C235" s="0" t="s">
         <v>906</v>
       </c>
-      <c r="C235" s="0" t="s">
+      <c r="D235" s="0" t="s">
         <v>907</v>
       </c>
-      <c r="D235" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>879</v>
+        <v>68</v>
       </c>
       <c r="L235" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
         <v>909</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>910</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>911</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>912</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>879</v>
+        <v>63</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
         <v>913</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>914</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>915</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>806</v>
+        <v>29</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
         <v>916</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>917</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>918</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>919</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>363</v>
+        <v>889</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>64</v>
+        <v>923</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>41</v>
+        <v>928</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>926</v>
+        <v>913</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L241" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L241" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>401</v>
+        <v>932</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>375104</v>
+        <v>933</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>934</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L242" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>553</v>
+        <v>936</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>371616</v>
+        <v>937</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>938</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>426</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L243" s="0"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>557</v>
+        <v>412</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="D244" s="0">
-        <v>371617</v>
+        <v>375104</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L244" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
         <v>561</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="D245" s="0">
-        <v>371618</v>
+        <v>371616</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>41</v>
+        <v>889</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
         <v>565</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D246" s="0">
-        <v>371619</v>
+        <v>371617</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>940</v>
+        <v>569</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="D247" s="0">
-        <v>371620</v>
+        <v>371618</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>943</v>
+        <v>573</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="D248" s="0">
-        <v>371701</v>
+        <v>371619</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="D249" s="0">
-        <v>371703</v>
+        <v>371620</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L249" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="D250" s="0">
-        <v>371705</v>
+        <v>371701</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L250" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="D251" s="0">
-        <v>371707</v>
+        <v>371703</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L251" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="D252" s="0">
-        <v>371708</v>
+        <v>371705</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>761</v>
+        <v>19</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D253" s="0">
-        <v>152003</v>
+        <v>371707</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L253" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L253" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="D254" s="0">
-        <v>152008</v>
+        <v>371708</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>426</v>
+        <v>885</v>
       </c>
       <c r="L254" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="D255" s="0">
-        <v>150104</v>
+        <v>152003</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-        <v>969</v>
+        <v>972</v>
+      </c>
+      <c r="D256" s="0">
+        <v>152008</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>49</v>
+        <v>889</v>
       </c>
       <c r="L256" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>973</v>
+        <v>975</v>
+      </c>
+      <c r="D257" s="0">
+        <v>150104</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>898</v>
+        <v>63</v>
       </c>
       <c r="L257" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>145</v>
+        <v>47</v>
       </c>
       <c r="L258" s="0">
-        <v>12</v>
+        <v>96</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>145</v>
+        <v>985</v>
       </c>
       <c r="L259" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="L260" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>445</v>
+        <v>990</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>375114</v>
+        <v>991</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>992</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="L261" s="0">
-        <v>4</v>
+        <v>96</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>263520</v>
+        <v>995</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>996</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>990</v>
+        <v>170</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>29</v>
+        <v>143</v>
       </c>
       <c r="L262" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>992</v>
+        <v>454</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="D263" s="0">
-        <v>375102</v>
+        <v>375114</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L263" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-        <v>997</v>
+        <v>1000</v>
+      </c>
+      <c r="D264" s="0">
+        <v>263520</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>304</v>
+        <v>1001</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>1004</v>
+      </c>
+      <c r="D265" s="0">
+        <v>375102</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>304</v>
+        <v>170</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>1003</v>
+        <v>19</v>
       </c>
       <c r="L265" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1005</v>
-[...2 lines deleted...]
-        <v>431402</v>
+        <v>1007</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>1008</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>111</v>
+        <v>281</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>1006</v>
+        <v>303</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>112501</v>
+        <v>1011</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>1012</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>1006</v>
+        <v>303</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>41</v>
+        <v>651</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1015</v>
+      </c>
+      <c r="D268" s="0">
+        <v>431402</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>172</v>
+        <v>1016</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L268" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>1017</v>
+        <v>1019</v>
+      </c>
+      <c r="D269" s="0">
+        <v>112501</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>172</v>
+        <v>1016</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L269" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>49</v>
+        <v>445</v>
       </c>
       <c r="L270" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L271" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L272" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L273" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>150102</v>
+        <v>1038</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>1039</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="L274" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>371801</v>
+        <v>1042</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>1043</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="L275" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>413</v>
+        <v>1045</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="D276" s="0">
-        <v>371404</v>
+        <v>150102</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="F276" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G276" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L276" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="D277" s="0">
-        <v>3989.06</v>
+        <v>371801</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L277" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L277" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1046</v>
+        <v>424</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D278" s="0">
-        <v>3989.07</v>
+        <v>371404</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L278" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="D279" s="0">
-        <v>3989.08</v>
+        <v>3989.06</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>434</v>
+        <v>1055</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L279" s="0"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="D280" s="0">
-        <v>118501</v>
+        <v>3989.07</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L280" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D281" s="0">
-        <v>118505</v>
+        <v>3989.08</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1056</v>
+        <v>444</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="L281" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="D282" s="0">
-        <v>336168</v>
+        <v>118501</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L282" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="D283" s="0">
-        <v>150214</v>
+        <v>118505</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D284" s="0">
-        <v>336214</v>
+        <v>336168</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L284" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L284" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1068</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>1072</v>
+      </c>
+      <c r="D285" s="0">
+        <v>150214</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L285" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1072</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>1075</v>
+      </c>
+      <c r="D286" s="0">
+        <v>336214</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F286" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F286" s="0" t="s">
+        <v>1069</v>
+      </c>
       <c r="G286" s="0" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>1075</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>29</v>
+        <v>395</v>
       </c>
       <c r="L287" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>152011</v>
+        <v>1082</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>1083</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>41</v>
+        <v>1085</v>
       </c>
       <c r="L288" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>150476</v>
+        <v>1087</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>1088</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L289" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="D290" s="0">
-        <v>154050</v>
+        <v>152011</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>379</v>
+        <v>213</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L290" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="D291" s="0">
-        <v>371420</v>
+        <v>150476</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L291" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D292" s="0">
-        <v>371804</v>
+        <v>154050</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>172</v>
+        <v>389</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L292" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="D293" s="0">
-        <v>150120</v>
+        <v>371420</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L293" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1099</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>1103</v>
+      </c>
+      <c r="D294" s="0">
+        <v>371804</v>
       </c>
       <c r="E294" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L294" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>1104</v>
+        <v>1106</v>
+      </c>
+      <c r="D295" s="0">
+        <v>150120</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L295" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L295" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>385</v>
+        <v>1108</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-        <v>371805</v>
+        <v>1109</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>1110</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>509</v>
+        <v>29</v>
       </c>
       <c r="L296" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>140204</v>
+        <v>1113</v>
+      </c>
+      <c r="D297" s="0" t="s">
+        <v>1114</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>304</v>
+        <v>213</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L297" s="0"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1111</v>
+        <v>396</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="D298" s="0">
-        <v>150312</v>
+        <v>371805</v>
       </c>
       <c r="E298" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L298" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D299" s="0">
-        <v>371206</v>
+        <v>140204</v>
       </c>
       <c r="E299" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L299" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D300" s="0">
-        <v>421713</v>
+        <v>150312</v>
       </c>
       <c r="E300" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>1119</v>
+        <v>213</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>898</v>
+        <v>19</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="D301" s="0">
-        <v>421714</v>
+        <v>371206</v>
       </c>
       <c r="E301" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>1119</v>
+        <v>170</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>785</v>
+        <v>19</v>
       </c>
       <c r="L301" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="D302" s="0">
-        <v>421715</v>
+        <v>421713</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="L302" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>431</v>
+        <v>1132</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="D303" s="0">
-        <v>371410</v>
+        <v>421714</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>172</v>
+        <v>1129</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>29</v>
+        <v>790</v>
       </c>
       <c r="L303" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="D304" s="0">
-        <v>371412</v>
+        <v>421715</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>172</v>
+        <v>1129</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>63</v>
+        <v>1130</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>41</v>
+        <v>1136</v>
       </c>
       <c r="L304" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1130</v>
+        <v>441</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="D305" s="0">
-        <v>118521</v>
+        <v>371410</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L305" s="0"/>
+        <v>63</v>
+      </c>
+      <c r="L305" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1135</v>
+        <v>1140</v>
+      </c>
+      <c r="D306" s="0">
+        <v>371412</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1136</v>
+        <v>62</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L306" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="D307" s="0">
-        <v>150201</v>
+        <v>118521</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L307" s="0"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-        <v>371201</v>
+        <v>1145</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>1146</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L308" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>405</v>
+        <v>1148</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="D309" s="0">
-        <v>371408</v>
+        <v>150201</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L309" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="D310" s="0">
-        <v>154101</v>
+        <v>371201</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L310" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1148</v>
+        <v>416</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="D311" s="0">
-        <v>140102</v>
+        <v>371408</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L311" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="D312" s="0">
-        <v>421709</v>
+        <v>154101</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>304</v>
+        <v>374</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D313" s="0">
-        <v>371202</v>
+        <v>140102</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>172</v>
+        <v>374</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L313" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="D314" s="0">
-        <v>371203</v>
+        <v>421709</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L314" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="D315" s="0">
-        <v>371204</v>
+        <v>371202</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>568</v>
+        <v>1167</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L315" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="D316" s="0">
-        <v>371205</v>
+        <v>371203</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="D317" s="0">
-        <v>371207</v>
+        <v>371204</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1167</v>
+        <v>576</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="L317" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="D318" s="0">
-        <v>371208</v>
+        <v>371205</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L318" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="D319" s="0">
-        <v>371209</v>
+        <v>371207</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H319" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>745</v>
+        <v>1178</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L319" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="D320" s="0">
-        <v>371210</v>
+        <v>371208</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H320" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L320" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="D321" s="0">
-        <v>371211</v>
+        <v>371209</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H321" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1178</v>
+        <v>751</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L321" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="D322" s="0">
-        <v>371406</v>
+        <v>371210</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H322" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L322" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>427</v>
+        <v>1187</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="D323" s="0">
-        <v>371407</v>
+        <v>371211</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F323" s="0"/>
       <c r="G323" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L323" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="D324" s="0">
-        <v>371409</v>
+        <v>371406</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F324" s="0"/>
       <c r="G324" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L324" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1187</v>
+        <v>437</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="D325" s="0">
-        <v>371754</v>
+        <v>371407</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L325" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="D326" s="0">
-        <v>371802</v>
+        <v>371409</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F326" s="0"/>
       <c r="G326" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H326" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L326" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>461</v>
+        <v>1198</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="D327" s="0">
-        <v>371803</v>
+        <v>371754</v>
       </c>
       <c r="E327" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H327" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L327" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>389</v>
+        <v>1201</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="D328" s="0">
-        <v>371806</v>
+        <v>371802</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L328" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>393</v>
+        <v>470</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="D329" s="0">
-        <v>371807</v>
+        <v>371803</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H329" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L329" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1199</v>
+        <v>400</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="D330" s="0">
-        <v>371808</v>
+        <v>371806</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="L330" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1202</v>
+        <v>404</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="D331" s="0">
-        <v>371809</v>
+        <v>371807</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="D332" s="0">
-        <v>371810</v>
+        <v>371808</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="L332" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>418</v>
+        <v>1213</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="D333" s="0">
-        <v>371405</v>
+        <v>371809</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H333" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="D334" s="0">
-        <v>112657</v>
+        <v>371810</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H334" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L334" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1213</v>
+        <v>429</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="D335" s="0">
-        <v>154051</v>
+        <v>371405</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F335" s="0"/>
       <c r="G335" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>379</v>
+        <v>170</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="D336" s="0">
-        <v>154052</v>
+        <v>112657</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="D337" s="0">
-        <v>371411</v>
+        <v>154051</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F337" s="0"/>
       <c r="G337" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>172</v>
+        <v>389</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L337" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L337" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="D338" s="0">
-        <v>421716</v>
+        <v>154052</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F338" s="0"/>
       <c r="G338" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H338" s="0" t="s">
-        <v>304</v>
+        <v>389</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="D339" s="0">
-        <v>118506</v>
+        <v>371411</v>
       </c>
       <c r="E339" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F339" s="0"/>
       <c r="G339" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H339" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>136</v>
+        <v>1232</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L339" s="0"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="D340" s="0">
-        <v>118541</v>
+        <v>421716</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F340" s="0"/>
       <c r="G340" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L340" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="D341" s="0">
-        <v>118547</v>
+        <v>118506</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F341" s="0"/>
       <c r="G341" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1232</v>
+        <v>134</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L341" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="D342" s="0">
-        <v>421705</v>
+        <v>118541</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L342" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1237</v>
-[...2 lines deleted...]
-        <v>1238</v>
+        <v>1242</v>
+      </c>
+      <c r="D343" s="0">
+        <v>118547</v>
       </c>
       <c r="E343" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F343" s="0"/>
       <c r="G343" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H343" s="0" t="s">
-        <v>172</v>
+        <v>285</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="L343" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="D344" s="0">
-        <v>118508</v>
+        <v>421705</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F344" s="0"/>
       <c r="G344" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H344" s="0" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L344" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>118549</v>
+        <v>1248</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>1249</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F345" s="0"/>
       <c r="G345" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H345" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="L345" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="D346" s="0">
-        <v>154102</v>
+        <v>118508</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H346" s="0" t="s">
-        <v>443</v>
+        <v>285</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L346" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="D347" s="0">
-        <v>154103</v>
+        <v>118549</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F347" s="0"/>
       <c r="G347" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H347" s="0" t="s">
-        <v>443</v>
+        <v>285</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L347" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="D348" s="0">
-        <v>150156</v>
+        <v>154102</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F348" s="0"/>
       <c r="G348" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H348" s="0" t="s">
-        <v>215</v>
+        <v>374</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L348" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="D349" s="0">
-        <v>150157</v>
+        <v>154103</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F349" s="0"/>
       <c r="G349" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H349" s="0" t="s">
-        <v>215</v>
+        <v>374</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L349" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="D350" s="0">
-        <v>150158</v>
+        <v>150156</v>
       </c>
       <c r="E350" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F350" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H350" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L350" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="D351" s="0">
-        <v>150159</v>
+        <v>150157</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L351" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="D352" s="0">
-        <v>150161</v>
+        <v>150158</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G352" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H352" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L352" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="D353" s="0">
-        <v>150163</v>
+        <v>150159</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G353" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H353" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L353" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="D354" s="0">
-        <v>150164</v>
+        <v>150161</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G354" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L354" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>1275</v>
+        <v>1279</v>
+      </c>
+      <c r="D355" s="0">
+        <v>150163</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F355" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F355" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G355" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>286</v>
+        <v>213</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L355" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="D356" s="0">
-        <v>3040.01</v>
+        <v>150164</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="F356" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F356" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G356" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L356" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L356" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1281</v>
-[...2 lines deleted...]
-        <v>118502</v>
+        <v>1285</v>
+      </c>
+      <c r="D357" s="0" t="s">
+        <v>1286</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>426</v>
+        <v>63</v>
       </c>
       <c r="L357" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="D358" s="0">
-        <v>118516</v>
+        <v>3040.01</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L358" s="0"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="D359" s="0">
-        <v>71048187</v>
+        <v>118502</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>1288</v>
+        <v>109</v>
       </c>
       <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H359" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>29</v>
+        <v>889</v>
       </c>
       <c r="L359" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="D360" s="0">
-        <v>91004040</v>
+        <v>118516</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>1288</v>
+        <v>109</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L360" s="0"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D361" s="0">
-        <v>91503030</v>
+        <v>71048187</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="L361" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="D362" s="0">
-        <v>91503040</v>
+        <v>91004040</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>642</v>
+        <v>1303</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L362" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="C363" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D363" s="0">
+        <v>91503030</v>
+      </c>
+      <c r="E363" s="0" t="s">
         <v>1299</v>
       </c>
-      <c r="D363" s="0">
-[...2 lines deleted...]
-      <c r="E363" s="0"/>
       <c r="F363" s="0"/>
       <c r="G363" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H363" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
-        <v>29</v>
+        <v>1307</v>
       </c>
       <c r="L363" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="D364" s="0">
-        <v>92004030</v>
-[...1 lines deleted...]
-      <c r="E364" s="0"/>
+        <v>91503040</v>
+      </c>
+      <c r="E364" s="0" t="s">
+        <v>1299</v>
+      </c>
       <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H364" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L364" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="D365" s="0">
-        <v>92005040</v>
+        <v>91504030</v>
       </c>
       <c r="E365" s="0"/>
       <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L365" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="D366" s="0">
-        <v>150451</v>
-[...3 lines deleted...]
-      </c>
+        <v>92004030</v>
+      </c>
+      <c r="E366" s="0"/>
       <c r="F366" s="0"/>
       <c r="G366" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L366" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="D367" s="0">
-        <v>150427</v>
-[...3 lines deleted...]
-      </c>
+        <v>92005040</v>
+      </c>
+      <c r="E367" s="0"/>
       <c r="F367" s="0"/>
       <c r="G367" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L367" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L367" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-        <v>1315</v>
+        <v>1321</v>
+      </c>
+      <c r="D368" s="0">
+        <v>150451</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L368" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="D369" s="0">
-        <v>371221</v>
+        <v>150427</v>
       </c>
       <c r="E369" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F369" s="0"/>
       <c r="G369" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L369" s="0"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="E370" s="0" t="s">
-        <v>196</v>
+        <v>33</v>
       </c>
       <c r="F370" s="0"/>
       <c r="G370" s="0" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L370" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="D371" s="0">
-        <v>150216</v>
+        <v>371221</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F371" s="0"/>
       <c r="G371" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H371" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L371" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>150241</v>
+        <v>1334</v>
+      </c>
+      <c r="D372" s="0" t="s">
+        <v>1335</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="F372" s="0"/>
       <c r="G372" s="0" t="s">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="H372" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>425</v>
+        <v>1336</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L372" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="D373" s="0">
-        <v>150244</v>
+        <v>150216</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F373" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G373" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H373" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>496</v>
+        <v>1339</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L373" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1331</v>
+        <v>1340</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="D374" s="0">
-        <v>150247</v>
+        <v>150241</v>
       </c>
       <c r="E374" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F374" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G374" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H374" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1333</v>
+        <v>436</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L374" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>1336</v>
+        <v>1343</v>
+      </c>
+      <c r="D375" s="0">
+        <v>150244</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F375" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F375" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G375" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H375" s="0" t="s">
-        <v>443</v>
+        <v>213</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1337</v>
+        <v>505</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L375" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D376" s="0">
-        <v>150215</v>
+        <v>150247</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="F376" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F376" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G376" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H376" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L376" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>375071</v>
+        <v>1348</v>
+      </c>
+      <c r="D377" s="0" t="s">
+        <v>1349</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>172</v>
+        <v>374</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L377" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>1352</v>
+      </c>
+      <c r="D378" s="0">
+        <v>150215</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F378" s="0"/>
       <c r="G378" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H378" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L378" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="D379" s="0">
-        <v>402246</v>
+        <v>375071</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
-        <v>879</v>
+        <v>19</v>
       </c>
       <c r="L379" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="E380" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>897</v>
+        <v>1360</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L380" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="D381" s="0">
-        <v>118534</v>
+        <v>402246</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F381" s="0"/>
       <c r="G381" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H381" s="0" t="s">
-        <v>286</v>
+        <v>170</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L381" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1358</v>
-[...2 lines deleted...]
-        <v>118537</v>
+        <v>1365</v>
+      </c>
+      <c r="D382" s="0" t="s">
+        <v>1366</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F382" s="0"/>
       <c r="G382" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H382" s="0" t="s">
-        <v>286</v>
+        <v>213</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1359</v>
+        <v>904</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L382" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L382" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="D383" s="0">
-        <v>118545</v>
+        <v>118534</v>
       </c>
       <c r="E383" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F383" s="0"/>
       <c r="G383" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H383" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L383" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="D384" s="0">
-        <v>118550</v>
+        <v>118537</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F384" s="0"/>
       <c r="G384" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L384" s="0"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="D385" s="0">
-        <v>118503</v>
+        <v>118545</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F385" s="0"/>
       <c r="G385" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H385" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L385" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="D386" s="0">
-        <v>118507</v>
+        <v>118550</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F386" s="0"/>
       <c r="G386" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H386" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L386" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="D387" s="0">
-        <v>118525</v>
+        <v>118503</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F387" s="0"/>
       <c r="G387" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H387" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1374</v>
+        <v>1381</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L387" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L387" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="D388" s="0">
-        <v>120037</v>
+        <v>118507</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F388" s="0"/>
       <c r="G388" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H388" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L388" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L388" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="D389" s="0">
-        <v>150231</v>
+        <v>118525</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F389" s="0"/>
       <c r="G389" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H389" s="0" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L389" s="0"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="D390" s="0">
-        <v>371253</v>
+        <v>120037</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F390" s="0"/>
       <c r="G390" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H390" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L390" s="0"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="D391" s="0">
-        <v>350103</v>
+        <v>150231</v>
       </c>
       <c r="E391" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F391" s="0"/>
       <c r="G391" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H391" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L391" s="0"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="D392" s="0">
-        <v>150426</v>
+        <v>371253</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F392" s="0"/>
       <c r="G392" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H392" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L392" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L392" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="D393" s="0">
-        <v>150207</v>
+        <v>350103</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F393" s="0"/>
       <c r="G393" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H393" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L393" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="D394" s="0">
-        <v>153014</v>
+        <v>150426</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F394" s="0"/>
       <c r="G394" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H394" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L394" s="0"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="D395" s="0">
-        <v>375068</v>
+        <v>150207</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="F395" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F395" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G395" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H395" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L395" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L395" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="D396" s="0">
-        <v>150121</v>
+        <v>153014</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="F396" s="0"/>
       <c r="G396" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H396" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L396" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1403</v>
-[...2 lines deleted...]
-        <v>1404</v>
+        <v>1410</v>
+      </c>
+      <c r="D397" s="0">
+        <v>375068</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F397" s="0"/>
       <c r="G397" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H397" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L397" s="0"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1348</v>
+        <v>1412</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-        <v>1407</v>
+        <v>1413</v>
+      </c>
+      <c r="D398" s="0">
+        <v>150121</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F398" s="0"/>
+        <v>109</v>
+      </c>
+      <c r="F398" s="0" t="s">
+        <v>310</v>
+      </c>
       <c r="G398" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H398" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="L398" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>350107</v>
+        <v>1416</v>
+      </c>
+      <c r="D399" s="0" t="s">
+        <v>1417</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F399" s="0"/>
       <c r="G399" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H399" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1386</v>
+        <v>1418</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="L399" s="0">
-        <v>1</v>
+        <v>96</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1411</v>
+        <v>1361</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-        <v>350102</v>
+        <v>1419</v>
+      </c>
+      <c r="D400" s="0" t="s">
+        <v>1420</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F400" s="0"/>
       <c r="G400" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="H400" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1386</v>
+        <v>1421</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="L400" s="0">
-        <v>1</v>
+        <v>96</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1413</v>
+        <v>1422</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1414</v>
-[...2 lines deleted...]
-        <v>1415</v>
+        <v>1423</v>
+      </c>
+      <c r="D401" s="0">
+        <v>350107</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>1288</v>
+        <v>109</v>
       </c>
       <c r="F401" s="0"/>
       <c r="G401" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H401" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>806</v>
+        <v>19</v>
       </c>
       <c r="L401" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="D402" s="0">
-        <v>371242</v>
+        <v>350102</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F402" s="0"/>
       <c r="G402" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1419</v>
+        <v>1399</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L402" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-        <v>371243</v>
+        <v>1427</v>
+      </c>
+      <c r="D403" s="0" t="s">
+        <v>1428</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>111</v>
+        <v>1299</v>
       </c>
       <c r="F403" s="0"/>
       <c r="G403" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>41</v>
+        <v>1430</v>
       </c>
       <c r="L403" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="D404" s="0">
-        <v>154152</v>
+        <v>371242</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F404" s="0"/>
       <c r="G404" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H404" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L404" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="D405" s="0"/>
+        <v>1435</v>
+      </c>
+      <c r="D405" s="0">
+        <v>371243</v>
+      </c>
       <c r="E405" s="0" t="s">
-        <v>1288</v>
+        <v>109</v>
       </c>
       <c r="F405" s="0"/>
       <c r="G405" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>898</v>
+        <v>19</v>
       </c>
       <c r="L405" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1430</v>
-[...1 lines deleted...]
-      <c r="D406" s="0"/>
+        <v>1438</v>
+      </c>
+      <c r="D406" s="0">
+        <v>154152</v>
+      </c>
       <c r="E406" s="0" t="s">
-        <v>1288</v>
+        <v>109</v>
       </c>
       <c r="F406" s="0"/>
       <c r="G406" s="0" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="H406" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>639</v>
+        <v>19</v>
       </c>
       <c r="L406" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1433</v>
-[...3 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="D407" s="0"/>
       <c r="E407" s="0" t="s">
-        <v>104</v>
+        <v>1299</v>
       </c>
       <c r="F407" s="0"/>
       <c r="G407" s="0" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="H407" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>145</v>
+        <v>1430</v>
       </c>
       <c r="L407" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1437</v>
-[...3 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="D408" s="0"/>
       <c r="E408" s="0" t="s">
-        <v>111</v>
+        <v>1299</v>
       </c>
       <c r="F408" s="0"/>
       <c r="G408" s="0" t="s">
-        <v>112</v>
+        <v>169</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L408" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="F409" s="0"/>
       <c r="G409" s="0" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="H409" s="0" t="s">
-        <v>304</v>
+        <v>170</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="L409" s="0">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="D410" s="0">
-        <v>375336</v>
+        <v>375334</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F410" s="0"/>
       <c r="G410" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H410" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L410" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1447</v>
-[...2 lines deleted...]
-        <v>375321</v>
+        <v>1454</v>
+      </c>
+      <c r="D411" s="0" t="s">
+        <v>1455</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F411" s="0"/>
       <c r="G411" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H411" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L411" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="D412" s="0">
-        <v>375341</v>
+        <v>375336</v>
       </c>
       <c r="E412" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F412" s="0"/>
       <c r="G412" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H412" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L412" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
       <c r="D413" s="0">
-        <v>375343</v>
+        <v>375321</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F413" s="0"/>
       <c r="G413" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H413" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L413" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="D414" s="0">
-        <v>350027</v>
+        <v>375341</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F414" s="0"/>
       <c r="G414" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H414" s="0" t="s">
-        <v>443</v>
+        <v>170</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L414" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>413</v>
+        <v>1466</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-        <v>1459</v>
+        <v>1467</v>
+      </c>
+      <c r="D415" s="0">
+        <v>375343</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F415" s="0"/>
       <c r="G415" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H415" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L415" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1462</v>
-[...2 lines deleted...]
-        <v>1463</v>
+        <v>1470</v>
+      </c>
+      <c r="D416" s="0">
+        <v>350027</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F416" s="0"/>
       <c r="G416" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H416" s="0" t="s">
-        <v>172</v>
+        <v>374</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="L416" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1465</v>
+        <v>424</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="F417" s="0"/>
       <c r="G417" s="0" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="H417" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>435</v>
+        <v>143</v>
       </c>
       <c r="L417" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="F418" s="0"/>
       <c r="G418" s="0" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="H418" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
-        <v>879</v>
+        <v>143</v>
       </c>
       <c r="L418" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F419" s="0"/>
       <c r="G419" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H419" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
-        <v>41</v>
+        <v>651</v>
       </c>
       <c r="L419" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-        <v>376106</v>
+        <v>1484</v>
+      </c>
+      <c r="D420" s="0" t="s">
+        <v>1485</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="F420" s="0"/>
       <c r="G420" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H420" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="L420" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1480</v>
-[...2 lines deleted...]
-        <v>376108</v>
+        <v>1488</v>
+      </c>
+      <c r="D421" s="0" t="s">
+        <v>1489</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="F421" s="0"/>
       <c r="G421" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H421" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L421" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="D422" s="0">
-        <v>376110</v>
+        <v>376106</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F422" s="0"/>
       <c r="G422" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H422" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L422" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="D423" s="0">
-        <v>376112</v>
+        <v>376108</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F423" s="0"/>
       <c r="G423" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H423" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L423" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="D424" s="0">
-        <v>375340</v>
+        <v>376110</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F424" s="0"/>
       <c r="G424" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H424" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L424" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="D425" s="0">
-        <v>150403</v>
+        <v>376112</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F425" s="0"/>
       <c r="G425" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H425" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L425" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1495</v>
+        <v>1503</v>
       </c>
       <c r="D426" s="0">
-        <v>153016</v>
+        <v>375340</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F426" s="0"/>
       <c r="G426" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H426" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L426" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
+      <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
       <c r="D427" s="0">
-        <v>431012</v>
+        <v>150403</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F427" s="0"/>
       <c r="G427" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H427" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>312</v>
+        <v>1507</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L427" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
+      <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1499</v>
+        <v>1508</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="D428" s="0">
-        <v>431013</v>
+        <v>153016</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F428" s="0"/>
       <c r="G428" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L428" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="B429" s="0" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1503</v>
+        <v>1512</v>
       </c>
       <c r="D429" s="0">
-        <v>431029</v>
+        <v>431012</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F429" s="0"/>
       <c r="G429" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H429" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1504</v>
+        <v>311</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L429" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
-      <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1506</v>
-[...2 lines deleted...]
-        <v>1507</v>
+        <v>1514</v>
+      </c>
+      <c r="D430" s="0">
+        <v>431013</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="F430" s="0"/>
       <c r="G430" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H430" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L430" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
-      <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1510</v>
-[...2 lines deleted...]
-        <v>1511</v>
+        <v>1517</v>
+      </c>
+      <c r="D431" s="0">
+        <v>431029</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>1512</v>
+        <v>109</v>
       </c>
       <c r="F431" s="0"/>
       <c r="G431" s="0" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L431" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>1512</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="F432" s="0"/>
       <c r="G432" s="0" t="s">
-        <v>1518</v>
+        <v>34</v>
       </c>
       <c r="H432" s="0" t="s">
-        <v>304</v>
+        <v>170</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L432" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1521</v>
-[...1 lines deleted...]
-      <c r="D433" s="0"/>
+        <v>1524</v>
+      </c>
+      <c r="D433" s="0" t="s">
+        <v>1525</v>
+      </c>
       <c r="E433" s="0" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="F433" s="0"/>
       <c r="G433" s="0" t="s">
-        <v>171</v>
+        <v>56</v>
       </c>
       <c r="H433" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>1524</v>
+        <v>19</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="C434" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D434" s="0" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E434" s="0" t="s">
         <v>1526</v>
       </c>
-      <c r="D434" s="0"/>
-[...3 lines deleted...]
-      <c r="F434" s="0"/>
+      <c r="F434" s="0" t="s">
+        <v>1531</v>
+      </c>
       <c r="G434" s="0" t="s">
-        <v>171</v>
+        <v>1532</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
       <c r="D435" s="0"/>
       <c r="E435" s="0" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="F435" s="0"/>
       <c r="G435" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H435" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L435" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="D436" s="0"/>
       <c r="E436" s="0" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="F436" s="0"/>
       <c r="G436" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H436" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L436" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1535</v>
-[...1 lines deleted...]
-      <c r="D437" s="0" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D437" s="0"/>
+      <c r="E437" s="0" t="s">
         <v>1536</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F437" s="0"/>
       <c r="G437" s="0" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="H437" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L437" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L437" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1539</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="D438" s="0"/>
       <c r="E438" s="0" t="s">
-        <v>269</v>
+        <v>1536</v>
       </c>
       <c r="F438" s="0"/>
       <c r="G438" s="0" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L438" s="0"/>
+        <v>63</v>
+      </c>
+      <c r="L438" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F439" s="0"/>
       <c r="G439" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H439" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L439" s="0"/>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F440" s="0"/>
       <c r="G440" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H440" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1541</v>
+        <v>1554</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L440" s="0"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F441" s="0"/>
       <c r="G441" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H441" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1545</v>
+        <v>1558</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>761</v>
+        <v>19</v>
       </c>
       <c r="L441" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F442" s="0"/>
       <c r="G442" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H442" s="0" t="s">
-        <v>379</v>
+        <v>213</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L442" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F443" s="0"/>
       <c r="G443" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H443" s="0" t="s">
-        <v>379</v>
+        <v>213</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1356</v>
+        <v>1558</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
-        <v>41</v>
+        <v>885</v>
       </c>
       <c r="L443" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="F444" s="0"/>
       <c r="G444" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H444" s="0" t="s">
-        <v>198</v>
+        <v>389</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L444" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L444" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="F445" s="0"/>
       <c r="G445" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H445" s="0" t="s">
-        <v>215</v>
+        <v>389</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1566</v>
+        <v>1369</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L445" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>350023</v>
+        <v>1573</v>
+      </c>
+      <c r="D446" s="0" t="s">
+        <v>1574</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F446" s="0"/>
       <c r="G446" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H446" s="0" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L446" s="0"/>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1571</v>
-[...2 lines deleted...]
-        <v>153301</v>
+        <v>1577</v>
+      </c>
+      <c r="D447" s="0" t="s">
+        <v>1578</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="F447" s="0"/>
       <c r="G447" s="0" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="H447" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L447" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="D448" s="0">
-        <v>153306</v>
+        <v>350023</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F448" s="0"/>
       <c r="G448" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H448" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L448" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1576</v>
+        <v>1583</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1577</v>
+        <v>1584</v>
       </c>
       <c r="D449" s="0">
-        <v>371136</v>
+        <v>153301</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F449" s="0"/>
       <c r="G449" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H449" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1578</v>
+        <v>1585</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L449" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>1581</v>
+        <v>1587</v>
+      </c>
+      <c r="D450" s="0">
+        <v>153306</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>361</v>
+        <v>109</v>
       </c>
       <c r="F450" s="0"/>
       <c r="G450" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>304</v>
+        <v>213</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L450" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-        <v>1585</v>
+        <v>1590</v>
+      </c>
+      <c r="D451" s="0">
+        <v>371136</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>361</v>
+        <v>109</v>
       </c>
       <c r="F451" s="0"/>
       <c r="G451" s="0" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="H451" s="0" t="s">
-        <v>304</v>
+        <v>213</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L451" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>33</v>
+        <v>361</v>
       </c>
       <c r="F452" s="0"/>
       <c r="G452" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H452" s="0" t="s">
-        <v>172</v>
+        <v>303</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L452" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L452" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>33</v>
+        <v>361</v>
       </c>
       <c r="F453" s="0"/>
       <c r="G453" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H453" s="0" t="s">
-        <v>17</v>
+        <v>303</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L453" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>269</v>
+        <v>33</v>
       </c>
       <c r="F454" s="0"/>
       <c r="G454" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H454" s="0" t="s">
-        <v>304</v>
+        <v>170</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L454" s="0"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>269</v>
+        <v>33</v>
       </c>
       <c r="F455" s="0"/>
       <c r="G455" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H455" s="0" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
-        <v>426</v>
+        <v>19</v>
       </c>
       <c r="L455" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>361</v>
+        <v>267</v>
       </c>
       <c r="F456" s="0"/>
       <c r="G456" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H456" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L456" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>361</v>
+        <v>267</v>
       </c>
       <c r="F457" s="0"/>
       <c r="G457" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L457" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>269</v>
+        <v>361</v>
       </c>
       <c r="F458" s="0"/>
       <c r="G458" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H458" s="0" t="s">
-        <v>215</v>
+        <v>303</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="L458" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>33</v>
+        <v>361</v>
       </c>
       <c r="F459" s="0"/>
       <c r="G459" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H459" s="0" t="s">
-        <v>603</v>
+        <v>303</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L459" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L459" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
+      <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="F460" s="0"/>
       <c r="G460" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H460" s="0" t="s">
-        <v>304</v>
+        <v>213</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L460" s="0"/>
+        <v>1628</v>
+      </c>
+      <c r="L460" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>269</v>
+        <v>33</v>
       </c>
       <c r="F461" s="0"/>
       <c r="G461" s="0" t="s">
-        <v>1626</v>
+        <v>34</v>
       </c>
       <c r="H461" s="0" t="s">
-        <v>215</v>
+        <v>611</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L461" s="0"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
-      <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="F462" s="0"/>
       <c r="G462" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="H462" s="0" t="s">
-        <v>215</v>
+        <v>303</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>879</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L462" s="0"/>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F463" s="0"/>
       <c r="G463" s="0" t="s">
-        <v>34</v>
+        <v>1640</v>
       </c>
       <c r="H463" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L463" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L463" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F464" s="0"/>
       <c r="G464" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H464" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>509</v>
+        <v>885</v>
       </c>
       <c r="L464" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
+      <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="F465" s="0"/>
       <c r="G465" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H465" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L465" s="0"/>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F466" s="0"/>
       <c r="G466" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H466" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>509</v>
+        <v>486</v>
       </c>
       <c r="L466" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="B467" s="0" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F467" s="0"/>
       <c r="G467" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H467" s="0" t="s">
-        <v>304</v>
+        <v>213</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L467" s="0"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
+      <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="F468" s="0"/>
       <c r="G468" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H468" s="0" t="s">
-        <v>235</v>
+        <v>213</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L468" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L468" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
-      <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="F469" s="0"/>
       <c r="G469" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>215</v>
+        <v>303</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L469" s="0"/>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
-      <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="F470" s="0"/>
       <c r="G470" s="0" t="s">
-        <v>1626</v>
+        <v>56</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L470" s="0"/>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
+      <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="F471" s="0"/>
       <c r="G471" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H471" s="0" t="s">
-        <v>603</v>
+        <v>213</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>40</v>
+        <v>1673</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L471" s="0"/>
+        <v>486</v>
+      </c>
+      <c r="L471" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
+      <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="F472" s="0"/>
       <c r="G472" s="0" t="s">
-        <v>58</v>
+        <v>1640</v>
       </c>
       <c r="H472" s="0" t="s">
-        <v>603</v>
+        <v>213</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L472" s="0"/>
+        <v>63</v>
+      </c>
+      <c r="L472" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="B473" s="0" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F473" s="0"/>
       <c r="G473" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H473" s="0" t="s">
-        <v>379</v>
+        <v>611</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1674</v>
+        <v>39</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L473" s="0"/>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="B474" s="0" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F474" s="0"/>
       <c r="G474" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L474" s="0"/>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="B475" s="0" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F475" s="0"/>
       <c r="G475" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H475" s="0" t="s">
-        <v>603</v>
+        <v>389</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L475" s="0"/>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="B476" s="0" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="E476" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F476" s="0"/>
       <c r="G476" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H476" s="0" t="s">
-        <v>379</v>
+        <v>611</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L476" s="0"/>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="B477" s="0" t="s">
-        <v>1679</v>
+        <v>1693</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="E477" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F477" s="0"/>
       <c r="G477" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H477" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L477" s="0"/>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="B478" s="0" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="E478" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F478" s="0"/>
       <c r="G478" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H478" s="0" t="s">
-        <v>603</v>
+        <v>389</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L478" s="0"/>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="B479" s="0" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="E479" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F479" s="0"/>
       <c r="G479" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H479" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L479" s="0"/>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="B480" s="0" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="E480" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F480" s="0"/>
       <c r="G480" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H480" s="0" t="s">
-        <v>379</v>
+        <v>611</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L480" s="0"/>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="B481" s="0" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="E481" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F481" s="0"/>
       <c r="G481" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H481" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L481" s="0"/>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
-      <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="F482" s="0"/>
       <c r="G482" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="H482" s="0" t="s">
-        <v>215</v>
+        <v>389</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L482" s="0"/>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="B483" s="0" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1711</v>
-[...1 lines deleted...]
-      <c r="D483" s="0"/>
+        <v>1717</v>
+      </c>
+      <c r="D483" s="0" t="s">
+        <v>1718</v>
+      </c>
       <c r="E483" s="0" t="s">
-        <v>710</v>
+        <v>102</v>
       </c>
       <c r="F483" s="0"/>
       <c r="G483" s="0" t="s">
-        <v>171</v>
+        <v>56</v>
       </c>
       <c r="H483" s="0" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L483" s="0"/>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
+      <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="F484" s="0"/>
       <c r="G484" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>379</v>
+        <v>213</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L484" s="0"/>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="B485" s="0" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1725</v>
+      </c>
+      <c r="D485" s="0"/>
       <c r="E485" s="0" t="s">
-        <v>104</v>
+        <v>717</v>
       </c>
       <c r="F485" s="0"/>
       <c r="G485" s="0" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>379</v>
+        <v>611</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="L485" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L485" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" customHeight="1" ht="80">
+      <c r="B486" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C486" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D486" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E486" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F486" s="0"/>
+      <c r="G486" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H486" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="I486" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J486" s="0"/>
+      <c r="K486" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L486" s="0"/>
+    </row>
+    <row r="487" spans="1:12" customHeight="1" ht="80">
+      <c r="B487" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C487" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D487" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E487" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F487" s="0"/>
+      <c r="G487" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H487" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="I487" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="J487" s="0"/>
+      <c r="K487" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L487" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -35317,50 +35489,52 @@
     <hyperlink ref="B461" r:id="rId_hyperlink_460"/>
     <hyperlink ref="B462" r:id="rId_hyperlink_461"/>
     <hyperlink ref="B463" r:id="rId_hyperlink_462"/>
     <hyperlink ref="B464" r:id="rId_hyperlink_463"/>
     <hyperlink ref="B465" r:id="rId_hyperlink_464"/>
     <hyperlink ref="B466" r:id="rId_hyperlink_465"/>
     <hyperlink ref="B467" r:id="rId_hyperlink_466"/>
     <hyperlink ref="B468" r:id="rId_hyperlink_467"/>
     <hyperlink ref="B469" r:id="rId_hyperlink_468"/>
     <hyperlink ref="B470" r:id="rId_hyperlink_469"/>
     <hyperlink ref="B471" r:id="rId_hyperlink_470"/>
     <hyperlink ref="B472" r:id="rId_hyperlink_471"/>
     <hyperlink ref="B473" r:id="rId_hyperlink_472"/>
     <hyperlink ref="B474" r:id="rId_hyperlink_473"/>
     <hyperlink ref="B475" r:id="rId_hyperlink_474"/>
     <hyperlink ref="B476" r:id="rId_hyperlink_475"/>
     <hyperlink ref="B477" r:id="rId_hyperlink_476"/>
     <hyperlink ref="B478" r:id="rId_hyperlink_477"/>
     <hyperlink ref="B479" r:id="rId_hyperlink_478"/>
     <hyperlink ref="B480" r:id="rId_hyperlink_479"/>
     <hyperlink ref="B481" r:id="rId_hyperlink_480"/>
     <hyperlink ref="B482" r:id="rId_hyperlink_481"/>
     <hyperlink ref="B483" r:id="rId_hyperlink_482"/>
     <hyperlink ref="B484" r:id="rId_hyperlink_483"/>
     <hyperlink ref="B485" r:id="rId_hyperlink_484"/>
+    <hyperlink ref="B486" r:id="rId_hyperlink_485"/>
+    <hyperlink ref="B487" r:id="rId_hyperlink_486"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>