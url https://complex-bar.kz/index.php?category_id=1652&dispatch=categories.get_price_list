--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1099">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,2823 +95,2832 @@
   <si>
     <t>20444.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сито с ручкой;сталь нерж.;D=10,L=23см;стальной</t>
   </si>
   <si>
     <t>02030847</t>
   </si>
   <si>
     <t>11.06.10</t>
   </si>
   <si>
     <t>Metaltex</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>2118.00₸</t>
   </si>
   <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Совок для муки «Проотель»;поликарбонат;1,9л;,L=33,B=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02110318</t>
+  </si>
+  <si>
+    <t>P-038</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>Совки</t>
+  </si>
+  <si>
+    <t>8491.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Совок для муки «Проотель»;поликарбонат;0,95л;,L=28,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>02110319</t>
+  </si>
+  <si>
+    <t>P-039</t>
+  </si>
+  <si>
+    <t>5747.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Совок для муки «Проотель»;поликарбонат;180мл;,L=25,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>02110320</t>
+  </si>
+  <si>
+    <t>P-040</t>
+  </si>
+  <si>
+    <t>2478.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Воронка «Падерно»;сталь нерж.;D=12см;металлич.</t>
+  </si>
+  <si>
+    <t>02122603</t>
+  </si>
+  <si>
+    <t>42562-12</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Воронки</t>
+  </si>
+  <si>
+    <t>23947.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=20,H=22,L=22,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>02122605</t>
+  </si>
+  <si>
+    <t>42562-20</t>
+  </si>
+  <si>
+    <t>44175.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=12,H=12,5,L=14,B=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122606</t>
+  </si>
+  <si>
+    <t>588003-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=15,H=17,L=16см;металлич.</t>
+  </si>
+  <si>
+    <t>02122607</t>
+  </si>
+  <si>
+    <t>588004-03</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>29969.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=20,H=20,L=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122608</t>
+  </si>
+  <si>
+    <t>588005-03</t>
+  </si>
+  <si>
+    <t>36237.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=24,H=23,L=25см;металлич.</t>
+  </si>
+  <si>
+    <t>02122609</t>
+  </si>
+  <si>
+    <t>588006-03</t>
+  </si>
+  <si>
+    <t>47440.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;полипроп.;D=80,H=235,L=80мм;белый</t>
+  </si>
+  <si>
+    <t>02122610</t>
+  </si>
+  <si>
+    <t>47604-08</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;пластик;D=10,H=11,L=11см;белый</t>
+  </si>
+  <si>
+    <t>02122611</t>
+  </si>
+  <si>
+    <t>47604-10</t>
+  </si>
+  <si>
+    <t>2210.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Совок для муки «Проотель»;поликарбонат;1,9л;,L=33,B=14,5см;прозр.</t>
-[...32 lines deleted...]
-    <t>5747.00₸</t>
+    <t>Воронка;пластик;D=12,H=33,L=12см;белый</t>
+  </si>
+  <si>
+    <t>02122612</t>
+  </si>
+  <si>
+    <t>47604-12</t>
+  </si>
+  <si>
+    <t>2626.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;пластик;D=14,H=14,L=16,5см;белый</t>
+  </si>
+  <si>
+    <t>02122613</t>
+  </si>
+  <si>
+    <t>47604-15</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;пластик;D=18,H=18,L=13см;белый</t>
+  </si>
+  <si>
+    <t>02122615</t>
+  </si>
+  <si>
+    <t>47604-18</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=13,H=14,5,L=14,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122620</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>26550.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=18см;металлич.</t>
+  </si>
+  <si>
+    <t>02122621</t>
+  </si>
+  <si>
+    <t>42562-18</t>
+  </si>
+  <si>
+    <t>19289.00₸</t>
+  </si>
+  <si>
+    <t>Воронка с ситом;сталь нерж.;D=18,H=10,5см</t>
+  </si>
+  <si>
+    <t>02122622</t>
+  </si>
+  <si>
+    <t>50181.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;сталь нерж.;D=25см</t>
+  </si>
+  <si>
+    <t>02122623</t>
+  </si>
+  <si>
+    <t>42562-25</t>
+  </si>
+  <si>
+    <t>32333.00₸</t>
+  </si>
+  <si>
+    <t>Воронка с ситом «Проотель»;сталь нерж.;D=12,H=12,5см</t>
+  </si>
+  <si>
+    <t>02122624</t>
+  </si>
+  <si>
+    <t>FNL475</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>3906.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Воронка с ситом «Проотель»;сталь нерж.;D=10,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>02122625</t>
+  </si>
+  <si>
+    <t>FNL4</t>
+  </si>
+  <si>
+    <t>3528.00₸</t>
+  </si>
+  <si>
+    <t>Воронка с ситом «Проотель»;сталь нерж.;D=14,H=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122626</t>
+  </si>
+  <si>
+    <t>FNL550</t>
+  </si>
+  <si>
+    <t>4249.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;полипроп.;D=20,H=20,L=20см;белый</t>
+  </si>
+  <si>
+    <t>02122628</t>
+  </si>
+  <si>
+    <t>47604-20</t>
+  </si>
+  <si>
+    <t>5837.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Совок для муки «Проотель»;поликарбонат;180мл;,L=25,B=12см;прозр.</t>
-[...56 lines deleted...]
-    <t>20790.00₸</t>
+    <t>Воронка;полипроп.;D=24,H=24,L=24см;белый</t>
+  </si>
+  <si>
+    <t>02122629</t>
+  </si>
+  <si>
+    <t>47604-24</t>
+  </si>
+  <si>
+    <t>6515.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;полипроп.;D=30,H=30,L=30,B=30см;белый</t>
+  </si>
+  <si>
+    <t>02122630</t>
+  </si>
+  <si>
+    <t>47604-30</t>
+  </si>
+  <si>
+    <t>7331.00₸</t>
+  </si>
+  <si>
+    <t>Воронка;пластик;D=13см;зелен.</t>
+  </si>
+  <si>
+    <t>02122645</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>424.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Воронка;пластик;D=16см;зелен.</t>
+  </si>
+  <si>
+    <t>02122646</t>
+  </si>
+  <si>
+    <t>678.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке;эмалиров.сталь;D=22,H=13см</t>
+  </si>
+  <si>
+    <t>04030106</t>
+  </si>
+  <si>
+    <t>B1513011</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>Дуршлаги</t>
+  </si>
+  <si>
+    <t>16656.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=23,H=11,5,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04030111</t>
+  </si>
+  <si>
+    <t>11926-22</t>
+  </si>
+  <si>
+    <t>53739.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=100,H=73,L=210мм;металлич.</t>
+  </si>
+  <si>
+    <t>04030126</t>
+  </si>
+  <si>
+    <t>515010-03</t>
+  </si>
+  <si>
+    <t>11766.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=120,H=94,L=223мм;металлич.</t>
+  </si>
+  <si>
+    <t>04030127</t>
+  </si>
+  <si>
+    <t>515012-03</t>
+  </si>
+  <si>
+    <t>8732.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=14,H=11,L=29,B=13,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030128</t>
+  </si>
+  <si>
+    <t>515014-03</t>
+  </si>
+  <si>
+    <t>12821.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=16,H=14,L=37,B=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030129</t>
+  </si>
+  <si>
+    <t>515016-03</t>
+  </si>
+  <si>
+    <t>19066.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=18,H=18,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04030130</t>
+  </si>
+  <si>
+    <t>515018-03</t>
+  </si>
+  <si>
+    <t>16555.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=20,H=20,5,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04030131</t>
+  </si>
+  <si>
+    <t>515020-03</t>
+  </si>
+  <si>
+    <t>20405.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=23,H=23,L=43см;металлич.</t>
+  </si>
+  <si>
+    <t>04030132</t>
+  </si>
+  <si>
+    <t>515023-03</t>
+  </si>
+  <si>
+    <t>27420.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=28,H=13,L=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04030133</t>
+  </si>
+  <si>
+    <t>516101-03</t>
+  </si>
+  <si>
+    <t>25095.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=23,H=14,5,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>04030134</t>
+  </si>
+  <si>
+    <t>516105-03</t>
+  </si>
+  <si>
+    <t>21343.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;32,5л;D=50,H=27,5,L=59см;металлич.</t>
+  </si>
+  <si>
+    <t>04030150</t>
+  </si>
+  <si>
+    <t>11927-50</t>
+  </si>
+  <si>
+    <t>290691.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.,пластик;D=23,H=10,L=56,B=24см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04030151</t>
+  </si>
+  <si>
+    <t>12633-23</t>
+  </si>
+  <si>
+    <t>28845.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;12л;D=36,H=26,5,L=45,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030153</t>
+  </si>
+  <si>
+    <t>11928-36</t>
+  </si>
+  <si>
+    <t>171757.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;алюмин.;17л;D=40,H=20,L=53,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030154</t>
+  </si>
+  <si>
+    <t>16927-40</t>
+  </si>
+  <si>
+    <t>83661.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;12,8л;D=36,H=24,L=46,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030155</t>
+  </si>
+  <si>
+    <t>11927-36</t>
+  </si>
+  <si>
+    <t>107377.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;алюмин.;8,8л;D=32,H=16,L=47,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04030156</t>
+  </si>
+  <si>
+    <t>16927-32</t>
+  </si>
+  <si>
+    <t>55410.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=45,H=27,5,L=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04030157</t>
+  </si>
+  <si>
+    <t>11927-45</t>
+  </si>
+  <si>
+    <t>165173.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли;сталь нерж.;D=36,H=23,L=29,B=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04030159</t>
+  </si>
+  <si>
+    <t>11922-36</t>
+  </si>
+  <si>
+    <t>57096.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли;сталь нерж.;D=40,H=26,L=32,5,B=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04030160</t>
+  </si>
+  <si>
+    <t>11922-40</t>
+  </si>
+  <si>
+    <t>59560.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.,пластик;D=18,H=9,L=40,B=18см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04030163</t>
+  </si>
+  <si>
+    <t>12633-18</t>
+  </si>
+  <si>
+    <t>18750.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.,абс-пластик;D=26,H=10,L=58,4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04030165</t>
+  </si>
+  <si>
+    <t>12633-26</t>
+  </si>
+  <si>
+    <t>40834.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;алюмин.;3,6л;D=20,H=11,4,L=39,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030171</t>
+  </si>
+  <si>
+    <t>16924-20</t>
+  </si>
+  <si>
+    <t>34096.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;алюмин.;6,5л;D=24,H=14,L=48,B=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04030172</t>
+  </si>
+  <si>
+    <t>16924-24</t>
+  </si>
+  <si>
+    <t>28483.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=27,H=23,5,L=49см;металлич.</t>
+  </si>
+  <si>
+    <t>04030175</t>
+  </si>
+  <si>
+    <t>515027-03</t>
+  </si>
+  <si>
+    <t>37576.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;15л;D=40,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04030176</t>
+  </si>
+  <si>
+    <t>239024.00₸</t>
+  </si>
+  <si>
+    <t>Сепаратор для яйца;сталь нерж.;D=95,L=215мм;металлич.</t>
+  </si>
+  <si>
+    <t>04030178</t>
+  </si>
+  <si>
+    <t>48278-36</t>
+  </si>
+  <si>
+    <t>20082.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг «Проотель»;сталь нерж.;D=36,H=19,B=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04030179</t>
+  </si>
+  <si>
+    <t>COLE36</t>
+  </si>
+  <si>
+    <t>30282.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг «Проотель»;сталь нерж.;D=40,H=23,B=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04030180</t>
+  </si>
+  <si>
+    <t>COLE40</t>
+  </si>
+  <si>
+    <t>42448.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли «Проотель»;сталь нерж.;D=32,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04030181</t>
+  </si>
+  <si>
+    <t>TB667H</t>
+  </si>
+  <si>
+    <t>18151.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=12,H=5,L=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04030182</t>
+  </si>
+  <si>
+    <t>SRS12</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке «Проотель»;алюмин.;D=44,H=22,5,L=52см;металлич.</t>
+  </si>
+  <si>
+    <t>04030183</t>
+  </si>
+  <si>
+    <t>COLA42</t>
+  </si>
+  <si>
+    <t>36645.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=26,H=15,L=49см;металлич.</t>
+  </si>
+  <si>
+    <t>04030184</t>
+  </si>
+  <si>
+    <t>SRS26</t>
+  </si>
+  <si>
+    <t>11452.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=24,H=9,L=49см;металлич.</t>
+  </si>
+  <si>
+    <t>04030185</t>
+  </si>
+  <si>
+    <t>SRS24</t>
+  </si>
+  <si>
+    <t>10570.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг «Проотель»;сталь нерж.;D=38,H=19,L=39,B=46,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030186</t>
+  </si>
+  <si>
+    <t>COLD13</t>
+  </si>
+  <si>
+    <t>12663.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли «Проотель»;сталь нерж.;D=36,H=26,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04030187</t>
+  </si>
+  <si>
+    <t>TB770</t>
+  </si>
+  <si>
+    <t>26383.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке «Проотель»;сталь нерж.;D=34,H=14,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04030188</t>
+  </si>
+  <si>
+    <t>COLD08</t>
+  </si>
+  <si>
+    <t>8883.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=16,H=10,L=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04030189</t>
+  </si>
+  <si>
+    <t>SRS16</t>
+  </si>
+  <si>
+    <t>6174.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=14,H=10,L=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04030190</t>
+  </si>
+  <si>
+    <t>SRS14</t>
+  </si>
+  <si>
+    <t>5411.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=18,H=10,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04030191</t>
+  </si>
+  <si>
+    <t>SRS18</t>
+  </si>
+  <si>
+    <t>6818.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=20,H=10,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04030192</t>
+  </si>
+  <si>
+    <t>SRS20</t>
+  </si>
+  <si>
+    <t>7378.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке «Проотель»;алюмин.;D=38,H=20,5,L=43см;металлич.</t>
+  </si>
+  <si>
+    <t>04030193</t>
+  </si>
+  <si>
+    <t>COLA38</t>
+  </si>
+  <si>
+    <t>29288.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг-сито «Проотель»;сталь нерж.;D=220,H=8,L=460мм;металлич.</t>
+  </si>
+  <si>
+    <t>04030194</t>
+  </si>
+  <si>
+    <t>SRS21</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;сталь нерж.;D=20,H=19,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04030195</t>
+  </si>
+  <si>
+    <t>017335</t>
+  </si>
+  <si>
+    <t>29553.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;сталь нерж.;D=23,H=20,L=43см;металлич.</t>
+  </si>
+  <si>
+    <t>04030196</t>
+  </si>
+  <si>
+    <t>017337</t>
+  </si>
+  <si>
+    <t>40618.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;сталь нерж.;D=14,H=11,5,L=29см;металлич.</t>
+  </si>
+  <si>
+    <t>04030197</t>
+  </si>
+  <si>
+    <t>017332</t>
+  </si>
+  <si>
+    <t>22153.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конич.;сталь нерж.;D=14,L=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04030199</t>
+  </si>
+  <si>
+    <t>41925-14</t>
+  </si>
+  <si>
+    <t>Дуршлаг конич.;сталь нерж.;D=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04030301</t>
+  </si>
+  <si>
+    <t>41925-16</t>
+  </si>
+  <si>
+    <t>31909.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;сталь нерж.;D=18,5,H=16,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04030305</t>
+  </si>
+  <si>
+    <t>017334</t>
+  </si>
+  <si>
+    <t>24525.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг 2 ручки;сталь нерж.;D=24,H=14,L=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04030306</t>
+  </si>
+  <si>
+    <t>017242</t>
+  </si>
+  <si>
+    <t>28868.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;пластик,сталь;D=20,H=9,L=19см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04030307</t>
+  </si>
+  <si>
+    <t>017364</t>
+  </si>
+  <si>
+    <t>108994.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;сталь нерж.;D=10,H=7,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04030308</t>
+  </si>
+  <si>
+    <t>017330</t>
+  </si>
+  <si>
+    <t>15308.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке с ручками;сталь;3,5л;D=25,H=18,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04030309</t>
+  </si>
+  <si>
+    <t>90106.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический «Проотель»;сталь нерж.;D=24,H=23,L=44,B=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04030310</t>
+  </si>
+  <si>
+    <t>CST24E</t>
+  </si>
+  <si>
+    <t>11536.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конич.;сталь нерж.;D=24,L=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04030313</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>55186.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг на подставке с ручками;сталь нерж.;5л;D=28,H=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030315</t>
+  </si>
+  <si>
+    <t>100555.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=20,H=14,L=20,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04030318</t>
+  </si>
+  <si>
+    <t>017241</t>
+  </si>
+  <si>
+    <t>23070.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=36,H=23см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04030330</t>
+  </si>
+  <si>
+    <t>12992-36</t>
+  </si>
+  <si>
+    <t>26773.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=40,H=26,L=32см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04030331</t>
+  </si>
+  <si>
+    <t>12992-40</t>
+  </si>
+  <si>
+    <t>46131.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли;сталь нерж.;2,8л;,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04030332</t>
+  </si>
+  <si>
+    <t>56234.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг 2ручки;сталь нерж.;31л;D=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04030334</t>
+  </si>
+  <si>
+    <t>210557.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг 2ручки;сталь нерж.;D=24,H=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04030335</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>8532.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг 2ручки;сталь нерж.;D=28,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04030336</t>
+  </si>
+  <si>
+    <t>10750.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг-стрейнер для кастрюли (для арт.11105-20);сталь нерж.;D=20,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04030337</t>
+  </si>
+  <si>
+    <t>11123-20</t>
+  </si>
+  <si>
+    <t>76592.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конический;пластик;D=32,H=20см;черный</t>
+  </si>
+  <si>
+    <t>04030339</t>
+  </si>
+  <si>
+    <t>12950-32</t>
+  </si>
+  <si>
+    <t>38678.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.,пластик;D=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04030340</t>
+  </si>
+  <si>
+    <t>12633-20</t>
+  </si>
+  <si>
+    <t>15485.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;5л;D=22,H=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04030342</t>
+  </si>
+  <si>
+    <t>11924-22</t>
+  </si>
+  <si>
+    <t>42081.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;5,5л;D=28,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04030345</t>
+  </si>
+  <si>
+    <t>11927-28</t>
+  </si>
+  <si>
+    <t>83923.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг конич.на подставке;сталь нерж.;3,5л;D=24,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04030352</t>
+  </si>
+  <si>
+    <t>11927-24</t>
+  </si>
+  <si>
+    <t>75060.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=23,H=22,L=43/43см;металлич.</t>
+  </si>
+  <si>
+    <t>04030354</t>
+  </si>
+  <si>
+    <t>515123-03</t>
+  </si>
+  <si>
+    <t>24048.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=25,H=25,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04030355</t>
+  </si>
+  <si>
+    <t>515025-03</t>
+  </si>
+  <si>
+    <t>30793.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=22,H=10,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04030356</t>
+  </si>
+  <si>
+    <t>516002-03</t>
+  </si>
+  <si>
+    <t>26481.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=24,L=43см;металлич.</t>
+  </si>
+  <si>
+    <t>04030357</t>
+  </si>
+  <si>
+    <t>516003-03</t>
+  </si>
+  <si>
+    <t>29615.00₸</t>
   </si>
   <si>
     <t>25 шт.</t>
   </si>
   <si>
-    <t>Воронка;сталь нерж.;D=15,H=17,L=16см;металлич.</t>
-[...56 lines deleted...]
-    <t>1887.00₸</t>
+    <t>Дуршлаг;сталь нерж.;D=170,H=6,L=340мм;металлич.</t>
+  </si>
+  <si>
+    <t>04030358</t>
+  </si>
+  <si>
+    <t>516001-03</t>
+  </si>
+  <si>
+    <t>12105.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг двойн.сетка;сталь нерж.,дерево;D=35,H=14,L=83,5см</t>
+  </si>
+  <si>
+    <t>04030360</t>
+  </si>
+  <si>
+    <t>14310350IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>44684.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг двойн.сетка;сталь нерж.;D=24,H=10,L=57,5см</t>
+  </si>
+  <si>
+    <t>04030361</t>
+  </si>
+  <si>
+    <t>14310240IVV</t>
+  </si>
+  <si>
+    <t>18704.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг двойн.сетка;сталь нерж.;D=30,H=13,5,L=78см</t>
+  </si>
+  <si>
+    <t>04030362</t>
+  </si>
+  <si>
+    <t>14310300IVV</t>
+  </si>
+  <si>
+    <t>33873.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Дуршлаг двойн.сетка;сталь нерж.;D=26,H=11,L=59,5см</t>
+  </si>
+  <si>
+    <t>04030365</t>
+  </si>
+  <si>
+    <t>14310260IVV</t>
+  </si>
+  <si>
+    <t>21260.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=30,H=8см</t>
+  </si>
+  <si>
+    <t>04030372</t>
+  </si>
+  <si>
+    <t>12604-30</t>
+  </si>
+  <si>
+    <t>Сита для муки</t>
+  </si>
+  <si>
+    <t>23470.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=43,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04030373</t>
+  </si>
+  <si>
+    <t>SH12430</t>
+  </si>
+  <si>
+    <t>DAZ</t>
+  </si>
+  <si>
+    <t>8673.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;сталь нерж.;D=28,H=12,5см</t>
+  </si>
+  <si>
+    <t>04030374</t>
+  </si>
+  <si>
+    <t>83515.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;полипроп.;D=22см</t>
+  </si>
+  <si>
+    <t>04030376</t>
+  </si>
+  <si>
+    <t>47610-22</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;полипроп.;D=26см</t>
+  </si>
+  <si>
+    <t>04030377</t>
+  </si>
+  <si>
+    <t>47610-26</t>
+  </si>
+  <si>
+    <t>4205.00₸</t>
+  </si>
+  <si>
+    <t>Дуршлаг;полипроп.;D=30см</t>
+  </si>
+  <si>
+    <t>04030378</t>
+  </si>
+  <si>
+    <t>47610-30</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-дозатор кондит.;сталь нерж.;1л;D=19,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04070918</t>
+  </si>
+  <si>
+    <t>515200-03</t>
+  </si>
+  <si>
+    <t>165396.00₸</t>
+  </si>
+  <si>
+    <t>Держатель воронки-дозатора;сталь нерж.;D=16,H=16,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04070919</t>
+  </si>
+  <si>
+    <t>515201-03</t>
+  </si>
+  <si>
+    <t>11935.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Воронка;пластик;D=10,H=11,L=11см;белый</t>
-[...38 lines deleted...]
-    <t>3057.00₸</t>
+    <t>Ткань для процеживания бульона;хлопок;,L=87,B=70см</t>
+  </si>
+  <si>
+    <t>04111101</t>
+  </si>
+  <si>
+    <t>41932-05</t>
+  </si>
+  <si>
+    <t>Ткань для сит</t>
+  </si>
+  <si>
+    <t>8255.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для муки с ручкой;дерево,щетина натур.;,H=5,L=34,B=14см;бежев.</t>
+  </si>
+  <si>
+    <t>04120234</t>
+  </si>
+  <si>
+    <t>Щетки</t>
+  </si>
+  <si>
+    <t>31270.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для муки с ручкой;дерево,щетина натур.;,H=6,L=32,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04120235</t>
+  </si>
+  <si>
+    <t>17687.00₸</t>
+  </si>
+  <si>
+    <t>Сито р-р ячейки 2,5*1,4;сталь нерж.;D=21,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04140807</t>
+  </si>
+  <si>
+    <t>509055-21</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>16471.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 1.0*1.0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140808</t>
+  </si>
+  <si>
+    <t>509055-30</t>
+  </si>
+  <si>
+    <t>25387.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 1,5*1,0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140809</t>
+  </si>
+  <si>
+    <t>509056-30</t>
+  </si>
+  <si>
+    <t>25973.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 2,0*2,0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140810</t>
+  </si>
+  <si>
+    <t>509057-30</t>
+  </si>
+  <si>
+    <t>23079.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 0,5*0,5мм;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140814</t>
+  </si>
+  <si>
+    <t>14000300IVV</t>
+  </si>
+  <si>
+    <t>23821.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140816</t>
+  </si>
+  <si>
+    <t>14020200IVV</t>
+  </si>
+  <si>
+    <t>10808.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140817</t>
+  </si>
+  <si>
+    <t>14020300IVV</t>
+  </si>
+  <si>
+    <t>25445.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=35см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140818</t>
+  </si>
+  <si>
+    <t>14020350IVV</t>
+  </si>
+  <si>
+    <t>36995.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140819</t>
+  </si>
+  <si>
+    <t>14040300IVV</t>
+  </si>
+  <si>
+    <t>31185.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=8,H=5,L=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04140821</t>
+  </si>
+  <si>
+    <t>41931-08</t>
+  </si>
+  <si>
+    <t>9710.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=140,H=95,L=315,B=130мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140822</t>
+  </si>
+  <si>
+    <t>41931-14</t>
+  </si>
+  <si>
+    <t>16132.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=16,H=12,5,L=35,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04140823</t>
+  </si>
+  <si>
+    <t>41931-16</t>
+  </si>
+  <si>
+    <t>19720.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=18,H=14,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04140824</t>
+  </si>
+  <si>
+    <t>41931-18</t>
+  </si>
+  <si>
+    <t>26127.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=21,H=19,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04140825</t>
+  </si>
+  <si>
+    <t>11932-20</t>
+  </si>
+  <si>
+    <t>57573.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=25,H=53,L=56,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04140826</t>
+  </si>
+  <si>
+    <t>11932-24</t>
+  </si>
+  <si>
+    <t>68708.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=25,H=22,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04140827</t>
+  </si>
+  <si>
+    <t>11929-24</t>
+  </si>
+  <si>
+    <t>57442.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=20,H=17,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04140828</t>
+  </si>
+  <si>
+    <t>11929-20</t>
+  </si>
+  <si>
+    <t>50281.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=16,H=6,L=38см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140829</t>
+  </si>
+  <si>
+    <t>12622-16</t>
+  </si>
+  <si>
+    <t>14692.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=18,H=6,L=40см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140830</t>
+  </si>
+  <si>
+    <t>12622-18</t>
+  </si>
+  <si>
+    <t>16548.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=200,H=70,L=425мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140831</t>
+  </si>
+  <si>
+    <t>12622-20</t>
+  </si>
+  <si>
+    <t>16671.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=230,H=73,L=560,B=260мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140832</t>
+  </si>
+  <si>
+    <t>12622-23</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=260,H=75,L=580мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140833</t>
+  </si>
+  <si>
+    <t>12622-26</t>
+  </si>
+  <si>
+    <t>37884.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=7,H=2,L=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140834</t>
+  </si>
+  <si>
+    <t>12622-07</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.,абс-пластик;D=10,H=4,L=23см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140835</t>
+  </si>
+  <si>
+    <t>12622-10</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь;D=18,H=10,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04140847</t>
+  </si>
+  <si>
+    <t>JQ-W247</t>
+  </si>
+  <si>
+    <t>1201.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для муки;сталь нерж.;D=12,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140858</t>
+  </si>
+  <si>
+    <t>42607-05</t>
+  </si>
+  <si>
+    <t>21591.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=34см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140859</t>
+  </si>
+  <si>
+    <t>12605-34</t>
+  </si>
+  <si>
+    <t>46670.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=40,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140860</t>
+  </si>
+  <si>
+    <t>SS40</t>
+  </si>
+  <si>
+    <t>41755.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=14,H=10,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04140861</t>
+  </si>
+  <si>
+    <t>SCS14</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140862</t>
+  </si>
+  <si>
+    <t>SS21</t>
+  </si>
+  <si>
+    <t>5810.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=20,H=11,5,L=38,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04140863</t>
+  </si>
+  <si>
+    <t>SCS20</t>
+  </si>
+  <si>
+    <t>7798.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=18,H=12,5,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04140864</t>
+  </si>
+  <si>
+    <t>SCS18</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=16,H=11,L=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04140865</t>
+  </si>
+  <si>
+    <t>SCS16</t>
+  </si>
+  <si>
+    <t>6265.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=12,5,H=10,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04140866</t>
+  </si>
+  <si>
+    <t>SCS12</t>
+  </si>
+  <si>
+    <t>5110.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.,пластик;D=20,H=24,5,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04140867</t>
+  </si>
+  <si>
+    <t>017360</t>
+  </si>
+  <si>
+    <t>154385.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь;D=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04140868</t>
+  </si>
+  <si>
+    <t>12606-34</t>
+  </si>
+  <si>
+    <t>36545.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель» (размер ячейки 1х1 мм);сталь нерж.;D=290,H=68мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140871</t>
+  </si>
+  <si>
+    <t>SS29</t>
+  </si>
+  <si>
+    <t>14350.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель» ячейки 1*1мм;сталь нерж.;D=16см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140872</t>
+  </si>
+  <si>
+    <t>SS16</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=70,H=25,L=170мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140873</t>
+  </si>
+  <si>
+    <t>020420</t>
+  </si>
+  <si>
+    <t>11035.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=200,H=77,L=395мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140874</t>
+  </si>
+  <si>
+    <t>0204261285 2270</t>
+  </si>
+  <si>
+    <t>37184.00₸</t>
+  </si>
+  <si>
+    <t>Ткань для процеживания сыра и соуса[5шт];хлопок;,L=87,B=70см;белый</t>
+  </si>
+  <si>
+    <t>04140877</t>
+  </si>
+  <si>
+    <t>017410</t>
+  </si>
+  <si>
+    <t>86872.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=160,H=66,L=340мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140878</t>
+  </si>
+  <si>
+    <t>020424</t>
+  </si>
+  <si>
+    <t>27905.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для сахарной пудры;сталь нерж.;D=10,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140884</t>
+  </si>
+  <si>
+    <t>14150250IVV</t>
+  </si>
+  <si>
+    <t>11739.00₸</t>
+  </si>
+  <si>
+    <t>Сито для гренок;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140885</t>
+  </si>
+  <si>
+    <t>12607-30</t>
+  </si>
+  <si>
+    <t>35975.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 0,23мм[3шт];сталь нерж.;,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140886</t>
+  </si>
+  <si>
+    <t>56842.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.,дерево;D=35см;серебрист.,бежев.</t>
+  </si>
+  <si>
+    <t>04140887</t>
+  </si>
+  <si>
+    <t>70063.00₸</t>
+  </si>
+  <si>
+    <t>Сито;металл,пластик;D=20,H=8,L=36,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04140888</t>
+  </si>
+  <si>
+    <t>017318</t>
+  </si>
+  <si>
+    <t>13907.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04140889</t>
+  </si>
+  <si>
+    <t>071370</t>
+  </si>
+  <si>
+    <t>73027.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.,пластик;D=25,5,H=27,L=49см</t>
+  </si>
+  <si>
+    <t>04140891</t>
+  </si>
+  <si>
+    <t>017362</t>
+  </si>
+  <si>
+    <t>147132.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дуршлаг;алюмин.;D=24,H=13,5,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04140892</t>
+  </si>
+  <si>
+    <t>52984.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=100,H=35,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140897</t>
+  </si>
+  <si>
+    <t>020422</t>
+  </si>
+  <si>
+    <t>13668.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;нейлон,дерево;D=35см;бежев.</t>
+  </si>
+  <si>
+    <t>04140898</t>
+  </si>
+  <si>
+    <t>74298.00₸</t>
+  </si>
+  <si>
+    <t>Воронка кондит.;сталь нерж.;2л;D=22,H=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04141325</t>
+  </si>
+  <si>
+    <t>47800-22</t>
+  </si>
+  <si>
+    <t>238693.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-дозатор для конд.изд.с клапаном с подставкой;сталь нерж.,пластик;0,8л;металлич.</t>
+  </si>
+  <si>
+    <t>04141366</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>73790.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для сита-конуса и воронки-дозатора;сталь нерж.;D=20,H=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04141526</t>
+  </si>
+  <si>
+    <t>34581.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;сталь нерж.;400мл;,L=263,B=78мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04141603</t>
+  </si>
+  <si>
+    <t>42609-15</t>
+  </si>
+  <si>
+    <t>32879.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;сталь нерж.;1л;,L=32,5,B=10,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141604</t>
+  </si>
+  <si>
+    <t>42609-20</t>
+  </si>
+  <si>
+    <t>38447.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки «Хигиа»;алюмин.;1,1л;,L=34,7,B=11,8см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141605</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>Hygia</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки «Хигиа»;алюмин.;1,87л;,L=40,B=15см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141606</t>
+  </si>
+  <si>
+    <t>30092.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки «Проотель»;сталь нерж.;350мл;,L=245/130,B=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04141607</t>
+  </si>
+  <si>
+    <t>SC3</t>
+  </si>
+  <si>
+    <t>6279.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки «Проотель»;сталь нерж.;1,3л;,L=32/20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141608</t>
+  </si>
+  <si>
+    <t>SC4</t>
+  </si>
+  <si>
+    <t>15862.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки «Хигиа»;алюмин.;0,65л;,L=31,B=10,8см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141609</t>
+  </si>
+  <si>
+    <t>15462.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;сталь нерж.;1,5л;,L=38/19,5,B=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141611</t>
+  </si>
+  <si>
+    <t>32664.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки мерный;полипроп.;0,85л;,L=35/14,5см;белый</t>
+  </si>
+  <si>
+    <t>04141613</t>
+  </si>
+  <si>
+    <t>14646.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки мерный;полипроп.;1,5л;,L=40/17,7см;белый</t>
+  </si>
+  <si>
+    <t>04141614</t>
+  </si>
+  <si>
+    <t>25218.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки мерный;полипроп.;250мл;,L=250/92мм;белый</t>
+  </si>
+  <si>
+    <t>04141615</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки мерный;полипроп.;0,5л;,L=31/115мм;белый</t>
+  </si>
+  <si>
+    <t>04141616</t>
+  </si>
+  <si>
+    <t>16109.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки мерный;полипроп.;125мл;,L=187/65мм;белый</t>
+  </si>
+  <si>
+    <t>04141617</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;полипроп.;250мл;,L=25,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04141618</t>
+  </si>
+  <si>
+    <t>00610</t>
+  </si>
+  <si>
+    <t>4274.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;полипроп.;0,5л;,H=5,L=31,B=12см;белый</t>
+  </si>
+  <si>
+    <t>04141619</t>
+  </si>
+  <si>
+    <t>00611</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Совок для муки;сталь нерж.;1,7л;,L=37см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141624</t>
+  </si>
+  <si>
+    <t>42609-23</t>
+  </si>
+  <si>
+    <t>24764.00₸</t>
+  </si>
+  <si>
+    <t>Совок для сыпучих продуктов;дер. олива;,L=15см;бежев.</t>
+  </si>
+  <si>
+    <t>04141626</t>
+  </si>
+  <si>
+    <t>90 676</t>
+  </si>
+  <si>
+    <t>Berard</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>Совок для сыпучих продуктов;дер. олива;,L=10см;бежев.</t>
+  </si>
+  <si>
+    <t>04141627</t>
+  </si>
+  <si>
+    <t>90 670</t>
+  </si>
+  <si>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;дер. олива;,L=85мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141628</t>
+  </si>
+  <si>
+    <t>99 570</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Совок для муки;сталь нерж.;,L=15см;серебрист.</t>
+  </si>
+  <si>
+    <t>04141634</t>
+  </si>
+  <si>
+    <t>522002-03</t>
+  </si>
+  <si>
+    <t>26442.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;10л;D=37,3,H=39,6см;серый,зелен.</t>
+  </si>
+  <si>
+    <t>04142299</t>
+  </si>
+  <si>
+    <t>Центрифуги для сушки зелени</t>
+  </si>
+  <si>
+    <t>343805.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для центрифуги арт. 49888-20</t>
+  </si>
+  <si>
+    <t>04142301</t>
+  </si>
+  <si>
+    <t>49888-A2</t>
+  </si>
+  <si>
+    <t>116463.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;12л;D=33,H=44см;оранжев.</t>
+  </si>
+  <si>
+    <t>04142302</t>
+  </si>
+  <si>
+    <t>49888-10</t>
+  </si>
+  <si>
+    <t>160268.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;25л;D=43,H=52см;оранжев.</t>
+  </si>
+  <si>
+    <t>04142303</t>
+  </si>
+  <si>
+    <t>49888-20</t>
+  </si>
+  <si>
+    <t>170247.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;20л;D=46,H=30см;серый,зелен.</t>
+  </si>
+  <si>
+    <t>04142305</t>
+  </si>
+  <si>
+    <t>323585.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для муки б/ручки;,L=210,B=45мм</t>
+  </si>
+  <si>
+    <t>04142663</t>
+  </si>
+  <si>
+    <t>20344.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для муки с шелковой щетиной;дерево;,L=32/21,B=5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04142664</t>
+  </si>
+  <si>
+    <t>26650.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для муки б/ручки;дерево;,L=210,B=45мм;черный</t>
+  </si>
+  <si>
+    <t>04142688</t>
+  </si>
+  <si>
+    <t>34242.00₸</t>
+  </si>
+  <si>
+    <t>Воронка кондит. автом.;сталь нерж.;1,9л;D=18,5,H=18,L=57,B=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04144256</t>
+  </si>
+  <si>
+    <t>312536.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-дозатор для конд.изд. 4насадки;сталь нерж.,пластик;1,5л;D=25,H=28,B=71,4см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04144654</t>
+  </si>
+  <si>
+    <t>142936.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-дозатор для конд.изд.+ подставка;пластик,сталь нерж.;0,75л;D=13,H=26см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04144655</t>
+  </si>
+  <si>
+    <t>115577.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-дозатор кондитерская на подставке авт;сталь хромир.,пластик;1,5л;D=25,H=50см;металлич.,прозр</t>
+  </si>
+  <si>
+    <t>04144659</t>
+  </si>
+  <si>
+    <t>530222.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=7,L=18см;стальной</t>
+  </si>
+  <si>
+    <t>04145105</t>
+  </si>
+  <si>
+    <t>11.06.07</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Воронка;пластик;D=18,H=18,L=13см;белый</t>
-[...323 lines deleted...]
-    <t>21343.00₸</t>
+    <t>Сито с ручкой;сталь нерж.;D=14,L=30см;стальной</t>
+  </si>
+  <si>
+    <t>04145106</t>
+  </si>
+  <si>
+    <t>11.06.14</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=18,L=34см;стальной</t>
+  </si>
+  <si>
+    <t>04145107</t>
+  </si>
+  <si>
+    <t>11.06.18</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;12л;D=33,H=34см;оранжев.</t>
+  </si>
+  <si>
+    <t>04145504</t>
+  </si>
+  <si>
+    <t>JD-S338</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>120526.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;25л;D=41,5,H=40см;оранжев.</t>
+  </si>
+  <si>
+    <t>04145505</t>
+  </si>
+  <si>
+    <t>JD-S339</t>
+  </si>
+  <si>
+    <t>123746.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;4,4л;D=23,5,H=18см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>04145509</t>
+  </si>
+  <si>
+    <t>2430224A</t>
+  </si>
+  <si>
+    <t>15370.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для муки;сталь нерж.;1,1л;D=12,3,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04145609</t>
+  </si>
+  <si>
+    <t>27312.00₸</t>
+  </si>
+  <si>
+    <t>Сито сетка 1.28мм;сталь нерж.;D=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04145616</t>
+  </si>
+  <si>
+    <t>42073.00₸</t>
+  </si>
+  <si>
+    <t>Сито сетка 1.28мм;сталь нерж.;D=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04145617</t>
+  </si>
+  <si>
+    <t>49804.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04145620</t>
+  </si>
+  <si>
+    <t>41925-18</t>
+  </si>
+  <si>
+    <t>26904.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.,пластик;D=20,L=19,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04145621</t>
+  </si>
+  <si>
+    <t>017365</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>87480.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04145622</t>
+  </si>
+  <si>
+    <t>12635-35</t>
+  </si>
+  <si>
+    <t>82706.00₸</t>
+  </si>
+  <si>
+    <t>Сито для сахарной пудры;сталь нерж.,пластик;D=18,5см;серебрист.,серый</t>
+  </si>
+  <si>
+    <t>04145627</t>
+  </si>
+  <si>
+    <t>44414.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=26,L=28см</t>
+  </si>
+  <si>
+    <t>04145635</t>
+  </si>
+  <si>
+    <t>071372</t>
+  </si>
+  <si>
+    <t>79518.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04145637</t>
+  </si>
+  <si>
+    <t>12635-30</t>
+  </si>
+  <si>
+    <t>69177.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=30,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04145640</t>
+  </si>
+  <si>
+    <t>12606-30</t>
+  </si>
+  <si>
+    <t>26565.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;8,8л;D=32,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04145642</t>
+  </si>
+  <si>
+    <t>11930-32</t>
+  </si>
+  <si>
+    <t>112598.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=22,H=8см</t>
+  </si>
+  <si>
+    <t>04145644</t>
+  </si>
+  <si>
+    <t>12605-22</t>
+  </si>
+  <si>
+    <t>29784.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;,L=22/19,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04145645</t>
+  </si>
+  <si>
+    <t>12630-22</t>
+  </si>
+  <si>
+    <t>14592.00₸</t>
+  </si>
+  <si>
+    <t>Сито коническое;сталь нерж.;D=20,H=15,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04145647</t>
+  </si>
+  <si>
+    <t>515420-03</t>
+  </si>
+  <si>
+    <t>52745.00₸</t>
+  </si>
+  <si>
+    <t>Сито коническое;сталь нерж.;D=240,H=22,L=510мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145648</t>
+  </si>
+  <si>
+    <t>515424-03</t>
+  </si>
+  <si>
+    <t>73150.00₸</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=70,H=30,L=185мм;черный</t>
+  </si>
+  <si>
+    <t>04145649</t>
+  </si>
+  <si>
+    <t>11.25.07</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=100,H=45,L=220мм;черный</t>
+  </si>
+  <si>
+    <t>04145650</t>
+  </si>
+  <si>
+    <t>11.25.10</t>
+  </si>
+  <si>
+    <t>Futura</t>
+  </si>
+  <si>
+    <t>3989.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=140,H=60,L=315мм;черный</t>
+  </si>
+  <si>
+    <t>04145651</t>
+  </si>
+  <si>
+    <t>11.25.14</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=180,H=65,L=380мм;черный</t>
+  </si>
+  <si>
+    <t>04145652</t>
+  </si>
+  <si>
+    <t>11.25.18</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
-    <t>Дуршлаг;сталь нерж.;32,5л;D=50,H=27,5,L=59см;металлич.</t>
-[...2228 lines deleted...]
-    <t>Сито с пласт.ручкой;антиприг.покр.;D=20,H=8,L=39см;черный</t>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=20,H=8,L=39см;черный</t>
   </si>
   <si>
     <t>04145653</t>
   </si>
   <si>
     <t>11.25.20</t>
   </si>
   <si>
     <t>8932.00₸</t>
   </si>
   <si>
     <t>Сито для муки с 4 съемными сетками;сталь нерж.;D=21см;серебрист.</t>
   </si>
   <si>
     <t>04145659</t>
   </si>
   <si>
     <t>62771.00₸</t>
   </si>
   <si>
     <t>Сито (4 сьемные сетки);сталь нерж.;D=260,H=68мм</t>
   </si>
   <si>
     <t>04145665</t>
   </si>
@@ -2975,123 +2984,111 @@
   <si>
     <t>Сито;сталь нерж.;D=21,H=48см;металлич.</t>
   </si>
   <si>
     <t>509056-21</t>
   </si>
   <si>
     <t>21922.00₸</t>
   </si>
   <si>
     <t>Совок для муки;пластик;0,857л;,L=34,5/23,B=14,5см;белый</t>
   </si>
   <si>
     <t>04141640</t>
   </si>
   <si>
     <t>SES 800</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Совок для муки;пластик;0,512л;,L=31/19,B=11,7см;белый</t>
   </si>
   <si>
     <t>04141641</t>
   </si>
   <si>
     <t>SES 500</t>
   </si>
   <si>
-    <t>4644.00₸</t>
-[...2 lines deleted...]
-    <t>41 шт.</t>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Совок для муки;пластик;250мл;,L=25/15,B=9см;белый</t>
   </si>
   <si>
     <t>04141642</t>
   </si>
   <si>
     <t>SES 250</t>
   </si>
   <si>
     <t>3712.00₸</t>
   </si>
   <si>
     <t>Совок для муки;пластик;1,52л;,L=40/27,5,B=17,5см;белый</t>
   </si>
   <si>
     <t>04141643</t>
   </si>
   <si>
     <t>SES 1500</t>
   </si>
   <si>
     <t>13699.00₸</t>
   </si>
   <si>
-    <t>Центрифуга для сушки зелени;пластик;3,7л;D=24см;белый,разноцветн.</t>
-[...10 lines deleted...]
-  <si>
     <t>Совок для муки;пластик;125мл;,L=185,B=65мм;белый</t>
   </si>
   <si>
     <t>04141644</t>
   </si>
   <si>
     <t>SES 100</t>
   </si>
   <si>
     <t>2518.00₸</t>
   </si>
   <si>
     <t>Щетка для муки с ручкой;полипроп.,щетина натур.;,H=10,L=33,5,B=13см;белый</t>
   </si>
   <si>
     <t>04121726</t>
   </si>
   <si>
     <t>36991.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
   </si>
   <si>
     <t>Дуршлаг конический «Проотель»;сталь нерж.;D=26см;металлич.</t>
   </si>
   <si>
     <t>04030512</t>
   </si>
   <si>
     <t>CST26</t>
   </si>
   <si>
     <t>14525.00₸</t>
   </si>
   <si>
     <t>Втулка и корпус для центрифуги JD-S339 полипропилен;сталь нерж.,медь</t>
   </si>
   <si>
     <t>04147811</t>
   </si>
   <si>
     <t>JD-S339/part14</t>
   </si>
   <si>
     <t>10500.00₸</t>
   </si>
@@ -3373,51 +3370,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B67FB-20CF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A90819-50A8-11ED-BC00-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174D-E3C5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174E-E3C5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174C-E3C5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7561295C-EA59-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D0-696D-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6B-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB69-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB68-E3C7-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB67-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D1-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C49AA94-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D7-696D-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D6-696D-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D5-696D-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA271E-20D1-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F4CD198-EA59-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B133-4250-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F4CD197-EA59-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F06-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F07-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F08-4251-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D4-696D-11EC-BBF7-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D3-696D-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47B2F9AF-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA285E-20D1-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA27BE-20D1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD3F3BC-8146-11E9-BBBA-005056921CC429.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0F-696D-11EC-BBF7-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC3-E3D6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC2-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC1-E3D6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC0-E3D6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBE-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBC-E3D6-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B2-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709AE-E3D6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBB-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F10-696D-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756C8F-21C5-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756BEF-21C5-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E1-EA59-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F12-696D-11EC-BBF7-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47DF-EA59-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0D-696D-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512160-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7459598E-21C3-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756DE1-21C5-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AF89C-21C5-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D084326-696D-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E0-EA59-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709AF-E3D6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC4-E3D6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046B-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87E-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87F-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8B9-424F-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848183-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848186-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848187-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848188-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D2-424F-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848194-424F-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D3-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D9-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DA-424F-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E0-424F-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E1-424F-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E181-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C6F-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F7-E3D6-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F6-E3D6-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F9-E3D6-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E8-EA59-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D084327-696D-11EC-BBF7-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F8-E3D6-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AF9DC-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4023-4250-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA37-4250-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A10-4250-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7023-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441F60B-F163-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E219558-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756AAF-21C5-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C7568CF-21C5-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C75682F-21C5-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B1-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5EF-4251-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC07E-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC07F-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512200-21C3-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E5-EA59-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756D41-21C5-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D54-EA59-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D55-EA59-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E6-EA59-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B3-E3D6-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B0-E3D6-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDD-3126-11EC-BBF4-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B1-E3D6-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBF-E3D6-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FD-E3D6-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FC-E3D6-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FA-E3D6-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FB-E3D6-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0701B90-21C3-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E26A-06B4-11EE-BC09-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756A0F-21C5-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6344-9F22-11EC-BBFA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6343-9F22-11EC-BBFA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6342-9F22-11EC-BBFA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC40-424D-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC643D-21C5-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1AAA92C-EA55-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E2B5E78-21C6-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE6-424F-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB362-424C-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB363-424C-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB364-424C-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB365-424C-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395E6E-21C7-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DB-424D-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DC-424D-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DD-424D-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DE-424D-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AB9-696C-11EC-BBF7-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AC0-696C-11EC-BBF7-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABF-696C-11EC-BBF7-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABE-696C-11EC-BBF7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABC-696C-11EC-BBF7-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABA-696C-11EC-BBF7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABB-696C-11EC-BBF7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABD-696C-11EC-BBF7-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395B4E-21C7-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395AAE-21C7-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A3959FC-21C7-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A39594A-21C7-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A3958AA-21C7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D978C-21C7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395BEE-21C7-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A417-424E-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7822796D-21C7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90506FEB-21C7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050709D-21C7-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848184-424F-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B64E-21C7-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DB-424F-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DC-424F-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DD-424F-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E5-424F-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F123AE6-3126-11EC-BBF4-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227B4D-21C7-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90507201-21C7-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050714F-21C7-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D29B71-B83C-11ED-BC05-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D9268-21C7-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC845-21C7-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D9308-21C7-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E74-424F-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227C8D-21C7-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88A4-4250-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B8E0-21C7-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B700-21C7-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C8-4250-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE9461D3-A9D5-11F0-BC4C-0050569297EB166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3339754C-E3D3-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D93A8-21C7-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8A7-4250-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD4-424E-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9847-21C9-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B610E4-21C7-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E93500F4-696B-11EC-BBF7-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EFB008C7-696B-11EC-BBF7-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60A-424F-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60B-424F-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E5-424F-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E6-424F-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34165-424F-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408793-E3D2-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16F-4250-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B170-4250-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408791-E3D2-11EB-BBF2-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408790-E3D2-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878F-E3D2-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408792-E3D2-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6340A499-EA56-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237398-21C7-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C23744A-21C7-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700655-4253-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2374FC-21C7-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685605-21C6-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF521E-424D-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6854B3-21C6-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544F45-21C6-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6545097-21C6-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44F3-424F-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E2B5DD8-21C6-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6C-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2BA9C3F-E3D6-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9987-21C9-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D98E7-21C9-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025E0-4250-11E8-A155-00259035BB67203.gif"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA6E6C18-FE97-11EF-BC4E-00505692C447204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5BA45BD-1F1B-11EE-BC0C-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5BA44F9-1F1B-11EE-BC0C-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685553-21C6-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544FE5-21C6-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544EA5-21C6-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806D2-4250-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB77-4251-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB78-4251-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9A7A199-EA56-11EB-BBF2-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E0-4251-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39BA20-21C7-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625267D-4251-11E8-A155-00259035BB67216.gif"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B50E-21C7-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39BAC0-21C7-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227BED-21C7-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C4-EA56-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395DCE-21C7-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9A7A19A-EA56-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427C-E3D3-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427B-E3D3-11EB-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC4276-E3D3-11EB-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427A-E3D3-11EB-BBF2-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D959A-21C7-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC4278-E3D3-11EB-BBF2-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D94E8-21C7-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D964C-21C7-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90507353-21C7-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A78A08-2224-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C52548D-D3A8-11ED-BC05-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA706CBE-62F9-11EE-BC0E-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD2-424E-11E8-A155-00259035BB67235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D50-EA59-11EB-BBF2-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E14A5F-2231-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A08DD-45F0-11EF-BC57-00505692E049238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A09B3-45F0-11EF-BC57-00505692E049239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B637-45F0-11EF-BC57-00505692E049240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B70D-45F0-11EF-BC57-00505692E049241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391FB307-50B7-11EF-BC53-00505692E2D0242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEBE4-9916-11EF-BC46-0050569297EB243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FAE8429-CF50-11EF-BC46-0050569297EB244.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B67FB-20CF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A90819-50A8-11ED-BC00-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174D-E3C5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174E-E3C5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174C-E3C5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7561295C-EA59-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D0-696D-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6B-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB69-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB68-E3C7-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB67-E3C7-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D1-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C49AA94-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D7-696D-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D6-696D-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D5-696D-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA271E-20D1-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F4CD198-EA59-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B133-4250-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F4CD197-EA59-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F06-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F07-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F08-4251-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D4-696D-11EC-BBF7-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48D3-696D-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47B2F9AF-E3DA-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA285E-20D1-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA27BE-20D1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BFD3F3BC-8146-11E9-BBBA-005056921CC429.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0F-696D-11EC-BBF7-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC3-E3D6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC2-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC1-E3D6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC0-E3D6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBE-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBC-E3D6-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B2-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709AE-E3D6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBB-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F10-696D-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756C8F-21C5-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756BEF-21C5-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E1-EA59-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F12-696D-11EC-BBF7-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47DF-EA59-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0D-696D-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512160-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7459598E-21C3-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756DE1-21C5-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AF89C-21C5-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D084326-696D-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E0-EA59-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709AF-E3D6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCC4-E3D6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046B-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87E-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87F-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8B9-424F-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848183-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848186-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848187-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848188-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D2-424F-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848194-424F-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D3-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D9-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DA-424F-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E0-424F-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E1-424F-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E181-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C6F-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F7-E3D6-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F6-E3D6-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F9-E3D6-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E8-EA59-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D084327-696D-11EC-BBF7-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7F8-E3D6-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AF9DC-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4023-4250-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA37-4250-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A10-4250-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9BFD7023-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441F60B-F163-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E219558-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756AAF-21C5-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C7568CF-21C5-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C75682F-21C5-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B1-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5EF-4251-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC07E-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC07F-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512200-21C3-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E5-EA59-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756D41-21C5-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D54-EA59-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D55-EA59-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138C47E6-EA59-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B3-E3D6-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B0-E3D6-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDD-3126-11EC-BBF4-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251709B1-E3D6-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B3DFCBF-E3D6-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FD-E3D6-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FC-E3D6-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FA-E3D6-11EB-BBF2-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314AD7FB-E3D6-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0701B90-21C3-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36E26A-06B4-11EE-BC09-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C756A0F-21C5-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6344-9F22-11EC-BBFA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6343-9F22-11EC-BBFA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6342-9F22-11EC-BBFA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EFEFC40-424D-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC643D-21C5-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1AAA92C-EA55-11EB-BBF2-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E2B5E78-21C6-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE6-424F-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB362-424C-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB363-424C-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB364-424C-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB365-424C-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395E6E-21C7-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DB-424D-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DC-424D-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DD-424D-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590411DE-424D-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AB9-696C-11EC-BBF7-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4AC0-696C-11EC-BBF7-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABF-696C-11EC-BBF7-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABE-696C-11EC-BBF7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABC-696C-11EC-BBF7-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABA-696C-11EC-BBF7-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABB-696C-11EC-BBF7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BDB4ABD-696C-11EC-BBF7-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395B4E-21C7-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395AAE-21C7-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A3959FC-21C7-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A39594A-21C7-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A3958AA-21C7-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D978C-21C7-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395BEE-21C7-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A417-424E-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7822796D-21C7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90506FEB-21C7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050709D-21C7-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848184-424F-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B64E-21C7-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DB-424F-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DC-424F-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5DD-424F-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5E5-424F-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F123AE6-3126-11EC-BBF4-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227B4D-21C7-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90507201-21C7-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050714F-21C7-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D29B71-B83C-11ED-BC05-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D9268-21C7-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC845-21C7-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D9308-21C7-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E74-424F-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227C8D-21C7-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88A4-4250-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B8E0-21C7-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B700-21C7-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C8-4250-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE9461D3-A9D5-11F0-BC4C-0050569297EB166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3339754C-E3D3-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D93A8-21C7-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8A7-4250-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD4-424E-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9847-21C9-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B610E4-21C7-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E93500F4-696B-11EC-BBF7-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EFB008C7-696B-11EC-BBF7-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60A-424F-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60B-424F-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E5-424F-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E6-424F-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34165-424F-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408793-E3D2-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16F-4250-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B170-4250-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797F-4250-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408791-E3D2-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408790-E3D2-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878F-E3D2-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408792-E3D2-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6340A499-EA56-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237398-21C7-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C23744A-21C7-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700655-4253-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2374FC-21C7-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685605-21C6-11EE-BC0D-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF521E-424D-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6854B3-21C6-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544F45-21C6-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6545097-21C6-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44F3-424F-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E2B5DD8-21C6-11EE-BC0D-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6C-4252-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2BA9C3F-E3D6-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9987-21C9-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D98E7-21C9-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025E0-4250-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA6E6C18-FE97-11EF-BC4E-00505692C447205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5BA45BD-1F1B-11EE-BC0C-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5BA44F9-1F1B-11EE-BC0C-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685553-21C6-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544FE5-21C6-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544EA5-21C6-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806D2-4250-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB77-4251-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB78-4251-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9A7A199-EA56-11EB-BBF2-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E0-4251-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39BA20-21C7-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625267D-4251-11E8-A155-00259035BB67217.gif"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39B50E-21C7-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E39BAC0-21C7-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78227BED-21C7-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2F951C4-EA56-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A395DCE-21C7-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9A7A19A-EA56-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427C-E3D3-11EB-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427B-E3D3-11EB-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC4276-E3D3-11EB-BBF2-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC427A-E3D3-11EB-BBF2-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D959A-21C7-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39AC4278-E3D3-11EB-BBF2-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D94E8-21C7-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843D964C-21C7-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90507353-21C7-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A78A08-2224-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C52548D-D3A8-11ED-BC05-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA706CBE-62F9-11EE-BC0E-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD2-424E-11E8-A155-00259035BB67236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D2F4D50-EA59-11EB-BBF2-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E14A5F-2231-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A08DD-45F0-11EF-BC57-00505692E049239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A09B3-45F0-11EF-BC57-00505692E049240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B637-45F0-11EF-BC57-00505692E049241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B70D-45F0-11EF-BC57-00505692E049242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEBE4-9916-11EF-BC46-0050569297EB243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FAE8429-CF50-11EF-BC46-0050569297EB244.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10987,51 +10984,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-bonzer-02030667/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-metaltex-02030847/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110318/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122605/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122606/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122607/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122608/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122609/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122610/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122611/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122612/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122613/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122615/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-matfer-02122620/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122621/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-matfer-02122622/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122623/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122624/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122625/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122626/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122628/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122629/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122630/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-restola-02122645/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-restola-02122646/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-serax-04030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030130/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030132/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030133/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030134/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030150/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030157/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-paderno-04030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-paderno-04030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030163/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030165/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030172/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030175/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030176/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/separator-d-yayca-paderno-04030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-prohotel-04030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-prohotel-04030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030189/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-paderno-04030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-paderno-04030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030305/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-matfer-04030306/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030307/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030308/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-s-ruchkami-matfer-04030309/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-prohotel-04030310/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-aps-04030313/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-s-ruchkami-matfer-04030315/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030318/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030330/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030331/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-matfer-04030332/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-matfer-04030334/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-was-04030335/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-was-04030336/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-art11105-20-paderno-04030337/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-paderno-04030339/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030340/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030342/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030345/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konichna-podstavke-paderno-04030352/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030354/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030355/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030356/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030357/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030358/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030360/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030361/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030362/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030365/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04030372/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-daz-04030373/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030374/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030376/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030377/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030378/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-kondit-linden-04070918/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-voronki-dozatora-linden-04070919/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tkan-d-procezhivaniya-bulona-paderno-04111101/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-ruchkoy-matfer-04120234/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-ruchkoy-matfer-04120235/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-pintinox-04140807/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140808/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140809/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140810/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140814/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140816/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140817/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140818/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140819/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140821/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140822/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140823/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140824/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140825/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140826/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140827/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140828/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140829/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140830/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140831/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140832/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140833/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140834/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140835/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-04140847/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dozator-d-saharnpudry-muki-paderno-04140858/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-paderno-04140859/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140860/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140861/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sitor-r-yacheyki-11mm-prohotel-04140862/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140863/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140864/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140865/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140866/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-matfer-04140867/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04140868/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140871/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140872/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140873/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140874/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tkan-dlya-sita-matfer-04140877/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140878/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dozator-d-saharnpudry-muki-ilsa-04140884/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04140885/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-matfer-04140886/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-setka-35-matfer-04140887/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04140888/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04140889/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-matfer-04140891/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-durshlag-matfer-04140892/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140897/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-setka-30-matfer-04140898/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-kondit-paderno-04141325/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizds-klapanom-de-buyer-04141366/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-sita-konusa-i-voronki-dozatora-matfer-04141526/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141607/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141608/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141609/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-matfer-04141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141616/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141617/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141624/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-sypuchih-produktov-linden-04141634/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142299/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-centrifugi-art-49888-20-paderno-04142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-b-ruchki-matfer-04142663/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-shelkovoy-schetinoy-matfer-04142664/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-b-ruchki-matfer-04142688/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-kondit-avtom-matfer-04144256/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-4nasadki-matfer-04144654/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-podstavka-matfer-04144655/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-konditerskaya-na-podstavke-avt-matfer-04144659/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145105/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145106/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145107/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145504/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145505/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-westmark-04145509/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/proseivatel-d-muki-matfer-04145609/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145616/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145617/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145620/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145621/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-paderno-04145622/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-saharnoy-pudry-matfer-04145627/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145635/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-paderno-04145637/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145640/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04145642/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-paderno-04145644/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145645/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-linden-04145647/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-linden-04145648/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145649/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plast-ruchkoy-tramontina-04145650/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145651/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145652/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145653/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-4-semnymi-setkami-matfer-04145659/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-4-semnye-setki-matfer-04145665/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-s-klapanom-de-buyer-04146771/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-magistro-04147955/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-dolyana-04147959/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-09100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-09100479/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-pintinox-91000949/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-abert-04147971/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141644/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-muki-s-ruchkoy-matfer-04121726/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-prohotel-04030512/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-i-korpus-dlya-centrifugi-jd-s339-probar-04147811/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030519/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030520/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030521/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030513/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030514/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030515/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030516/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030517/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030518/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030530/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030525/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030531/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030526/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030532/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030527/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030522/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-prohotel-04141484/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030528/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030529/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030523/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030524/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-bonzer-02030667/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-metaltex-02030847/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110318/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122605/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122606/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122607/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122608/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-linden-02122609/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122610/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122611/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122612/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122613/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122615/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-matfer-02122620/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122621/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-matfer-02122622/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122623/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122624/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122625/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-s-sitom-prohotel-02122626/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122628/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122629/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-paderno-02122630/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-restola-02122645/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-restola-02122646/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-serax-04030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030130/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030132/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030133/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030134/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030150/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030157/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-paderno-04030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-paderno-04030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030163/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030165/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030172/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030175/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030176/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/separator-d-yayca-paderno-04030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-prohotel-04030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-prohotel-04030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-prohotel-04030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030189/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-prohotel-04030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-sito-prohotel-04030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-paderno-04030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-paderno-04030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030305/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-matfer-04030306/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030307/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-kitayskiy-matfer-04030308/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-s-ruchkami-matfer-04030309/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-prohotel-04030310/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konich-aps-04030313/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-na-podstavke-s-ruchkami-matfer-04030315/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030318/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030330/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030331/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-matfer-04030332/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-matfer-04030334/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-was-04030335/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-2ruchki-was-04030336/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/streyner-dlya-kastryuli-art11105-20-paderno-04030337/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-paderno-04030339/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030340/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030342/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030345/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konichna-podstavke-paderno-04030352/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030354/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030355/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030356/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030357/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-linden-04030358/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030360/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030361/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030362/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-dvoynsetka-ilsa-04030365/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04030372/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-daz-04030373/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-matfer-04030374/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030376/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030377/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-04030378/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-kondit-linden-04070918/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-voronki-dozatora-linden-04070919/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tkan-d-procezhivaniya-bulona-paderno-04111101/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-ruchkoy-matfer-04120234/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-ruchkoy-matfer-04120235/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-pintinox-04140807/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140808/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140809/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-pintinox-04140810/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140814/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140816/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140817/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140818/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-ilsa-04140819/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140821/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140822/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140823/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140824/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140825/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140826/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140827/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04140828/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140829/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140830/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140831/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140832/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140833/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140834/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-melkaya-setka-paderno-04140835/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-04140847/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dozator-d-saharnpudry-muki-paderno-04140858/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-paderno-04140859/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140860/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140861/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sitor-r-yacheyki-11mm-prohotel-04140862/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140863/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140864/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140865/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-prohotel-04140866/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-matfer-04140867/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04140868/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140871/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-prohotel-04140872/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140873/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140874/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tkan-dlya-sita-matfer-04140877/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140878/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dozator-d-saharnpudry-muki-ilsa-04140884/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04140885/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-matfer-04140886/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-setka-35-matfer-04140887/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04140888/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04140889/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-matfer-04140891/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-durshlag-matfer-04140892/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-matfer-04140897/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-setka-30-matfer-04140898/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-kondit-paderno-04141325/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizds-klapanom-de-buyer-04141366/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-sita-konusa-i-voronki-dozatora-matfer-04141526/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141607/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141608/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141609/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-matfer-04141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141615/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141616/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141617/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141624/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-sypuchih-produktov-linden-04141634/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142299/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-centrifugi-art-49888-20-paderno-04142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-b-ruchki-matfer-04142663/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-s-shelkovoy-schetinoy-matfer-04142664/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-muki-b-ruchki-matfer-04142688/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-kondit-avtom-matfer-04144256/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-4nasadki-matfer-04144654/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-podstavka-matfer-04144655/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-konditerskaya-na-podstavke-avt-matfer-04144659/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145105/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145106/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-tramontina-04145107/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145504/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145505/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-westmark-04145509/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/proseivatel-d-muki-matfer-04145609/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145616/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145617/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145620/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145621/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-paderno-04145622/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-saharnoy-pudry-matfer-04145627/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-matfer-04145635/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-ruchkoy-paderno-04145637/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145640/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konus-paderno-04145642/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-muki-paderno-04145644/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-paderno-04145645/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-linden-04145647/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-linden-04145648/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145649/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plast-ruchkoy-tramontina-04145650/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145651/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145652/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-plastruchkoy-tramontina-04145653/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-s-4-semnymi-setkami-matfer-04145659/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-4-semnye-setki-matfer-04145665/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dozator-d-kondizd-s-klapanom-de-buyer-04146771/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-magistro-04147955/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-dolyana-04147959/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-09100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-paderno-09100479/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-pintinox-91000949/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141644/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-muki-s-ruchkoy-matfer-04121726/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/durshlag-konicheskiy-prohotel-04030512/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-i-korpus-dlya-centrifugi-jd-s339-probar-04147811/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030519/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030520/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030521/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030513/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030514/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030515/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030516/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030517/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030518/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030530/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030525/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030531/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030526/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030532/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030527/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030522/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-prohotel-04141484/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030528/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-konicheskoe-prohotel-04030529/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030523/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-prohotel-04030524/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I268" sqref="I268"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -11311,677 +11308,677 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="L16" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D18" s="0">
         <v>116220</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D20" s="0">
         <v>672030</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="L22" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="L23" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>39</v>
+        <v>133</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D28" s="0">
         <v>431220109</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>39</v>
+        <v>148</v>
       </c>
       <c r="L28" s="0">
         <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D29" s="0">
         <v>431220209</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>151</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>155</v>
@@ -12033,3145 +12030,3145 @@
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>164</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>169</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>177</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>178</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>185</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>191</v>
+        <v>138</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>196</v>
+        <v>138</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>71</v>
+        <v>164</v>
       </c>
       <c r="L42" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>164</v>
       </c>
       <c r="L48" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D55" s="0">
         <v>713840</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>196</v>
+        <v>271</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L60" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="L62" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="L63" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>307</v>
+        <v>26</v>
       </c>
       <c r="L65" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L67" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L68" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L69" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L70" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L72" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D82" s="0">
         <v>713824</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D84" s="0">
         <v>88717</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D85" s="0">
         <v>713828</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D89" s="0">
         <v>713504</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D90" s="0">
         <v>713250</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="D91" s="0">
         <v>1510240</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D92" s="0">
         <v>1510280</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F93" s="0">
         <v>1100</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E104" s="0" t="s">
         <v>458</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>39</v>
+        <v>468</v>
       </c>
       <c r="L106" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>471</v>
       </c>
-      <c r="C107" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="D108" s="0" t="s">
         <v>475</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="D109" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="E109" s="0" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D110" s="0">
         <v>712728</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="D111" s="0" t="s">
         <v>488</v>
-      </c>
-[...4 lines deleted...]
-        <v>490</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="D112" s="0" t="s">
         <v>492</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="D113" s="0" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="D114" s="0" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="D115" s="0" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>81</v>
+        <v>506</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D117" s="0">
         <v>118310</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H117" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="D118" s="0">
         <v>116050</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>520</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="D119" s="0" t="s">
         <v>521</v>
       </c>
-      <c r="D119" s="0" t="s">
+      <c r="E119" s="0" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>96</v>
+        <v>506</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>525</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="D120" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="0" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="D121" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="0" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>532</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>533</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>534</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>535</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>96</v>
+        <v>506</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>537</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>538</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>539</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>541</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>542</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>543</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>71</v>
+        <v>164</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>544</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>545</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>546</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>547</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>164</v>
+        <v>85</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>548</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>549</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>550</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>551</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>169</v>
+        <v>506</v>
       </c>
       <c r="L126" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>552</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>553</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>554</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>555</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>557</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>558</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>559</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>71</v>
+        <v>148</v>
       </c>
       <c r="L128" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>561</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>562</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>563</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>564</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>565</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>566</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
@@ -15191,51 +15188,51 @@
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>569</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>570</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>571</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>86</v>
+        <v>164</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>572</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>573</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>574</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
@@ -15383,51 +15380,51 @@
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>592</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>593</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>594</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>595</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="L137" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>596</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>597</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>598</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
@@ -15443,151 +15440,151 @@
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>601</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>602</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>604</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>605</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>606</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
       <c r="L140" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>607</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>608</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>609</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>610</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>307</v>
+        <v>80</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>611</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>612</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>613</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>614</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>615</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>616</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>617</v>
       </c>
       <c r="E143" s="0"/>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
@@ -15605,874 +15602,874 @@
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>619</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>620</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>621</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>622</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>169</v>
+        <v>90</v>
       </c>
       <c r="L144" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>623</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>624</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>625</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>626</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>627</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>628</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>629</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>630</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>164</v>
+        <v>34</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>631</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>632</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>633</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>634</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L147" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>635</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>636</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>637</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>638</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L148" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
         <v>639</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>640</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>641</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>642</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L149" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
         <v>643</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>644</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>645</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>646</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L150" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
         <v>647</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>648</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>649</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>650</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L151" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
         <v>651</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>652</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>653</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>654</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L152" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
         <v>655</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>656</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>657</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>658</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
         <v>659</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>660</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>661</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>662</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>663</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>664</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>665</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>666</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L155" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
         <v>667</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>668</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>669</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>670</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="L156" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>691</v>
+        <v>75</v>
       </c>
       <c r="L161" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
         <v>692</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>693</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>694</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>695</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
         <v>696</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>697</v>
       </c>
       <c r="D163" s="0">
         <v>115020</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>698</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>699</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>700</v>
       </c>
       <c r="D164" s="0">
         <v>115006</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>701</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>703</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>704</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>705</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>706</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>707</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>708</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>709</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
         <v>710</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>711</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>712</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>713</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>714</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>715</v>
       </c>
       <c r="D168" s="0">
         <v>528124</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>716</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
         <v>717</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>718</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>719</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>720</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
         <v>721</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>722</v>
       </c>
       <c r="D170" s="0">
         <v>115005</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>723</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
         <v>724</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>725</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>726</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>48</v>
@@ -16489,3072 +16486,3072 @@
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>728</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>729</v>
       </c>
       <c r="D172" s="0">
         <v>3353.0</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>730</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>731</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
         <v>732</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>733</v>
       </c>
       <c r="D173" s="0">
         <v>116515</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>735</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>736</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>737</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>738</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>691</v>
+        <v>19</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
         <v>739</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>740</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>741</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>742</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
         <v>743</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>744</v>
       </c>
       <c r="D176" s="0">
         <v>91812291</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>745</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>746</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>747</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
         <v>748</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>749</v>
       </c>
       <c r="D177" s="0">
         <v>91912291</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>745</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>746</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>750</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="0">
         <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
         <v>751</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>752</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>753</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>754</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="L178" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>756</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>757</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>758</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="L179" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
         <v>759</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>760</v>
       </c>
       <c r="D180" s="0">
         <v>91712291</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>745</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>746</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>761</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>86</v>
+        <v>148</v>
       </c>
       <c r="L180" s="0">
         <v>65</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>762</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>763</v>
       </c>
       <c r="D181" s="0">
         <v>116225</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>764</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
         <v>765</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>766</v>
       </c>
       <c r="D182" s="0">
         <v>116236</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>767</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="0"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
         <v>768</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>769</v>
       </c>
       <c r="D183" s="0">
         <v>116237</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>770</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
         <v>771</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>772</v>
       </c>
       <c r="D184" s="0">
-        <v>116235</v>
+        <v>116234</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>773</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
         <v>774</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>775</v>
       </c>
       <c r="D185" s="0">
-        <v>116233</v>
+        <v>116235</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>776</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>19</v>
+        <v>506</v>
       </c>
       <c r="L185" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
         <v>777</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="D186" s="0" t="s">
-        <v>779</v>
+      <c r="D186" s="0">
+        <v>116233</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>381</v>
+        <v>101</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>382</v>
+        <v>102</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="L186" s="0">
-        <v>96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="D187" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="D187" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E187" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="L187" s="0">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="D188" s="0" t="s">
         <v>786</v>
       </c>
-      <c r="D188" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E188" s="0" t="s">
-        <v>48</v>
+        <v>378</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
-        <v>24</v>
+        <v>379</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L188" s="0"/>
+        <v>788</v>
+      </c>
+      <c r="L188" s="0">
+        <v>100</v>
+      </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
         <v>789</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>790</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>791</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>792</v>
+        <v>48</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>794</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>795</v>
       </c>
-      <c r="D190" s="0" t="s">
+      <c r="E190" s="0" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>797</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>691</v>
+        <v>19</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
         <v>798</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>799</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>800</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>801</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
         <v>802</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>803</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>804</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>58</v>
+        <v>796</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>805</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
         <v>806</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>807</v>
       </c>
-      <c r="D193" s="0">
-        <v>215582</v>
+      <c r="D193" s="0" t="s">
+        <v>808</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>808</v>
+        <v>32</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>809</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>86</v>
+        <v>148</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
         <v>810</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="D194" s="0" t="s">
-        <v>812</v>
+      <c r="D194" s="0">
+        <v>215582</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>813</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L194" s="0"/>
+        <v>164</v>
+      </c>
+      <c r="L194" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
         <v>814</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>815</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>816</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>817</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L195" s="0"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>818</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>819</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>820</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>821</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>822</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>823</v>
       </c>
-      <c r="D197" s="0">
-        <v>215580</v>
+      <c r="D197" s="0" t="s">
+        <v>824</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D198" s="0">
-        <v>118306</v>
+        <v>215580</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>515</v>
+        <v>812</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D199" s="0">
-        <v>118302</v>
+        <v>118306</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D200" s="0">
-        <v>118305</v>
+        <v>118302</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L200" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D201" s="0">
-        <v>258825</v>
+        <v>118305</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>49</v>
+        <v>514</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D202" s="0">
-        <v>116540</v>
+        <v>258825</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D203" s="0">
-        <v>116601</v>
+        <v>116540</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D204" s="0">
-        <v>116605</v>
+        <v>116601</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="D205" s="0" t="s">
         <v>848</v>
       </c>
+      <c r="D205" s="0">
+        <v>116605</v>
+      </c>
       <c r="E205" s="0" t="s">
-        <v>849</v>
+        <v>101</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>851</v>
+        <v>19</v>
       </c>
       <c r="L205" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="D206" s="0" t="s">
         <v>852</v>
       </c>
-      <c r="C206" s="0" t="s">
+      <c r="E206" s="0" t="s">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>849</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>19</v>
+        <v>855</v>
       </c>
       <c r="L206" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
         <v>856</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>857</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>858</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>859</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>81</v>
+        <v>855</v>
       </c>
       <c r="L207" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
         <v>860</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>861</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>862</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>808</v>
+        <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>34</v>
+        <v>506</v>
       </c>
       <c r="L208" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="C209" s="0" t="s">
         <v>865</v>
       </c>
-      <c r="C209" s="0" t="s">
+      <c r="D209" s="0" t="s">
         <v>866</v>
       </c>
-      <c r="D209" s="0" t="s">
+      <c r="E209" s="0" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>868</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
         <v>869</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>870</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>871</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>745</v>
+        <v>867</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
-        <v>382</v>
+        <v>31</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>872</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
         <v>873</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>874</v>
       </c>
-      <c r="D211" s="0">
-        <v>115060</v>
+      <c r="D211" s="0" t="s">
+        <v>875</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>104</v>
+        <v>745</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
-        <v>105</v>
+        <v>379</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>17</v>
+        <v>812</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D212" s="0">
-        <v>115082</v>
+        <v>115060</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>478</v>
+        <v>17</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D213" s="0">
-        <v>115083</v>
+        <v>115082</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="D214" s="0" t="s">
         <v>884</v>
       </c>
+      <c r="D214" s="0">
+        <v>115083</v>
+      </c>
       <c r="E214" s="0" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>158</v>
+        <v>476</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>885</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
         <v>886</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>887</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>888</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F215" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F215" s="0"/>
+      <c r="G215" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>889</v>
-      </c>
-[...7 lines deleted...]
-        <v>890</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="C216" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="C216" s="0" t="s">
+      <c r="D216" s="0" t="s">
         <v>892</v>
       </c>
-      <c r="D216" s="0" t="s">
+      <c r="E216" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="F216" s="0" t="s">
         <v>893</v>
       </c>
-      <c r="E216" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>894</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
         <v>895</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>896</v>
       </c>
-      <c r="D217" s="0">
-        <v>115045</v>
+      <c r="D217" s="0" t="s">
+        <v>897</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>478</v>
+        <v>17</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L217" s="0"/>
+      <c r="L217" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="D218" s="0" t="s">
         <v>900</v>
       </c>
+      <c r="D218" s="0">
+        <v>115045</v>
+      </c>
       <c r="E218" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>17</v>
+        <v>476</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>901</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L218" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
         <v>902</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>903</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>904</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>905</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
         <v>906</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>907</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>908</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>478</v>
+        <v>17</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>909</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L220" s="0"/>
+      <c r="L220" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
         <v>910</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>911</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>912</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>158</v>
+        <v>476</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>913</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L221" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L221" s="0"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
         <v>914</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>915</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>916</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>478</v>
+        <v>158</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>917</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
         <v>918</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>919</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>920</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>17</v>
+        <v>476</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>921</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
         <v>922</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>923</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>924</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>925</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>926</v>
+        <v>19</v>
       </c>
       <c r="L224" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="C225" s="0" t="s">
         <v>927</v>
       </c>
-      <c r="C225" s="0" t="s">
+      <c r="D225" s="0" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>307</v>
+        <v>133</v>
       </c>
       <c r="L225" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="C226" s="0" t="s">
         <v>931</v>
       </c>
-      <c r="C226" s="0" t="s">
+      <c r="D226" s="0" t="s">
         <v>932</v>
       </c>
-      <c r="D226" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226" s="0" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="L226" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="C227" s="0" t="s">
         <v>935</v>
       </c>
-      <c r="C227" s="0" t="s">
+      <c r="D227" s="0" t="s">
         <v>936</v>
       </c>
-      <c r="D227" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E227" s="0" t="s">
-        <v>849</v>
-[...3 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>940</v>
+        <v>133</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="E228" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F228" s="0" t="s">
         <v>941</v>
-      </c>
-[...10 lines deleted...]
-        <v>938</v>
       </c>
       <c r="G228" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>691</v>
+        <v>943</v>
       </c>
       <c r="L228" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C229" s="0" t="s">
         <v>945</v>
       </c>
-      <c r="C229" s="0" t="s">
+      <c r="D229" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="D229" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="0" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>949</v>
+        <v>65</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="D230" s="0" t="s">
         <v>950</v>
       </c>
-      <c r="C230" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E230" s="0" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>926</v>
+        <v>952</v>
       </c>
       <c r="L230" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="C231" s="0" t="s">
         <v>954</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="D231" s="0" t="s">
         <v>955</v>
       </c>
-      <c r="D231" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="0" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F231" s="0"/>
+        <v>853</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>941</v>
+      </c>
       <c r="G231" s="0" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>478</v>
+        <v>17</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>956</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="L231" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
         <v>957</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>958</v>
       </c>
       <c r="D232" s="0">
-        <v>115017</v>
+        <v>115015</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>959</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
         <v>960</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>961</v>
       </c>
       <c r="D233" s="0">
-        <v>3354.12</v>
+        <v>115017</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>730</v>
+        <v>101</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>49</v>
+        <v>476</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>962</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
         <v>963</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>964</v>
       </c>
       <c r="D234" s="0">
-        <v>7389840</v>
+        <v>3354.12</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>965</v>
+        <v>730</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>808</v>
+        <v>49</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>949</v>
+        <v>19</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="C235" s="0" t="s">
         <v>967</v>
       </c>
-      <c r="C235" s="0" t="s">
+      <c r="D235" s="0">
+        <v>7389840</v>
+      </c>
+      <c r="E235" s="0" t="s">
         <v>968</v>
-      </c>
-[...4 lines deleted...]
-        <v>969</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L235" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="C236" s="0" t="s">
         <v>971</v>
       </c>
-      <c r="C236" s="0" t="s">
+      <c r="D236" s="0">
+        <v>9342711</v>
+      </c>
+      <c r="E236" s="0" t="s">
         <v>972</v>
       </c>
-      <c r="D236" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>382</v>
+        <v>31</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>32</v>
+        <v>812</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>973</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
         <v>974</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>975</v>
       </c>
-      <c r="D237" s="0" t="s">
+      <c r="D237" s="0">
+        <v>91612291</v>
+      </c>
+      <c r="E237" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="G237" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="H237" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="I237" s="1" t="s">
         <v>976</v>
-      </c>
-[...11 lines deleted...]
-        <v>977</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="C238" s="0" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>91000949</v>
       </c>
       <c r="D238" s="0" t="s">
         <v>979</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>523</v>
+        <v>48</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>478</v>
+        <v>158</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>980</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
         <v>981</v>
       </c>
-      <c r="C239" s="0" t="s">
+      <c r="C239" s="0">
+        <v>91000949</v>
+      </c>
+      <c r="D239" s="0" t="s">
         <v>982</v>
       </c>
-      <c r="D239" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239" s="0" t="s">
-        <v>984</v>
+        <v>522</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>32</v>
+        <v>476</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>986</v>
+        <v>19</v>
       </c>
       <c r="L239" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="E240" s="0" t="s">
         <v>987</v>
-      </c>
-[...7 lines deleted...]
-        <v>984</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>991</v>
+        <v>445</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>34</v>
+        <v>993</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="D242" s="0" t="s">
         <v>996</v>
       </c>
-      <c r="C242" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E242" s="0" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="D243" s="0" t="s">
         <v>1000</v>
       </c>
-      <c r="C243" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E243" s="0" t="s">
-        <v>1002</v>
+        <v>987</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>808</v>
+        <v>32</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D244" s="0" t="s">
         <v>1004</v>
       </c>
-      <c r="C244" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E244" s="0" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="D245" s="0">
         <v>118311</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>39</v>
+        <v>1009</v>
       </c>
       <c r="L245" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="B246" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C246" s="0" t="s">
         <v>1011</v>
       </c>
-      <c r="C246" s="0" t="s">
+      <c r="D246" s="0" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>158</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L246" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L246" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="B247" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C247" s="0" t="s">
         <v>1015</v>
       </c>
-      <c r="C247" s="0" t="s">
+      <c r="D247" s="0" t="s">
         <v>1016</v>
       </c>
-      <c r="D247" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E247" s="0" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L247" s="0"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="B248" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C248" s="0" t="s">
         <v>1019</v>
       </c>
-      <c r="C248" s="0" t="s">
+      <c r="D248" s="0" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="0"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="B249" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C249" s="0" t="s">
         <v>1023</v>
       </c>
-      <c r="C249" s="0" t="s">
+      <c r="D249" s="0" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="0"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="B250" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C250" s="0" t="s">
         <v>1027</v>
       </c>
-      <c r="C250" s="0" t="s">
+      <c r="D250" s="0" t="s">
         <v>1028</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="0"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="B251" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C251" s="0" t="s">
         <v>1031</v>
       </c>
-      <c r="C251" s="0" t="s">
+      <c r="D251" s="0" t="s">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="0"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="B252" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C252" s="0" t="s">
         <v>1035</v>
       </c>
-      <c r="C252" s="0" t="s">
+      <c r="D252" s="0" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L252" s="0"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="B253" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C253" s="0" t="s">
         <v>1039</v>
       </c>
-      <c r="C253" s="0" t="s">
+      <c r="D253" s="0" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L253" s="0"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="B254" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C254" s="0" t="s">
         <v>1043</v>
       </c>
-      <c r="C254" s="0" t="s">
+      <c r="D254" s="0" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="0"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="B255" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C255" s="0" t="s">
         <v>1047</v>
       </c>
-      <c r="C255" s="0" t="s">
+      <c r="D255" s="0" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="B256" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C256" s="0" t="s">
         <v>1051</v>
       </c>
-      <c r="C256" s="0" t="s">
+      <c r="D256" s="0" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L256" s="0"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="B257" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C257" s="0" t="s">
         <v>1054</v>
       </c>
-      <c r="C257" s="0" t="s">
+      <c r="D257" s="0" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="0"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="B258" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C258" s="0" t="s">
         <v>1058</v>
       </c>
-      <c r="C258" s="0" t="s">
+      <c r="D258" s="0" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="B259" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C259" s="0" t="s">
         <v>1062</v>
       </c>
-      <c r="C259" s="0" t="s">
+      <c r="D259" s="0" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="E259" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="0"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="B260" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C260" s="0" t="s">
         <v>1066</v>
       </c>
-      <c r="C260" s="0" t="s">
+      <c r="D260" s="0" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="0"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="B261" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C261" s="0" t="s">
         <v>1070</v>
       </c>
-      <c r="C261" s="0" t="s">
+      <c r="D261" s="0" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="0"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="B262" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C262" s="0" t="s">
         <v>1074</v>
       </c>
-      <c r="C262" s="0" t="s">
+      <c r="D262" s="0" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="0"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="B263" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C263" s="0" t="s">
         <v>1077</v>
       </c>
-      <c r="C263" s="0" t="s">
+      <c r="D263" s="0" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="E263" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="B264" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C264" s="0" t="s">
         <v>1081</v>
       </c>
-      <c r="C264" s="0" t="s">
+      <c r="D264" s="0" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="E264" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="0"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="B265" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C265" s="0" t="s">
         <v>1085</v>
       </c>
-      <c r="C265" s="0" t="s">
+      <c r="D265" s="0" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="E265" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="B266" s="0" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C266" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D266" s="0" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="0"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="B267" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C267" s="0" t="s">
         <v>1092</v>
       </c>
-      <c r="C267" s="0" t="s">
+      <c r="D267" s="0" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L267" s="0"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="B268" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C268" s="0" t="s">
         <v>1096</v>
       </c>
-      <c r="C268" s="0" t="s">
+      <c r="D268" s="0" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="E268" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L268" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>