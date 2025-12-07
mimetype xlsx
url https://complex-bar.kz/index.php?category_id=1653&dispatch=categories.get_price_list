--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,169 +15,400 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;30,8л;D=40,H=24,5,L=56,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010199</t>
+  </si>
+  <si>
+    <t>11107-40</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Котлы</t>
+  </si>
+  <si>
+    <t>183607.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=30,H=31,L=45,1см;металлич.</t>
+  </si>
+  <si>
+    <t>04010216</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Induction</t>
+  </si>
+  <si>
+    <t>147240.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;25,75л;D=32,H=33,L=47,7,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04010217</t>
+  </si>
+  <si>
+    <t>159783.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;30,75л;D=34,H=34,L=49,B=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04010218</t>
+  </si>
+  <si>
+    <t>206961.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;36,5л;D=36,H=36,5,L=51,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04010219</t>
+  </si>
+  <si>
+    <t>239748.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;47,75л;D=40,H=38,5,L=57,B=41,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010220</t>
+  </si>
+  <si>
+    <t>244337.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=36,H=22,L=50,9см;металлич.</t>
+  </si>
+  <si>
+    <t>04010223</t>
+  </si>
+  <si>
+    <t>172072.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;41,25л;D=45,H=26,5,L=59,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010224</t>
+  </si>
+  <si>
+    <t>211073.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;39,25л;D=50,H=21,L=66,B=52,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010232</t>
+  </si>
+  <si>
+    <t>306009-50</t>
+  </si>
+  <si>
+    <t>237638.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;17л;D=28,H=28,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04010298</t>
+  </si>
+  <si>
+    <t>11001-28</t>
+  </si>
+  <si>
+    <t>129861.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;25,5л;D=32,H=32,L=44,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04010299</t>
+  </si>
+  <si>
+    <t>11001-32</t>
+  </si>
+  <si>
+    <t>158174.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;36,5л;D=36,H=34,5,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04010601</t>
+  </si>
+  <si>
+    <t>11001-36</t>
+  </si>
+  <si>
+    <t>214977.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
     <t>Кастрюля (индукция);сталь нерж.;50л;D=40,H=39,L=56см;металлич.</t>
   </si>
   <si>
     <t>04010602</t>
   </si>
   <si>
     <t>11001-40</t>
   </si>
   <si>
-    <t>Paderno</t>
-[...7 lines deleted...]
-  <si>
     <t>270886.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кастрюля (индукция);сталь нерж.;63,5л;D=45,H=40,L=62см;металлич.</t>
   </si>
   <si>
     <t>04010603</t>
   </si>
   <si>
     <t>11001-45</t>
   </si>
   <si>
     <t>218819.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;20,5л;D=36,H=20,5,L=50,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04010612</t>
+  </si>
+  <si>
+    <t>11007-36</t>
+  </si>
+  <si>
+    <t>167414.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;30,1л;D=40,H=23,L=57,B=41,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010613</t>
+  </si>
+  <si>
+    <t>11007-40</t>
+  </si>
+  <si>
+    <t>228721.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;42,9л;D=45,H=27,L=57,B=47см;металлич.</t>
+  </si>
+  <si>
+    <t>04010614</t>
+  </si>
+  <si>
+    <t>11007-45</t>
+  </si>
+  <si>
+    <t>256480.00₸</t>
   </si>
   <si>
     <t>Кастрюля (индукция);сталь нерж.;58л;D=50,H=31,L=64,B=52см;металлич.</t>
   </si>
   <si>
     <t>04010615</t>
   </si>
   <si>
     <t>11007-50</t>
   </si>
   <si>
     <t>308701.00₸</t>
   </si>
   <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;18л;D=40,H=15,2,L=54см;металлич.</t>
+  </si>
+  <si>
+    <t>04010677</t>
+  </si>
+  <si>
+    <t>11009-40</t>
+  </si>
+  <si>
+    <t>196158.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;24,6л;D=45,H=15,5,L=57см;металлич.</t>
+  </si>
+  <si>
+    <t>04010678</t>
+  </si>
+  <si>
+    <t>11009-45</t>
+  </si>
+  <si>
+    <t>293178.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;37л;D=50,H=19,8,L=63,9см;металлич.</t>
+  </si>
+  <si>
+    <t>04010679</t>
+  </si>
+  <si>
+    <t>11009-50</t>
+  </si>
+  <si>
+    <t>396473.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля «Экселленс»;сталь нерж.;50л;D=40,H=40см;металлич.</t>
   </si>
   <si>
     <t>04011714</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Excellence</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>468838.00₸</t>
   </si>
   <si>
     <t>Кастрюля (индукция);сталь нерж.;150л;D=60,H=55см;металлич.</t>
   </si>
   <si>
     <t>04011727</t>
   </si>
   <si>
     <t>11001-60</t>
   </si>
   <si>
     <t>608439.00₸</t>
   </si>
   <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;49л;D=50,H=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04011730</t>
+  </si>
+  <si>
+    <t>582898.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;25л;D=32,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04011731</t>
+  </si>
+  <si>
+    <t>233411.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля;сталь нерж.;50л;D=40,H=27см;металлич.</t>
   </si>
   <si>
     <t>04011740</t>
   </si>
   <si>
     <t>Tradition</t>
   </si>
   <si>
     <t>287157.00₸</t>
   </si>
   <si>
     <t>Кастрюля (индукция);сталь нерж.;50л;D=40,H=40см;металлич.</t>
   </si>
   <si>
     <t>04011752</t>
   </si>
   <si>
     <t>11101-40</t>
   </si>
   <si>
     <t>354955.00₸</t>
   </si>
   <si>
     <t>Кастрюля (индукция);сталь нерж.;24л;D=32,H=32см;металлич.</t>
@@ -188,59 +419,137 @@
   <si>
     <t>11101-32</t>
   </si>
   <si>
     <t>136960.00₸</t>
   </si>
   <si>
     <t>Кастрюля не для индукц. «Экселленс»;сталь нерж.;98л;D=50,H=50см;металлич.</t>
   </si>
   <si>
     <t>04011772</t>
   </si>
   <si>
     <t>503488.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь нерж.,алюмин.;17,2л;D=28,H=28см;металлич.</t>
   </si>
   <si>
     <t>04011773</t>
   </si>
   <si>
     <t>193193.00₸</t>
   </si>
   <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;36л;D=36,H=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04011787</t>
+  </si>
+  <si>
+    <t>11101-36</t>
+  </si>
+  <si>
+    <t>214068.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;29л;D=36,H=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04011792</t>
+  </si>
+  <si>
+    <t>11105-36</t>
+  </si>
+  <si>
+    <t>157789.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;34л;D=40,H=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04011797</t>
+  </si>
+  <si>
+    <t>300662.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;36л;D=36,H=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04011798</t>
+  </si>
+  <si>
+    <t>357434.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;17л;D=32,H=21,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04012906</t>
+  </si>
+  <si>
+    <t>130077.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;47л;D=45,H=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04012913</t>
+  </si>
+  <si>
+    <t>517733.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля «Экселленс»;сталь нерж.;64л;D=50,H=33см;металлич.</t>
   </si>
   <si>
     <t>04012914</t>
   </si>
   <si>
     <t>505182.00₸</t>
   </si>
   <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;36л;D=45,H=22,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04012916</t>
+  </si>
+  <si>
+    <t>410926.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;17,2л;D=28,H=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04012918</t>
+  </si>
+  <si>
+    <t>98753.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля-котел с крышкой;сталь нерж.;17л;D=28,H=28см</t>
   </si>
   <si>
     <t>04012940</t>
   </si>
   <si>
     <t>BAR12 induction</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>40137.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел с крышкой;сталь нерж.;25,7л;D=32,H=32см</t>
   </si>
   <si>
     <t>04012944</t>
   </si>
   <si>
     <t>BAR14 induction</t>
@@ -341,50 +650,77 @@
   <si>
     <t>Кастрюля-котел б/крышки;сталь нерж.;50л;D=40,H=40см</t>
   </si>
   <si>
     <t>04012980</t>
   </si>
   <si>
     <t>BAR67w/o lid ind</t>
   </si>
   <si>
     <t>114898.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел б/крышки;сталь нерж.;17л;D=30,H=25см;металлич.</t>
   </si>
   <si>
     <t>04012985</t>
   </si>
   <si>
     <t>BAR10 induction</t>
   </si>
   <si>
     <t>49840.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;24л;D=32,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04012988</t>
+  </si>
+  <si>
+    <t>12101-32</t>
+  </si>
+  <si>
+    <t>104243.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;17л;D=28,H=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04012989</t>
+  </si>
+  <si>
+    <t>12001-28</t>
+  </si>
+  <si>
+    <t>75237.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля-котел б/крышки дно-сэндвич;сталь нерж.;17л;D=28,H=28см;металлич.</t>
   </si>
   <si>
     <t>04013305</t>
   </si>
   <si>
     <t>BARS63 induction</t>
   </si>
   <si>
     <t>51051.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел б/крышки дно-сэндвич;сталь нерж.;21л;D=30,H=30см;металлич.</t>
   </si>
   <si>
     <t>04013306</t>
   </si>
   <si>
     <t>BARS64 induction</t>
   </si>
   <si>
     <t>61005.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел б/крышки дно-сэндвич;сталь нерж.;25,7л;D=32,H=32см;металлич.</t>
@@ -399,50 +735,128 @@
     <t>70112.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел б/крышки дно-сэндвич;сталь нерж.;36,5л;D=36,H=36см;металлич.</t>
   </si>
   <si>
     <t>04013308</t>
   </si>
   <si>
     <t>BARS66 induction</t>
   </si>
   <si>
     <t>85176.00₸</t>
   </si>
   <si>
     <t>Кастрюля-котел б/крышки дно-сэндвич;сталь нерж.;50,25л;D=40,H=40см;металлич.</t>
   </si>
   <si>
     <t>04013309</t>
   </si>
   <si>
     <t>BARS67 induction</t>
   </si>
   <si>
     <t>97608.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;34л;D=40,H=27см</t>
+  </si>
+  <si>
+    <t>04013310</t>
+  </si>
+  <si>
+    <t>374729.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой;сталь нерж.;23л;D=36,H=22см;матовый</t>
+  </si>
+  <si>
+    <t>04014144</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>98637.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;36,6л;D=36,H=36см;матовый</t>
+  </si>
+  <si>
+    <t>04014145</t>
+  </si>
+  <si>
+    <t>146316.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;50л;D=40,H=40см;матовый</t>
+  </si>
+  <si>
+    <t>04014146</t>
+  </si>
+  <si>
+    <t>187626.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;35л;D=45,H=22см;матовый</t>
+  </si>
+  <si>
+    <t>04014147</t>
+  </si>
+  <si>
+    <t>157003.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки с ручками;сталь нерж.;25л;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>09100104</t>
+  </si>
+  <si>
+    <t>187072.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки с ручками;сталь нерж.;36л;D=36см;металлич.</t>
+  </si>
+  <si>
+    <t>09100105</t>
+  </si>
+  <si>
+    <t>429052.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;24л;D=36,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>09100109</t>
+  </si>
+  <si>
+    <t>242412.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -457,51 +871,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23881-21C1-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8714C-21C1-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0536-EA58-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECBAB-21C1-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE702F2-21C1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FEF-4250-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E237E1-21C1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FFC0-21C1-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605933C-4250-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442B-4250-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AD0-4251-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E39A-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3A2-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3A3-4251-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B4813F9-21C4-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDC24-21C5-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5521-4252-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5522-4252-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5523-4252-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5524-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D700F-4253-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B672-4253-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7F-4253-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C80-4253-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C81-4253-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C82-4253-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C83-4253-11E8-A155-00259035BB6727.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190955-EA58-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E77-424C-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E79-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7B-424C-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7D-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34B-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB350-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB351-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB372-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE701A0-21C1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FF20-21C1-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23BA1-21C1-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23881-21C1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8714C-21C1-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24A-696D-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F78-696D-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C053B-EA58-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0536-EA58-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24B-696D-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF249-696D-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F76-696D-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECBAB-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE702F2-21C1-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD6-F162-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B131-4250-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FEF-4250-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E237E1-21C1-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FFC0-21C1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605933C-4250-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442B-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23B01-21C1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FE80-21C1-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030747E-4251-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394175-4251-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DF-4251-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378ACF-4251-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AD0-4251-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AD4-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC3-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E39A-4251-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3A2-4251-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E3A3-4251-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B4813F9-21C4-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDC24-21C5-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5521-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5522-4252-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5523-4252-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5524-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D700F-4253-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B672-4253-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146273BA-21C5-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDF44-21C5-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7F-4253-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C80-4253-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C81-4253-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C82-4253-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C83-4253-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462727A-21C5-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF98-294D-11EC-BBF4-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6B0-50A0-11EC-BBF6-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6AF-50A0-11EC-BBF6-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D191B6F-294D-11EC-BBF4-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F3F4-2230-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067B7-424E-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067BB-424E-11E8-A155-00259035BB6765.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1259,50 +1673,1190 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1561,62 +3115,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010602/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010603/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010615/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011714/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011727/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011740/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011752/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011753/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-ne-d-indukc-matfer-04011772/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011773/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012914/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012940/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012944/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012945/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotel-s-kranom-indukciya-paderno-04012947/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-paderno-04012950/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012971/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012972/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012973/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012974/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012980/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012985/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013305/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013306/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013307/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013308/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013309/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010216/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010217/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010218/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010220/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010223/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010224/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010298/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010299/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010601/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010602/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010603/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010612/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010613/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010614/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010615/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010677/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010678/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010679/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011714/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011727/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011730/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011731/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011740/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011752/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011753/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-ne-d-indukc-matfer-04011772/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011773/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011787/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011792/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011797/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011798/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012906/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012913/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012914/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012916/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012918/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012940/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012944/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-s-kryshkoy-prohotel-04012945/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kotel-s-kranom-indukciya-paderno-04012947/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-paderno-04012950/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012971/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012972/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012973/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012974/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012980/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-prohotel-04012985/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04012988/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012989/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013305/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013306/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013307/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013308/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kotel-b-kryshki-dno-sendvich-prohotel-04013309/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04013310/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014144/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014145/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014146/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014147/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100105/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100109/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L28"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I28" sqref="I28"/>
+      <selection activeCell="I66" sqref="I66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1644,977 +3198,2281 @@
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="0" t="s">
+      <c r="D3" s="0">
+        <v>30600330</v>
+      </c>
+      <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="0" t="s">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="F3" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="D4" s="0">
+        <v>30600332</v>
+      </c>
       <c r="E4" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>22</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0">
-        <v>694040</v>
+        <v>30600334</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F5" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="D6" s="0">
+        <v>30600336</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>22</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D7" s="0">
-        <v>684040</v>
+        <v>30600340</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>40</v>
+      </c>
+      <c r="D8" s="0">
+        <v>30600536</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>22</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>44</v>
+      </c>
+      <c r="D9" s="0">
+        <v>30600545</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>22</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>694050</v>
+        <v>48</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>49</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>54</v>
-      </c>
-[...19 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L11" s="0"/>
+        <v>29</v>
+      </c>
+      <c r="L11" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="E12" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>59</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L12" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L12" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>62</v>
-      </c>
-[...13 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>69</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="E15" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>71</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F17" s="0"/>
+      <c r="F17" s="0">
+        <v>1000</v>
+      </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>87</v>
-      </c>
-[...19 lines deleted...]
-        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>91</v>
-      </c>
-[...19 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>15</v>
+      </c>
+      <c r="F21" s="0">
+        <v>1000</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>15</v>
+      </c>
+      <c r="F22" s="0">
+        <v>1000</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="0">
+        <v>694040</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" s="0">
+        <v>693050</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>112</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>114</v>
+      </c>
+      <c r="D26" s="0">
+        <v>694032</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>117</v>
+      </c>
+      <c r="D27" s="0">
+        <v>684040</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>15</v>
+      </c>
+      <c r="F28" s="0">
+        <v>1100</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="80">
+      <c r="A29" s="0"/>
+      <c r="B29" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J29" s="0"/>
+      <c r="K29" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="80">
+      <c r="A30" s="0"/>
+      <c r="B30" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" s="0">
+        <v>694050</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="J30" s="0"/>
+      <c r="K30" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="80">
+      <c r="A31" s="0"/>
+      <c r="B31" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" s="0">
+        <v>684028</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="J31" s="0"/>
+      <c r="K31" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L31" s="0"/>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="80">
+      <c r="A32" s="0"/>
+      <c r="B32" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="J32" s="0"/>
+      <c r="K32" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L32" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="80">
+      <c r="A33" s="0"/>
+      <c r="B33" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="J33" s="0"/>
+      <c r="K33" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="80">
+      <c r="A34" s="0"/>
+      <c r="B34" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D34" s="0">
+        <v>690040</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="J34" s="0"/>
+      <c r="K34" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="80">
+      <c r="A35" s="0"/>
+      <c r="B35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D35" s="0">
+        <v>694036</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="J35" s="0"/>
+      <c r="K35" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L35" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="80">
+      <c r="A36" s="0"/>
+      <c r="B36" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" s="0">
+        <v>690032</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="J36" s="0"/>
+      <c r="K36" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L36" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="80">
+      <c r="A37" s="0"/>
+      <c r="B37" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" s="0">
+        <v>690045</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="J37" s="0"/>
+      <c r="K37" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L37" s="0"/>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="80">
+      <c r="A38" s="0"/>
+      <c r="B38" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" s="0">
+        <v>690050</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G38" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J38" s="0"/>
+      <c r="K38" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L38" s="0"/>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="80">
+      <c r="A39" s="0"/>
+      <c r="B39" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="0">
+        <v>693045</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="J39" s="0"/>
+      <c r="K39" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="80">
+      <c r="A40" s="0"/>
+      <c r="B40" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" s="0">
+        <v>694028</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="J40" s="0"/>
+      <c r="K40" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="0"/>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="80">
+      <c r="A41" s="0"/>
+      <c r="B41" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G41" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="J41" s="0"/>
+      <c r="K41" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L41" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="80">
+      <c r="A42" s="0"/>
+      <c r="B42" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="J42" s="0"/>
+      <c r="K42" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="80">
+      <c r="A43" s="0"/>
+      <c r="B43" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="J43" s="0"/>
+      <c r="K43" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="80">
+      <c r="A44" s="0"/>
+      <c r="B44" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="0">
+        <v>1100</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="J44" s="0"/>
+      <c r="K44" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="80">
+      <c r="A45" s="0"/>
+      <c r="B45" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="0"/>
+      <c r="G45" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="J45" s="0"/>
+      <c r="K45" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="80">
+      <c r="A46" s="0"/>
+      <c r="B46" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="J46" s="0"/>
+      <c r="K46" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="L46" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="80">
+      <c r="A47" s="0"/>
+      <c r="B47" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="J47" s="0"/>
+      <c r="K47" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="L47" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="80">
+      <c r="A48" s="0"/>
+      <c r="B48" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="J48" s="0"/>
+      <c r="K48" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="L48" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="80">
+      <c r="A49" s="0"/>
+      <c r="B49" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="J49" s="0"/>
+      <c r="K49" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="L49" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="80">
+      <c r="A50" s="0"/>
+      <c r="B50" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G50" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="J50" s="0"/>
+      <c r="K50" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="L50" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="80">
+      <c r="A51" s="0"/>
+      <c r="B51" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J51" s="0"/>
+      <c r="K51" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="L51" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="80">
+      <c r="A52" s="0"/>
+      <c r="B52" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="0">
+        <v>2100</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="J52" s="0"/>
+      <c r="K52" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="0"/>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="80">
+      <c r="A53" s="0"/>
+      <c r="B53" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="0">
+        <v>2000</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J53" s="0"/>
+      <c r="K53" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="0"/>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="80">
+      <c r="A54" s="0"/>
+      <c r="B54" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="J54" s="0"/>
+      <c r="K54" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="L54" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="80">
+      <c r="A55" s="0"/>
+      <c r="B55" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="J55" s="0"/>
+      <c r="K55" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="L55" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="80">
+      <c r="A56" s="0"/>
+      <c r="B56" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="J56" s="0"/>
+      <c r="K56" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="L56" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="80">
+      <c r="A57" s="0"/>
+      <c r="B57" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="J57" s="0"/>
+      <c r="K57" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="L57" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="80">
+      <c r="A58" s="0"/>
+      <c r="B58" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="J58" s="0"/>
+      <c r="K58" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="L58" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="80">
+      <c r="A59" s="0"/>
+      <c r="B59" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="D59" s="0">
+        <v>680040</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F59" s="0"/>
+      <c r="G59" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J59" s="0"/>
+      <c r="K59" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="80">
+      <c r="A60" s="0"/>
+      <c r="B60" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="D60" s="0">
+        <v>30313622</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F60" s="0"/>
+      <c r="G60" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="J60" s="0"/>
+      <c r="K60" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="0"/>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="80">
+      <c r="A61" s="0"/>
+      <c r="B61" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D61" s="0">
+        <v>30313635</v>
+      </c>
+      <c r="E61" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F61" s="0"/>
+      <c r="G61" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="J61" s="0"/>
+      <c r="K61" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="0"/>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="80">
+      <c r="A62" s="0"/>
+      <c r="B62" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D62" s="0">
+        <v>30314038</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F62" s="0"/>
+      <c r="G62" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="J62" s="0"/>
+      <c r="K62" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L62" s="0"/>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="80">
+      <c r="A63" s="0"/>
+      <c r="B63" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="D63" s="0">
+        <v>30314522</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F63" s="0"/>
+      <c r="G63" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="J63" s="0"/>
+      <c r="K63" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="0"/>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="80">
+      <c r="A64" s="0"/>
+      <c r="B64" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" s="0">
+        <v>684032</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="J64" s="0"/>
+      <c r="K64" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L64" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="80">
+      <c r="A65" s="0"/>
+      <c r="B65" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D65" s="0">
+        <v>684036</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="J65" s="0"/>
+      <c r="K65" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L65" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="80">
+      <c r="A66" s="0"/>
+      <c r="B66" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="D66" s="0">
+        <v>680036</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G66" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="J66" s="0"/>
+      <c r="K66" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>