--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="893">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="891">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -68,51 +68,51 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=28,H=17,L=175мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050301</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Ножи для фигурной нарезки</t>
   </si>
   <si>
-    <t>2634.00₸</t>
+    <t>2796.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=10,H=10,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050311</t>
   </si>
   <si>
     <t>48280-24</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>8717.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=15,H=15,L=185/58мм;черный,металлич.</t>
   </si>
@@ -128,51 +128,51 @@
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=20,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050313</t>
   </si>
   <si>
     <t>48280-31</t>
   </si>
   <si>
     <t>10064.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=25,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050314</t>
   </si>
   <si>
     <t>48280-35</t>
   </si>
   <si>
     <t>11027.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=30,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050315</t>
   </si>
   <si>
     <t>48280-36</t>
   </si>
   <si>
     <t>10272.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Овал фигурный»;сталь,полипроп.;D=27/20,H=15,L=190мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050318</t>
   </si>
   <si>
     <t>48280-27</t>
   </si>
@@ -212,92 +212,95 @@
   <si>
     <t>02050321</t>
   </si>
   <si>
     <t>48280-26</t>
   </si>
   <si>
     <t>8571.00₸</t>
   </si>
   <si>
     <t>Нож для авокадо;пластик,сталь нерж.;D=70/42,L=188мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050322</t>
   </si>
   <si>
     <t>48280-15</t>
   </si>
   <si>
     <t>Ножи для чистки</t>
   </si>
   <si>
     <t>9202.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=25/22,H=15,L=185мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050323</t>
   </si>
   <si>
     <t>20020250IVV</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>8610.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=30/22,H=10,L=185мм;черный</t>
   </si>
   <si>
     <t>02050324</t>
   </si>
   <si>
     <t>20020300IVV</t>
   </si>
   <si>
     <t>7861.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=40/30,H=15,L=185мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050325</t>
   </si>
   <si>
     <t>20020400IVV</t>
   </si>
   <si>
     <t>8666.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Нож-нуазетка «Овал»;сталь,полипроп.;D=28/10,H=10,L=165мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050326</t>
   </si>
   <si>
     <t>20060000IVV</t>
   </si>
   <si>
     <t>4984.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка;сталь нерж.,полипроп.;D=10,L=135/35мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050327</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>13191.00₸</t>
@@ -359,120 +362,123 @@
   <si>
     <t>Нож-нуазетка «Оранж» шар;пластик,сталь;D=22/30,L=170мм;черный</t>
   </si>
   <si>
     <t>02050347</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>10211.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Оранж» шар;пластик,сталь;D=22/25,L=165мм;черный</t>
   </si>
   <si>
     <t>02050348</t>
   </si>
   <si>
-    <t>10080.00₸</t>
+    <t>10673.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка для томатов;сталь нерж.,полиамид;D=2,L=15см;черный,металлич.</t>
   </si>
   <si>
     <t>02050349</t>
   </si>
   <si>
     <t>090417</t>
   </si>
   <si>
     <t>7554.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Китчен Тулс» шар;сталь нерж.;D=25/22,L=16,7см;металлич.</t>
   </si>
   <si>
     <t>02050523</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Kitchen Tools</t>
   </si>
   <si>
     <t>10227.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож фигурный для масла;сталь,полипроп.;,L=195/80,B=10мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060119</t>
   </si>
   <si>
     <t>20400000IVV</t>
   </si>
   <si>
     <t>5213.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;сталь,полипроп.;,L=150/40,B=18мм;черный</t>
   </si>
   <si>
     <t>02060200</t>
   </si>
   <si>
-    <t>2318.00₸</t>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Нож для удаления сердцевины;сталь,полипроп.;D=15,L=200/90мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060204</t>
   </si>
   <si>
-    <t>2411.00₸</t>
+    <t>2711.00₸</t>
   </si>
   <si>
     <t>Нож фигурный для масла;сталь,полипроп.;,L=205/95,B=17мм;черный</t>
   </si>
   <si>
     <t>02060205</t>
   </si>
   <si>
-    <t>2164.00₸</t>
+    <t>2233.00₸</t>
   </si>
   <si>
     <t>Нож для грейпфрута;сталь,полипроп.;,L=220/105,B=20мм;черный</t>
   </si>
   <si>
     <t>02060207</t>
   </si>
   <si>
     <t>20340000IVV</t>
   </si>
   <si>
     <t>6153.00₸</t>
   </si>
   <si>
     <t>Нож для устриц;сталь нерж.,полипроп.;,H=30,L=170,B=42мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060214</t>
   </si>
   <si>
     <t>129black</t>
   </si>
   <si>
     <t>Ножи для устриц и моллюсков</t>
   </si>
@@ -500,158 +506,149 @@
   <si>
     <t>Нож для снятия цедры;сталь,полипроп.;,H=25,L=130/65,B=170мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060227</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>5283.00₸</t>
   </si>
   <si>
     <t>Слайсер для ананаса;сталь нерж.;,H=4,L=21,B=4см;металлич.</t>
   </si>
   <si>
     <t>02060228</t>
   </si>
   <si>
     <t>00288</t>
   </si>
   <si>
     <t>12498.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для удаления сердцевины;сталь,полипроп.;D=15,L=235/110,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060230</t>
   </si>
   <si>
     <t>48280-18</t>
   </si>
   <si>
     <t>9756.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для удаления сердцевины;сталь,полипроп.;,L=235/110,B=30мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060231</t>
   </si>
   <si>
     <t>48280-19</t>
   </si>
   <si>
     <t>7161.00₸</t>
   </si>
   <si>
     <t>Нож для декоративной нарезки;сталь,полипроп.;,L=155/33,B=20мм;черный</t>
   </si>
   <si>
     <t>02060232</t>
   </si>
   <si>
     <t>48280-50</t>
   </si>
   <si>
     <t>6382.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;сталь нерж.,полипроп.;,L=170,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060233</t>
   </si>
   <si>
     <t>48280-92</t>
   </si>
   <si>
     <t>11058.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Нож фигурный для масла;сталь нерж.,полипроп.;,L=160/43,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060234</t>
   </si>
   <si>
     <t>48280-11</t>
   </si>
   <si>
     <t>10580.00₸</t>
   </si>
   <si>
     <t>Набор ножей для карвинга[18шт];сталь нерж.;,L=160,B=18мм;металлич.</t>
   </si>
   <si>
     <t>02060235</t>
   </si>
   <si>
     <t>48286-03</t>
   </si>
   <si>
     <t>37546.00₸</t>
   </si>
   <si>
     <t>Нож карбовочный;сталь,полипроп.;,L=160/45,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060236</t>
   </si>
   <si>
     <t>20100000IVV</t>
   </si>
   <si>
     <t>4436.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;сталь,полипроп.;,L=150/40,B=18мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060237</t>
   </si>
   <si>
     <t>20180000IVV</t>
   </si>
   <si>
     <t>5675.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для цедры;сталь,полипроп.;,L=180/63,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060238</t>
   </si>
   <si>
     <t>20300000IVV</t>
   </si>
   <si>
     <t>4513.00₸</t>
   </si>
   <si>
     <t>Нож для декоративной нарезки квадр.;сталь нерж.;,H=10,L=235/65,B=70мм;металлич.</t>
   </si>
   <si>
     <t>02060240</t>
   </si>
   <si>
     <t>48283-03</t>
   </si>
   <si>
     <t>5814.00₸</t>
   </si>
   <si>
     <t>Нож для декоративной нарезки ромб;сталь нерж.;,H=10,L=245/65,B=70мм;металлич.</t>
@@ -668,476 +665,482 @@
   <si>
     <t>Набор для декорирования 29 предм.;сталь,пластик;,L=32,B=24,5см;металлич.,черный</t>
   </si>
   <si>
     <t>02060242</t>
   </si>
   <si>
     <t>48286-01</t>
   </si>
   <si>
     <t>174621.00₸</t>
   </si>
   <si>
     <t>Нож для удаления сердцевины;сталь,полипроп.;D=17,L=225/110мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060243</t>
   </si>
   <si>
     <t>48280-25</t>
   </si>
   <si>
     <t>9625.00₸</t>
   </si>
   <si>
+    <t>Нож для декор.нарезки фруктов;сталь нерж.,полипроп.;D=18,L=147мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>02060246</t>
+  </si>
+  <si>
+    <t>10588.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины;сталь нерж.,полиамид;D=22,L=210,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>02060248</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>4952.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Нож фигурный для масла;сталь нерж.;,L=18,5см</t>
+  </si>
+  <si>
+    <t>02060249</t>
+  </si>
+  <si>
+    <t>7493.00₸</t>
+  </si>
+  <si>
+    <t>Нож для грейпфрута;сталь нерж.,полипроп.;,L=22см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02060250</t>
+  </si>
+  <si>
+    <t>13275.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины;сталь нерж.,полипроп.;,L=195,B=50мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>02060259</t>
+  </si>
+  <si>
+    <t>17556.00₸</t>
+  </si>
+  <si>
+    <t>Нож для яблока(дольки);алюмин.,сталь нерж.;D=10см;белый</t>
+  </si>
+  <si>
+    <t>02060260</t>
+  </si>
+  <si>
+    <t>072770</t>
+  </si>
+  <si>
+    <t>18781.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины;сталь нерж.;D=37,L=90мм</t>
+  </si>
+  <si>
+    <t>02060263</t>
+  </si>
+  <si>
+    <t>48286-70</t>
+  </si>
+  <si>
+    <t>16540.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины «Утилита»;сталь нерж.,пластик;,H=25,L=190/77,B=26мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>02060269</t>
+  </si>
+  <si>
+    <t>25621/110</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Utilita</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>2903.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,полипроп.;,H=30,L=170,B=42мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>02060436</t>
+  </si>
+  <si>
+    <t>129white</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины «Утилита»;сталь нерж.,пластик;D=20,L=235мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>02060437</t>
+  </si>
+  <si>
+    <t>25621/100-TR</t>
+  </si>
+  <si>
+    <t>2172.00₸</t>
+  </si>
+  <si>
+    <t>Нож для масла;алюм.литой,сталь нерж.;,L=12,B=8см;серый</t>
+  </si>
+  <si>
+    <t>03113818</t>
+  </si>
+  <si>
+    <t>073085</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>21368.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для авокадо;сталь нерж.,полипроп.;,H=2,L=22,B=8см</t>
+  </si>
+  <si>
+    <t>04040545</t>
+  </si>
+  <si>
+    <t>11450.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки и разделки рыбы;сталь,пластик;,L=220/105,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070307</t>
+  </si>
+  <si>
+    <t>48280-37</t>
+  </si>
+  <si>
+    <t>15046.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки рыбы;сталь нерж.;,L=215/90,B=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070309</t>
+  </si>
+  <si>
+    <t>48278-38</t>
+  </si>
+  <si>
+    <t>23439.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц «Тутти»;сталь нерж.,пластик;,L=150/50,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070310</t>
+  </si>
+  <si>
+    <t>20600000IVV</t>
+  </si>
+  <si>
+    <t>Linea Tutti</t>
+  </si>
+  <si>
+    <t>7707.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Нож для устриц «Тутти»;сталь нерж.,пластик;,L=15/6,B=5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070311</t>
+  </si>
+  <si>
+    <t>20620000IVV</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,пластик;,L=150/55,B=47мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070314</t>
+  </si>
+  <si>
+    <t>9595.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,полиамид;,L=155/55,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070315</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,пластик;,L=200/75,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070318</t>
+  </si>
+  <si>
+    <t>48280-04</t>
+  </si>
+  <si>
+    <t>11065.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки рыбы;сталь;,L=230,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070330</t>
+  </si>
+  <si>
+    <t>49638-00</t>
+  </si>
+  <si>
+    <t>10426.00₸</t>
+  </si>
+  <si>
+    <t>Нож для гребешка;сталь нерж.,пластик;,L=230/200,B=32мм;металлич.,синий</t>
+  </si>
+  <si>
+    <t>04070331</t>
+  </si>
+  <si>
+    <t>47340.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки рыбы;алюмин.;,H=25,L=230мм;серый</t>
+  </si>
+  <si>
+    <t>04070332</t>
+  </si>
+  <si>
+    <t>36522.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,пластик;,H=35,L=130/45,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04070336</t>
+  </si>
+  <si>
+    <t>7854.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки рыбы;алюмин.,сталь нерж.;,H=4,L=21,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04070347</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>19528.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,дерево;,L=160/60,B=13мм</t>
+  </si>
+  <si>
+    <t>04070349</t>
+  </si>
+  <si>
+    <t>32225.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.,полипроп.;,L=14см</t>
+  </si>
+  <si>
+    <t>04070374</t>
+  </si>
+  <si>
+    <t>090420</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>Нож для устриц;сталь нерж.;,L=15см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070378</t>
+  </si>
+  <si>
+    <t>18209-06</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декорации «Глория Люкс»;сталь;,L=270/105,B=18мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070403</t>
+  </si>
+  <si>
+    <t>Gloria Lux</t>
+  </si>
+  <si>
+    <t>33709.00₸</t>
+  </si>
+  <si>
+    <t>Нож для овощей;сталь нерж.,полиамид;,L=18см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070417</t>
+  </si>
+  <si>
+    <t>24879.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декорации;сталь,пластик;D=74,H=60мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070426</t>
+  </si>
+  <si>
+    <t>48280-12</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декор. нарезки овощей;сталь,пластик;D=97,H=85мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070427</t>
+  </si>
+  <si>
+    <t>48280-13</t>
+  </si>
+  <si>
+    <t>8563.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декорации;сталь,пластик;,H=11,L=12,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070428</t>
+  </si>
+  <si>
+    <t>48280-23</t>
+  </si>
+  <si>
+    <t>8155.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декор. нарезки овощей;сталь нерж.,пластик;,L=15,B=4см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070429</t>
+  </si>
+  <si>
+    <t>48284-00</t>
+  </si>
+  <si>
+    <t>9471.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь;,L=110,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070430</t>
+  </si>
+  <si>
+    <t>42589-00</t>
+  </si>
+  <si>
+    <t>3027.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь;,L=170,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070431</t>
+  </si>
+  <si>
+    <t>10214-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь,пластик;,L=180/60,B=16мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04070434</t>
+  </si>
+  <si>
+    <t>20360000IVV</t>
+  </si>
+  <si>
+    <t>4452.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Нож для декор.нарезки фруктов;сталь нерж.,полипроп.;D=18,L=147мм;черный,металлич.</t>
-[...421 lines deleted...]
-  <si>
     <t>Нож для чистки дыни и тыквы;сталь,пластик;,L=6,B=10см;черный,металлич.</t>
   </si>
   <si>
     <t>04070435</t>
   </si>
   <si>
     <t>48286-63</t>
   </si>
   <si>
     <t>60875.00₸</t>
   </si>
   <si>
     <t>Нож для нарезки яблок;алюмин.;D=100,H=45,L=170мм;металлич.</t>
   </si>
   <si>
     <t>04070436</t>
   </si>
   <si>
     <t>6797.00₸</t>
   </si>
   <si>
     <t>Нож для декор. нарезки овощей;сталь;,L=16см;металлич.</t>
   </si>
   <si>
     <t>04070439</t>
@@ -1274,51 +1277,51 @@
   <si>
     <t>Нож для чистки спаржи;сталь,пластик;,L=240/110,B=24мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070481</t>
   </si>
   <si>
     <t>48280-85</t>
   </si>
   <si>
     <t>Нож для декорации;сталь нерж.,пластик;,H=10,L=255/135,B=38мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070487</t>
   </si>
   <si>
     <t>69901.00₸</t>
   </si>
   <si>
     <t>Нож для чистки овощей;сталь;,L=110,B=55мм;металлич.</t>
   </si>
   <si>
     <t>04070492</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Нож для чистки овощей;сталь нерж.;,L=180/70,B=15мм;металлич.,черный</t>
   </si>
   <si>
     <t>04070493</t>
   </si>
   <si>
     <t>090382</t>
   </si>
   <si>
     <t>8971.00₸</t>
   </si>
   <si>
     <t>Набор ножей для марципана[12шт];пластик;,H=20,L=190,B=65мм;белый</t>
   </si>
   <si>
     <t>04070518</t>
   </si>
   <si>
     <t>67037.00₸</t>
   </si>
   <si>
     <t>Нож для марципана;полипроп.;,L=28см;бежев.</t>
   </si>
@@ -1337,1124 +1340,1127 @@
   <si>
     <t>Нож для пекаря рифленый[2шт];металлич.</t>
   </si>
   <si>
     <t>04070572</t>
   </si>
   <si>
     <t>20390.00₸</t>
   </si>
   <si>
     <t>Нож для пиццы «Тутти»;сталь,пластик;D=10,L=23,5см;металлич.,черный</t>
   </si>
   <si>
     <t>04070601</t>
   </si>
   <si>
     <t>20520000IVV</t>
   </si>
   <si>
     <t>Ножи для пиццы, теста</t>
   </si>
   <si>
     <t>7987.00₸</t>
   </si>
   <si>
+    <t>Нож для пиццы;тефлон,пластик;D=60,L=195мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>04070602</t>
+  </si>
+  <si>
+    <t>2880.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь нерж.,полипроп.;D=10,L=24,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070608</t>
+  </si>
+  <si>
+    <t>18324-10</t>
+  </si>
+  <si>
+    <t>15039.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь,пластик;D=6,L=19см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070609</t>
+  </si>
+  <si>
+    <t>20500000IVV</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь,пластик;D=67,L=210мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04070610</t>
+  </si>
+  <si>
+    <t>48278-33</t>
+  </si>
+  <si>
+    <t>19874.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь нерж.,пластик;D=10,L=24см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070612</t>
+  </si>
+  <si>
+    <t>24833.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь,нейлон;D=75,L=195мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070614</t>
+  </si>
+  <si>
+    <t>347210-03</t>
+  </si>
+  <si>
+    <t>4473.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы «Проотель»;сталь нерж.,пластик;D=10,L=24/14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070615</t>
+  </si>
+  <si>
+    <t>PCT400</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>3668.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь нерж.,пластик;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070621</t>
+  </si>
+  <si>
+    <t>Vacuvin</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>10965.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Глория Люкс»;сталь;,H=10,L=190/90,B=17мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070815</t>
+  </si>
+  <si>
+    <t>21037.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки «Глория Люкс»;сталь,пластик;,L=175/75,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070818</t>
+  </si>
+  <si>
+    <t>22989.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки «Платинум»;сталь,пластик;,L=175/70,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070835</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>20348.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обрезания теста;сплав цинк.,дерево;D=30,L=155/50мм;св. дерево,металлич.</t>
+  </si>
+  <si>
+    <t>04070901</t>
+  </si>
+  <si>
+    <t>0031</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Нож для обрезан. теста большой;сплав цинк.,дерево;D=37,L=165/60мм;хромиров.,св. дерево</t>
+  </si>
+  <si>
+    <t>04070902</t>
+  </si>
+  <si>
+    <t>0033</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 5 лезвий;сталь нерж.;,H=55,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070920</t>
+  </si>
+  <si>
+    <t>47820-05</t>
+  </si>
+  <si>
+    <t>102765.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;пластик,сталь нерж.;D=55,H=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070921</t>
+  </si>
+  <si>
+    <t>18325-01</t>
+  </si>
+  <si>
+    <t>10650.00₸</t>
+  </si>
+  <si>
+    <t>Нож ролик. для теста фигурный;пластик,сталь нерж.;D=55,H=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070922</t>
+  </si>
+  <si>
+    <t>18325-02</t>
+  </si>
+  <si>
+    <t>10203.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый двойной;пластик,сталь нерж.;D=40,H=38,L=180мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070923</t>
+  </si>
+  <si>
+    <t>48280-39</t>
+  </si>
+  <si>
+    <t>15932.00₸</t>
+  </si>
+  <si>
+    <t>Нож для теста;пластик,сталь нерж.;D=180,H=40,B=115мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070924</t>
+  </si>
+  <si>
+    <t>47029-12</t>
+  </si>
+  <si>
+    <t>88558.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 5 лезвий;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04070927</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>30485.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 6лезвий;сталь нерж.;D=50,H=48,L=240,B=310мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070928</t>
+  </si>
+  <si>
+    <t>45885.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 7лезвий;сталь нерж.;D=5,L=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04070929</t>
+  </si>
+  <si>
+    <t>52992.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;пластик,сталь нерж.;D=4,L=17,B=14см;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070931</t>
+  </si>
+  <si>
+    <t>140310.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 5 лезвий фигурный край;сталь нерж.;D=5,H=7,L=26,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04070933</t>
+  </si>
+  <si>
+    <t>110395.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондит.ножей[12шт];сталь нерж.;,L=150/40,B=25мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070935</t>
+  </si>
+  <si>
+    <t>60530.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондит.ножей[2шт];сталь нерж.;,L=145/60,B=60мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070936</t>
+  </si>
+  <si>
+    <t>14230.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь нерж.,абс-пластик;D=10,L=24,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04070938</t>
+  </si>
+  <si>
+    <t>RROT</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>38254.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондит.ножей[2шт];сталь нерж.,полипроп.;,L=14,5см;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070939</t>
+  </si>
+  <si>
+    <t>11735.00₸</t>
+  </si>
+  <si>
+    <t>Набор конд.ножей изогн.лезвие[2шт];сталь нерж.;,L=145/65,B=6мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070940</t>
+  </si>
+  <si>
+    <t>14761.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 7 лезвий;сталь нерж.;D=55,L=220,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070941</t>
+  </si>
+  <si>
+    <t>47820-07</t>
+  </si>
+  <si>
+    <t>139732.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 5 лезвий;сталь нерж.;D=55,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070942</t>
+  </si>
+  <si>
+    <t>122161.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста (7ножей);сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04070943</t>
+  </si>
+  <si>
+    <t>133734.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 7лезвий;D=55,L=280мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070946</t>
+  </si>
+  <si>
+    <t>47822-07</t>
+  </si>
+  <si>
+    <t>132833.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;пластик;D=45,L=100мм;белый</t>
+  </si>
+  <si>
+    <t>04070948</t>
+  </si>
+  <si>
+    <t>13876.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста 39лезвий;сталь нерж.;,L=40см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04070949</t>
+  </si>
+  <si>
+    <t>398329.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста рифленый;сталь нерж.,пластик;D=60,L=183мм</t>
+  </si>
+  <si>
+    <t>04070955</t>
+  </si>
+  <si>
+    <t>15393.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;пластик;,L=12см;бежев.</t>
+  </si>
+  <si>
+    <t>04070959</t>
+  </si>
+  <si>
+    <t>RPL12</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>9933.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;пластик;,L=6см;белый</t>
+  </si>
+  <si>
+    <t>04070960</t>
+  </si>
+  <si>
+    <t>RPL6</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы с ручкой из термостойкого пластика (до 200°);сталь нерж.;D=10,L=26см</t>
+  </si>
+  <si>
+    <t>04070964</t>
+  </si>
+  <si>
+    <t>AC-ROP6</t>
+  </si>
+  <si>
+    <t>Gimetal</t>
+  </si>
+  <si>
+    <t>51544.00₸</t>
+  </si>
+  <si>
+    <t>Нож для пиццы;сталь нерж.,пластик;D=10,L=23см</t>
+  </si>
+  <si>
+    <t>04070965</t>
+  </si>
+  <si>
+    <t>AC-ROM</t>
+  </si>
+  <si>
+    <t>10411.00₸</t>
+  </si>
+  <si>
+    <t>Нож роликовый для теста;сталь нерж.,пластик;D=60,L=183мм</t>
+  </si>
+  <si>
+    <t>04070966</t>
+  </si>
+  <si>
+    <t>10257.00₸</t>
+  </si>
+  <si>
+    <t>Нож для зелени 2 лезвия «Глория Люкс»;сталь;,L=22/23,B=5см;черный</t>
+  </si>
+  <si>
+    <t>04071105</t>
+  </si>
+  <si>
+    <t>29236.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов;сталь,пластик;,L=190,B=75мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071701</t>
+  </si>
+  <si>
+    <t>16355.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декорации;сталь,пластик;,L=145/25,B=15мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071703</t>
+  </si>
+  <si>
+    <t>15092.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь нерж.,пластик;,L=168/65,B=15мм;металлич.,красный</t>
+  </si>
+  <si>
+    <t>04071711</t>
+  </si>
+  <si>
+    <t>090381</t>
+  </si>
+  <si>
+    <t>5029.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декоративной нарезки;сталь нерж.,полипроп.;,L=14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071721</t>
+  </si>
+  <si>
+    <t>090450</t>
+  </si>
+  <si>
+    <t>6068.00₸</t>
+  </si>
+  <si>
+    <t>Нож вращающийся У-образный для чистки овощей;сталь нерж.,полипроп.;,L=18,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071722</t>
+  </si>
+  <si>
+    <t>48280-53</t>
+  </si>
+  <si>
+    <t>10526.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки;сталь нерж.,пластик;,L=155/55,B=13мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071728</t>
+  </si>
+  <si>
+    <t>Victorinox</t>
+  </si>
+  <si>
+    <t>SwissClassic</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>3175.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов кованый кованый;сталь нерж.,пластик;,L=205/80,B=20мм;металлич.,черны</t>
+  </si>
+  <si>
+    <t>04071731</t>
+  </si>
+  <si>
+    <t>7.7203.08</t>
+  </si>
+  <si>
+    <t>27435.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов кованый кованый;сталь нерж.,пластик;,L=22/10,B=2см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071732</t>
+  </si>
+  <si>
+    <t>7.7203.10</t>
+  </si>
+  <si>
+    <t>29662.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки;сталь,пластик;,L=80,B=16мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071745</t>
+  </si>
+  <si>
+    <t>8101.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки;сталь,пластик;,L=60,B=14мм;синий</t>
+  </si>
+  <si>
+    <t>04071746</t>
+  </si>
+  <si>
+    <t>3989.00₸</t>
+  </si>
+  <si>
+    <t>Набор ножей для декор.нарезки овощей[3шт];сталь нерж.,пластик;,L=14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071766</t>
+  </si>
+  <si>
+    <t>45184.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;металл,пластик;,L=107,B=68мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071771</t>
+  </si>
+  <si>
+    <t>076Red</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;металл,пластик;,L=107,B=68мм;белый</t>
+  </si>
+  <si>
+    <t>04071772</t>
+  </si>
+  <si>
+    <t>076White</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки картофеля;сталь,пластик;,L=20см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071775</t>
+  </si>
+  <si>
+    <t>48280-34</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декор.нарезки овощей[3шт];сталь нерж.;,L=245,B=70мм</t>
+  </si>
+  <si>
+    <t>04071789</t>
+  </si>
+  <si>
+    <t>29268.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов кованый кованый;сталь нерж.,нейлон;,L=205/100,B=20мм;черный,металлич</t>
+  </si>
+  <si>
+    <t>04071811</t>
+  </si>
+  <si>
+    <t>7.7113.10</t>
+  </si>
+  <si>
+    <t>16860.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов;сталь нерж.;,L=18см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072710</t>
+  </si>
+  <si>
+    <t>48278-53</t>
+  </si>
+  <si>
+    <t>16709.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь нерж.;,L=19,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072711</t>
+  </si>
+  <si>
+    <t>48278-34</t>
+  </si>
+  <si>
+    <t>11812.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удал.сердцевины и делитель для фруктов;сталь нерж.,пластик</t>
+  </si>
+  <si>
+    <t>04072739</t>
+  </si>
+  <si>
+    <t>Prep Chef</t>
+  </si>
+  <si>
+    <t>90791.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей «Оранж»;пластик,сталь;,L=16,5см;черный</t>
+  </si>
+  <si>
+    <t>04072756</t>
+  </si>
+  <si>
+    <t>5806.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декоративной нарезки «Оранж»;пластик,сталь;,L=14,5см;черный</t>
+  </si>
+  <si>
+    <t>04072762</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь нерж.,абс-пластик;,L=110,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>04072784</t>
+  </si>
+  <si>
+    <t>090384</t>
+  </si>
+  <si>
+    <t>11073.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки томатов;сталь нерж.,полипроп.;,L=18см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04072787</t>
+  </si>
+  <si>
+    <t>48280-08</t>
+  </si>
+  <si>
+    <t>11250.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки дыни;сталь нерж.,полипроп.;D=8,L=20см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04072788</t>
+  </si>
+  <si>
+    <t>48280-60</t>
+  </si>
+  <si>
+    <t>20675.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки и нарезки авокадо;сталь нерж.;,L=18,5см</t>
+  </si>
+  <si>
+    <t>04072789</t>
+  </si>
+  <si>
+    <t>48286-62</t>
+  </si>
+  <si>
+    <t>26719.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь нерж.;,L=22,B=10см</t>
+  </si>
+  <si>
+    <t>04072790</t>
+  </si>
+  <si>
+    <t>48286-64</t>
+  </si>
+  <si>
+    <t>18042.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов;сталь;,H=15,L=183,B=86мм;стальной</t>
+  </si>
+  <si>
+    <t>04073504</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>5937.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Квик»;сталь нерж.,пластик;,L=16см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04073537</t>
+  </si>
+  <si>
+    <t>25.27.50</t>
+  </si>
+  <si>
+    <t>Quick</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;железо,полипроп.;,L=192,B=47мм;черный,стальной</t>
+  </si>
+  <si>
+    <t>04100104</t>
+  </si>
+  <si>
+    <t>059</t>
+  </si>
+  <si>
+    <t>Ножи консервные и открывалки</t>
+  </si>
+  <si>
+    <t>7285.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок</t>
+  </si>
+  <si>
+    <t>04100110</t>
+  </si>
+  <si>
+    <t>02531</t>
+  </si>
+  <si>
+    <t>12414.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;пластик,сталь;,L=11,B=8см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04100114</t>
+  </si>
+  <si>
+    <t>48222-01</t>
+  </si>
+  <si>
+    <t>45446.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь нерж.,пластик;,L=210,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04100124</t>
+  </si>
+  <si>
+    <t>48280-03</t>
+  </si>
+  <si>
+    <t>24571.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь,пластик;,L=180,B=46мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04100127</t>
+  </si>
+  <si>
+    <t>058black</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;пластик,сталь нерж.;,L=14,B=8см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04100131</t>
+  </si>
+  <si>
+    <t>072996</t>
+  </si>
+  <si>
+    <t>26704.00₸</t>
+  </si>
+  <si>
+    <t>Нож для консервных банок настольный;сталь;,L=67/40,B=70см;металлич.</t>
+  </si>
+  <si>
+    <t>04100132</t>
+  </si>
+  <si>
+    <t>251983.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок с механизмом;пластик,сталь нерж.;,L=195,B=73мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04100134</t>
+  </si>
+  <si>
+    <t>91492.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь нерж.,бук;,H=6,L=17,B=10см;металлич.,коричнев.</t>
+  </si>
+  <si>
+    <t>04100136</t>
+  </si>
+  <si>
+    <t>32749.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Нож  для консервных банок настольный EZ20;металл;D=25,L=630мм;металлич.</t>
+  </si>
+  <si>
+    <t>04100143</t>
+  </si>
+  <si>
+    <t>185416.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь нерж.;,L=21,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04100147</t>
+  </si>
+  <si>
+    <t>48278-03</t>
+  </si>
+  <si>
+    <t>26257.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04100153</t>
+  </si>
+  <si>
+    <t>078</t>
+  </si>
+  <si>
+    <t>2364.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;сталь нерж.,пластик;,L=180,B=46мм;серебрист.,белый</t>
+  </si>
+  <si>
+    <t>04100163</t>
+  </si>
+  <si>
+    <t>058white</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Открывалка для банок+декор.для масла;сталь;,H=10,L=155,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04100201</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Нож для консервных банок настольный;сталь;,L=44,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04100409</t>
+  </si>
+  <si>
+    <t>10770440IVV</t>
+  </si>
+  <si>
+    <t>112567.00₸</t>
+  </si>
+  <si>
+    <t>Нож для консервных банок настольный;сталь;,L=74/55,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04100410</t>
+  </si>
+  <si>
+    <t>10770740IVV</t>
+  </si>
+  <si>
+    <t>159257.00₸</t>
+  </si>
+  <si>
+    <t>Нож настольный для консервных банок «Бонзер»;сталь,пластик;,L=52/42,B=25см;разноцветн.</t>
+  </si>
+  <si>
+    <t>04100414</t>
+  </si>
+  <si>
+    <t>10071-01</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>120290.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;пластик,сталь нерж.;,H=175,B=40мм</t>
+  </si>
+  <si>
+    <t>04100418</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок «СССР»;,L=175,B=37мм</t>
+  </si>
+  <si>
+    <t>04100425</t>
+  </si>
+  <si>
+    <t>о76</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1109.00₸</t>
+  </si>
+  <si>
+    <t>Нож для консервных банок настольный электрический (для банок высотой 50-270мм);сталь нерж.;,H=75,L=4</t>
+  </si>
+  <si>
+    <t>04100434</t>
+  </si>
+  <si>
+    <t>49814-00</t>
+  </si>
+  <si>
+    <t>2491590.00₸</t>
+  </si>
+  <si>
+    <t>Открывалка для консервных банок;дерево,металл;,H=56,L=160мм;древесн.,металлич.</t>
+  </si>
+  <si>
+    <t>04100509</t>
+  </si>
+  <si>
+    <t>ALM</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Нож для удаления сердцевины цукини;сталь нерж.;,L=24,5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04146000</t>
+  </si>
+  <si>
+    <t>48280-54</t>
+  </si>
+  <si>
+    <t>7300.00₸</t>
+  </si>
+  <si>
+    <t>Нож для надрезки теста;сталь нерж.;черный</t>
+  </si>
+  <si>
+    <t>04146596</t>
+  </si>
+  <si>
+    <t>14877.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь,пластик;,H=10,L=170/63,B=14мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>09100224</t>
+  </si>
+  <si>
+    <t>10241.00₸</t>
+  </si>
+  <si>
+    <t>Нож карбовочный;пластик,сталь нерж.;,H=10,L=140/40,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>09100225</t>
+  </si>
+  <si>
+    <t>14923.00₸</t>
+  </si>
+  <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Нож для пиццы;тефлон,пластик;D=60,L=195мм;в ассорт.</t>
-[...1069 lines deleted...]
-  <si>
     <t>Нож для декорир.лимона (для левшей);сталь нерж.,полиамид;,H=1,L=18,B=6см;черный,металлич.</t>
   </si>
   <si>
     <t>09100226</t>
   </si>
   <si>
     <t>8601.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;пластик,сталь нерж.;,H=1,L=17,B=6см;черный,металлич.</t>
   </si>
   <si>
     <t>09100227</t>
   </si>
   <si>
     <t>14915.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;пластик,сталь нерж.;,H=1,L=15/4,B=6см;черный,металлич.</t>
   </si>
   <si>
     <t>09100228</t>
   </si>
   <si>
     <t>25079.00₸</t>
@@ -2532,62 +2538,50 @@
     <t>Нож для цедры;сталь,пластик;,L=165,B=25мм;металлич.,черный</t>
   </si>
   <si>
     <t>09101282</t>
   </si>
   <si>
     <t>48280-90</t>
   </si>
   <si>
     <t>7985.00₸</t>
   </si>
   <si>
     <t>Нож для удаления сердцевины;сталь нерж.;D=2,L=23/10,B=2см;металлич.</t>
   </si>
   <si>
     <t>09101641</t>
   </si>
   <si>
     <t>48278-25</t>
   </si>
   <si>
     <t>19420.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
-  </si>
-[...10 lines deleted...]
-    <t>525.00₸</t>
   </si>
   <si>
     <t>Нож для консервных банок настольный EZ40;сталь нерж.;,L=63см;металлич.</t>
   </si>
   <si>
     <t>04100511</t>
   </si>
   <si>
     <t>690968.00₸</t>
   </si>
   <si>
     <t>Нож для устриц;сталь нерж.,дерево;,H=17,L=160,B=25мм</t>
   </si>
   <si>
     <t>04073576</t>
   </si>
   <si>
     <t>FT-0003</t>
   </si>
   <si>
     <t>3941.00₸</t>
   </si>
   <si>
     <t>Нож для теста роликовый фигурный</t>
   </si>
@@ -2752,51 +2746,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1D-E3C6-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F1A0-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19F-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19E-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19D-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19C-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D51-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D52-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D03-424E-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F9D-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5C-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B6-424F-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B7-424F-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355FA161-EBFF-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B9-424F-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E400F-4250-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4011-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DC-F150-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378ACC-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2279-4251-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D227A-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D269-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DE-F150-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5C61359-75C4-11EA-BBD2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC700F06-9F11-11E9-BBC0-005056921CC425.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB9ACDF4-3484-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DF-F150-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86F1AD6D-5B10-11EB-BBE0-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB80-424B-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2C8-E3C6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D04-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CA-E3C6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2C-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B031870-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F1756-E3C5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D53-424D-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D54-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D55-424D-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98E545F0-696C-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E55-696C-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5F-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2C9-E3C6-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CF-E3C6-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CC-E3C6-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B7-424E-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CD-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303102C-424E-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17217-696C-11EC-BBF7-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CE-E3C6-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C2-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1F7-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1F8-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66D-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C7405-4253-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A34E-20D0-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D173-1F1B-11EE-BC0C-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EAB23D1C-B127-11ED-BC04-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C370F2-20B4-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB388-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2154-4250-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98E545EF-696C-11EC-BBF7-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9271076D-696C-11EC-BBF7-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD71-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD72-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AC-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AD-424E-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17216-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9271076C-696C-11EC-BBF7-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9E-E3D4-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3897A03C-E3D4-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB0C-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086840-4250-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405540E-4250-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54D-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/901BA099-EA57-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB034618-424C-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841A-424D-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A205-21C4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A3F7-21C4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A2A5-21C4-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D61-424D-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B320-E3D4-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31F-E3D4-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECB4-424E-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C41-424E-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F98-E3D4-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5A-696C-11EC-BBF7-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F94-E3D4-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E89-424E-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B351641-21C4-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8E-424E-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF57-696C-11EC-BBF7-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324E0656-E3D4-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223F4-424F-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223F5-424F-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409097-424F-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8BA-424F-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C3-424F-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571045F-424F-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252B9-424F-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E11172A-4250-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C6-4250-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E825-424F-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FE6-4251-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5AB-4251-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE78-4252-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BD-E3D4-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD0-424B-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B76A0-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECB6-424E-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769F-696C-11EC-BBF7-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BC-E3D4-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BB-E3D4-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C59-424F-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394194-4251-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2906-424C-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2909-424C-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B682C254-F161-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BE-E3D4-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F97-E3D4-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD0F8-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE33-696C-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE35-696C-11EC-BBF7-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE32-696C-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A001-21C4-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BA-424F-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BB-424F-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BC-424F-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409066-424F-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBBF-424F-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F36-424F-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BF3C-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768406-424F-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB06-424F-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BFDC-21C4-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E7F-424F-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889C-4250-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025DA-4250-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3EC-4250-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A2C-4250-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252680-4251-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED6CD-21C4-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED61B-21C4-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C317-E3D4-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A165-21C4-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E300946-D1AC-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30E3E136-F3D8-11EC-BBFA-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841B-424D-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B444F-4250-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA27-4250-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5455-4250-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC8D-4251-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5B0-4251-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BF4-4251-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606C-4251-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606D-4251-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C2A-4251-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762087D6-8148-11E9-BBBA-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1E7-4252-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD4DC-21C4-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0B41BA-EA57-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D600-4252-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A00182-F3D8-11EC-BBFA-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D605B-4251-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277B-9F22-11EC-BBFA-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277A-9F22-11EC-BBFA-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808302-814A-11E9-BBBA-005056921CC4167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B682C24C-F161-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D678CA50-F161-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD43C-21C4-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2778-9F22-11EC-BBFA-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277D-9F22-11EC-BBFA-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD6CE-21C4-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2779-9F22-11EC-BBFA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EA13B12-4BE1-11ED-BC00-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D466-1F1B-11EE-BC0C-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF20-E3D3-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55EF-E3D3-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9603-21C7-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF013-696C-11EC-BBF7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A57CB21A-9005-11EC-BBF8-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55EE-E3D3-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F86-4250-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD96B5-21C7-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9563-21C7-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C10-4251-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D521-4252-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C0954C-EA57-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A57CB21B-9005-11EC-BBF8-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B03188D-424D-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0357BB-424D-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F0183F7-424D-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FA8-424F-11E8-A155-00259035BB67193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394192-4251-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3188-9B58-11EE-BC36-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08643D98-9F22-11EC-BBFA-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3260-9B58-11EE-BC36-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277F-9F22-11EC-BBFA-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F99-E3D4-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B321-E3D4-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31D-E3D4-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9D-E3D4-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE2-424E-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE3-424E-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE4-424E-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE5-424E-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C0954B-EA57-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C78F576-8147-11E9-BBBA-005056921CC4208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928451FA-8147-11E9-BBBA-005056921CC4209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2780-9F22-11EC-BBFA-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D333A40-C461-11EB-BBF1-005056926DAF211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B7698-696C-11EC-BBF7-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EBF692A-5114-11EF-BC57-00505692E049213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C027712A-9550-11EF-BC57-00505692E049214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DDCC-9154-11F0-BC58-00505692E2D0215.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1D-E3C6-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F1A0-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19F-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19E-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19D-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19C-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D51-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D52-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D03-424E-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F9D-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5C-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B6-424F-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B7-424F-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355FA161-EBFF-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B9-424F-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E400F-4250-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4011-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DC-F150-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378ACC-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2279-4251-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D227A-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D269-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DE-F150-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5C61359-75C4-11EA-BBD2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC700F06-9F11-11E9-BBC0-005056921CC425.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB9ACDF4-3484-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9D111DF-F150-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86F1AD6D-5B10-11EB-BBE0-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB80-424B-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2C8-E3C6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07027D04-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CA-E3C6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2C-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B031870-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F1756-E3C5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D53-424D-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D54-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D55-424D-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98E545F0-696C-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E55-696C-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5F-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2C9-E3C6-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CF-E3C6-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CC-E3C6-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B7-424E-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CD-E3C6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303102C-424E-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17217-696C-11EC-BBF7-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905EC2CE-E3C6-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C2-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1F7-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1F8-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B66D-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A27C7405-4253-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A34E-20D0-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D173-1F1B-11EE-BC0C-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EAB23D1C-B127-11ED-BC04-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C370F2-20B4-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3EB388-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2154-4250-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98E545EF-696C-11EC-BBF7-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9271076D-696C-11EC-BBF7-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD71-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD72-424D-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AC-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29AD-424E-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17216-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9271076C-696C-11EC-BBF7-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9E-E3D4-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3897A03C-E3D4-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB0C-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086840-4250-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405540E-4250-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D54D-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/901BA099-EA57-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB034618-424C-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841A-424D-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A205-21C4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A3F7-21C4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A2A5-21C4-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D61-424D-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B320-E3D4-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31F-E3D4-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECB4-424E-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C41-424E-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F98-E3D4-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5A-696C-11EC-BBF7-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F94-E3D4-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E89-424E-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B351641-21C4-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8E-424E-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF57-696C-11EC-BBF7-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324E0656-E3D4-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223F4-424F-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223F5-424F-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409097-424F-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8BA-424F-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C3-424F-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571045F-424F-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252B9-424F-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E11172A-4250-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C6-4250-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E825-424F-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FE6-4251-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5AB-4251-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE78-4252-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BD-E3D4-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD0-424B-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B76A0-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECB6-424E-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B769F-696C-11EC-BBF7-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BC-E3D4-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BB-E3D4-11EB-BBF2-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C59-424F-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394194-4251-11E8-A155-00259035BB67115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2906-424C-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2909-424C-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B682C254-F161-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2BECC5BE-E3D4-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F97-E3D4-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD0F8-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE33-696C-11EC-BBF7-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE35-696C-11EC-BBF7-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE32-696C-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A001-21C4-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BA-424F-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BB-424F-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BC-424F-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F409066-424F-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBBF-424F-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F36-424F-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BF3C-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768406-424F-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB06-424F-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BFDC-21C4-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E7F-424F-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889C-4250-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025DA-4250-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3EC-4250-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A2C-4250-11E8-A155-00259035BB67140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252680-4251-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED6CD-21C4-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED61B-21C4-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C317-E3D4-11EB-BBF2-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A165-21C4-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E300946-D1AC-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30E3E136-F3D8-11EC-BBFA-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F01841B-424D-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B444F-4250-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA27-4250-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5455-4250-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC8D-4251-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5B0-4251-11E8-A155-00259035BB67153.gif"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BF4-4251-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606C-4251-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606D-4251-11E8-A155-00259035BB67156.gif"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C2A-4251-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762087D6-8148-11E9-BBBA-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1E7-4252-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD4DC-21C4-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0B41BA-EA57-11EB-BBF2-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D600-4252-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A00182-F3D8-11EC-BBFA-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D605B-4251-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277B-9F22-11EC-BBFA-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277A-9F22-11EC-BBFA-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808302-814A-11E9-BBBA-005056921CC4167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B682C24C-F161-11EB-BBF2-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D678CA50-F161-11EB-BBF2-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD43C-21C4-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2778-9F22-11EC-BBFA-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277D-9F22-11EC-BBFA-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD6CE-21C4-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2779-9F22-11EC-BBFA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EA13B12-4BE1-11ED-BC00-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D466-1F1B-11EE-BC0C-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F493EF20-E3D3-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55EF-E3D3-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9603-21C7-11EE-BC0D-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF013-696C-11EC-BBF7-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A57CB21A-9005-11EC-BBF8-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55EE-E3D3-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F86-4250-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD96B5-21C7-11EE-BC0D-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9563-21C7-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C10-4251-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D521-4252-11E8-A155-00259035BB67187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C0954C-EA57-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A57CB21B-9005-11EC-BBF8-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B03188D-424D-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0357BB-424D-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F0183F7-424D-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FA8-424F-11E8-A155-00259035BB67193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394192-4251-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3188-9B58-11EE-BC36-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08643D98-9F22-11EC-BBFA-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3260-9B58-11EE-BC36-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B277F-9F22-11EC-BBFA-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F99-E3D4-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B321-E3D4-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31D-E3D4-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9D-E3D4-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE2-424E-11E8-A155-00259035BB67203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE3-424E-11E8-A155-00259035BB67204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE4-424E-11E8-A155-00259035BB67205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DE5-424E-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C0954B-EA57-11EB-BBF2-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C78F576-8147-11E9-BBBA-005056921CC4208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928451FA-8147-11E9-BBBA-005056921CC4209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E6B2780-9F22-11EC-BBFA-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D333A40-C461-11EB-BBF1-005056926DAF211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C4B7698-696C-11EC-BBF7-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C027712A-9550-11EF-BC57-00505692E049213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DDCC-9154-11F0-BC58-00505692E2D0214.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9151,93 +9145,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>214</xdr:row>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9496,62 +9460,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ghidini-02050301/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050311/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050312/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050313/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050314/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050315/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050318/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-paderno-02050319/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-ilsa-02050320/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050321/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-avokado-paderno-02050322/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050323/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050324/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050325/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050326/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050327/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050329/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050330/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050336/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050338/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-figurnaya-matfer-02050339/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-matfer-02050341/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-shar-aps-02050347/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-shar-aps-02050348/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-d-tomatov-matfer-02050349/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-pintinox-02050523/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-masla-ilsa-02060119/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-cedry-ghidini-02060200/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-ghidini-02060204/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-ghidini-02060205/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-greypfruta-ilsa-02060207/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ghidini-02060214/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-ananasa-leopold-vienna-02060226/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-felix-02060227/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-leopold-vienna-02060228/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060230/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060231/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekorativnoy-narezki-paderno-02060232/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-paderno-02060233/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-paderno-02060234/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-paderno-02060235/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-ilsa-02060236/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-ilsa-02060237/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-ilsa-02060238/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekorativnoy-narezki-kvadr-paderno-02060240/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorativnoy-narezki-romb-paderno-02060241/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-dekorirovaniya-29-predm-paderno-02060242/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060243/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekornarezki-fruktov-matfer-02060246/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-aps-02060248/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-matfer-02060249/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-greypfruta-matfer-02060250/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-matfer-02060259/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-yabloka-dolki-matfer-02060260/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060263/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-tramontina-02060269/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ghidini-02060436/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-tramontina-02060437/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-masla-matfer-03113818/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-avokado-matfer-04040545/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-i-razdelki-ryby-paderno-04070307/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-paderno-04070309/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ilsa-04070310/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ilsa-04070311/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-aps-04070314/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-aps-04070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-paderno-04070318/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-paderno-04070330/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-grebeshka-matfer-04070331/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-matfer-04070332/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070336/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-westmark-04070347/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070349/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070374/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-paderno-04070378/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-felix-04070403/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04070417/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070426/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070427/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070428/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070429/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04070430/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-linden-04070431/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ilsa-04070434/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-dyni-i-tykvy-paderno-04070435/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-narezki-yablok-aps-04070436/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070439/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-udaleniya-plodonozhki-ilsa-04070442/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-plodonozhki-paderno-04070444/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-paderno-04070446/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-paderno-04070447/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-narezki-yablok-paderno-04070448/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070449/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04070457/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-matfer-04070458/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-matfer-04070462/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-ilsa-04070463/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-ilsa-04070464/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-sparzhi-paderno-04070481/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-matfer-04070487/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-westmark-04070492/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04070493/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-marcipana-matfer-04070518/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-marcipana-matfer-04070547/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-marcipana-matfer-04070548/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-pekarya-riflenyy-matfer-04070572/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ilsa-04070601/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ghidini-04070602/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-paderno-04070608/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ilsa-04070609/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-paderno-04070610/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-matfer-04070612/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-linden-04070614/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-prohotel-04070615/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-vacuvin-04070621/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-felix-04070815/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-felix-04070818/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-felix-04070835/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-obrezaniya-testa-ghidini-04070901/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-obrezan-testa-bolshoy-ghidini-04070902/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-paderno-04070920/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-paderno-04070921/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolik-d-testa-figurnyy-paderno-04070922/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-dvoynoy-paderno-04070923/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-paderno-04070924/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-was-04070927/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-6lezviy-was-04070928/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7lezviy-was-04070929/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-matfer-04070931/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-matfer-04070933/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070935/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070936/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-zio-pepe-04070938/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070939/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kondnozhey-izognlezvie-matfer-04070940/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7-lezviy-paderno-04070941/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-matfer-04070942/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7nozhey-matfer-04070943/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7lezviy-paderno-04070946/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-matfer-04070948/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-39lezviy-matfer-04070949/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-riflenyy-matfer-04070955/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-martellato-04070959/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-martellato-04070960/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-s-ruchkoy-iz-termostoykogo-plastika-do-200-gimetal-04070964/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-gimetal-04070965/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-dlya-testa-matfer-04070966/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-zeleni-2-lezviya-felix-04071105/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-matfer-04071701/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-matfer-04071703/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04071711/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorirovaniya-limona-matfer-04071721/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-vraschayuschiysya-u-obraznyy-d-chistki-ovoschey-paderno-04071722/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-victorinox-04071728/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071731/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071732/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-matfer-04071745/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-matfer-04071746/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-matfer-04071766/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ghidini-04071771/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ghidini-04071772/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-kartofelya-paderno-04071775/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekornarezki-ovoschey-matfer-04071789/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071811/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-paderno-04072710/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04072711/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-udalserdceviny-i-delitel-d-fruktov-matfer-04072739/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-aps-04072756/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorativnoy-narezki-aps-04072762/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04072784/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-tomatov-paderno-04072787/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-dyni-paderno-04072788/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-i-narezki-avokado-paderno-04072789/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04072790/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-arcos-04073504/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-tramontina-04073537/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-04100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100114/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100124/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100127/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-matfer-04100131/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-matfer-04100132/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-s-mehanizmom-matfer-04100134/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-westmark-04100136/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ez20-matfer-04100143/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100147/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100153/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100163/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-banokdekordlya-masla-04100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ilsa-04100409/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ilsa-04100410/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-bonzer-04100414/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-d-banok-vacuvin-04100418/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-konservnyy-04100425/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-elektricheskaya-dlya-banok-paderno-04100434/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-alm-04100509/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-cukini-paderno-04146000/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nadrezki-testa-matfer-04146596/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-09100224/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-matfer-09100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorirlimona-dlya-levshey-matfer-09100226/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-matfer-09100227/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-matfer-09100228/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-matfer-09100229/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-matfer-09100230/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-nastolnaya-paderno-09100453/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-dexter-09101203/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-dexter-09101205/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-ananasa-paderno-09101278/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-paderno-09101282/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-09101641/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-dolyana-04073568/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-konservnyh-banok-matfer-04100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04073576/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070969/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070970/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070971/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070972/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-prohotel-04072907/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-prohotel-04072908/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04070390/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ryby-prohotel-04072909/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04073591/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-konservnyh-banok-ilsa-04100435/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-probar-premium-04070627/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ghidini-02050301/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050311/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050312/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050313/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050314/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050315/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050318/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-paderno-02050319/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-ilsa-02050320/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-paderno-02050321/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-avokado-paderno-02050322/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050323/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050324/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050325/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nuazetka-ilsa-02050326/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050327/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050329/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050330/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050336/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-matfer-02050338/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-figurnaya-matfer-02050339/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-ovalnaya-matfer-02050341/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-shar-aps-02050347/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-shar-aps-02050348/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nuazetka-d-tomatov-matfer-02050349/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-pintinox-02050523/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-masla-ilsa-02060119/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-cedry-ghidini-02060200/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-ghidini-02060204/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-ghidini-02060205/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-greypfruta-ilsa-02060207/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ghidini-02060214/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-ananasa-leopold-vienna-02060226/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-felix-02060227/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-leopold-vienna-02060228/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060230/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060231/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekorativnoy-narezki-paderno-02060232/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-paderno-02060233/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-paderno-02060234/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-paderno-02060235/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-ilsa-02060236/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-ilsa-02060237/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-snyatiya-cedry-ilsa-02060238/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekorativnoy-narezki-kvadr-paderno-02060240/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorativnoy-narezki-romb-paderno-02060241/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-dekorirovaniya-29-predm-paderno-02060242/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060243/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekornarezki-fruktov-matfer-02060246/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-aps-02060248/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-figurnyy-d-masla-matfer-02060249/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-greypfruta-matfer-02060250/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-matfer-02060259/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-yabloka-dolki-matfer-02060260/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-02060263/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-tramontina-02060269/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ghidini-02060436/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-tramontina-02060437/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-masla-matfer-03113818/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-d-avokado-matfer-04040545/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-i-razdelki-ryby-paderno-04070307/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-paderno-04070309/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ilsa-04070310/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-ilsa-04070311/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-aps-04070314/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-aps-04070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-paderno-04070318/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-paderno-04070330/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-grebeshka-matfer-04070331/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-matfer-04070332/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070336/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-westmark-04070347/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070349/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-matfer-04070374/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-paderno-04070378/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-felix-04070403/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04070417/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070426/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070427/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070428/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070429/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04070430/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-linden-04070431/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ilsa-04070434/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-dyni-i-tykvy-paderno-04070435/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-narezki-yablok-aps-04070436/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekor-narezki-ovoschey-paderno-04070439/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-udaleniya-plodonozhki-ilsa-04070442/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-plodonozhki-paderno-04070444/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-paderno-04070446/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-paderno-04070447/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-narezki-yablok-paderno-04070448/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-paderno-04070449/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04070457/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-matfer-04070458/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-karvinga-matfer-04070462/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-ilsa-04070463/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-ilsa-04070464/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-sparzhi-paderno-04070481/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-matfer-04070487/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-westmark-04070492/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04070493/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-marcipana-matfer-04070518/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-marcipana-matfer-04070547/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-marcipana-matfer-04070548/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-pekarya-riflenyy-matfer-04070572/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ilsa-04070601/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ghidini-04070602/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-paderno-04070608/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-ilsa-04070609/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-paderno-04070610/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-matfer-04070612/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-linden-04070614/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-prohotel-04070615/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-vacuvin-04070621/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-felix-04070815/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-felix-04070818/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-felix-04070835/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-obrezaniya-testa-ghidini-04070901/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-obrezan-testa-bolshoy-ghidini-04070902/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-paderno-04070920/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-paderno-04070921/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolik-d-testa-figurnyy-paderno-04070922/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-dvoynoy-paderno-04070923/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-paderno-04070924/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-was-04070927/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-6lezviy-was-04070928/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7lezviy-was-04070929/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-matfer-04070931/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-matfer-04070933/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070935/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070936/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-zio-pepe-04070938/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditnozhey-matfer-04070939/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-kondnozhey-izognlezvie-matfer-04070940/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7-lezviy-paderno-04070941/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-5-lezviy-matfer-04070942/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7nozhey-matfer-04070943/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-7lezviy-paderno-04070946/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-matfer-04070948/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-39lezviy-matfer-04070949/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-riflenyy-matfer-04070955/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-martellato-04070959/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-d-testa-martellato-04070960/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-s-ruchkoy-iz-termostoykogo-plastika-do-200-gimetal-04070964/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-piccy-gimetal-04070965/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-rolikovyy-dlya-testa-matfer-04070966/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-zeleni-2-lezviya-felix-04071105/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-matfer-04071701/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-dekoracii-matfer-04071703/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04071711/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorirovaniya-limona-matfer-04071721/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-vraschayuschiysya-u-obraznyy-d-chistki-ovoschey-paderno-04071722/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-victorinox-04071728/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071731/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071732/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-matfer-04071745/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-figurnoy-narezki-matfer-04071746/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-d-dekornarezki-ovoschey-matfer-04071766/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ghidini-04071771/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-ghidini-04071772/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-kartofelya-paderno-04071775/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekornarezki-ovoschey-matfer-04071789/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-kovanyy-victorinox-04071811/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-paderno-04072710/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04072711/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-udalserdceviny-i-delitel-d-fruktov-matfer-04072739/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-aps-04072756/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorativnoy-narezki-aps-04072762/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-04072784/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-tomatov-paderno-04072787/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-dyni-paderno-04072788/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-i-narezki-avokado-paderno-04072789/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-paderno-04072790/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-arcos-04073504/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-tramontina-04073537/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-04100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100114/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100124/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100127/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-matfer-04100131/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-matfer-04100132/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-s-mehanizmom-matfer-04100134/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-westmark-04100136/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ez20-matfer-04100143/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-paderno-04100147/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100153/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-ghidini-04100163/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-banokdekordlya-masla-04100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ilsa-04100409/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-ilsa-04100410/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-nastolnyy-d-konservnyh-banok-bonzer-04100414/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-d-banok-vacuvin-04100418/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-konservnyy-04100425/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-elektricheskaya-dlya-banok-paderno-04100434/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-dlya-konservnyh-banok-alm-04100509/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-cukini-paderno-04146000/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nadrezki-testa-matfer-04146596/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-matfer-09100224/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-matfer-09100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-dekorirlimona-dlya-levshey-matfer-09100226/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-matfer-09100227/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-matfer-09100228/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-matfer-09100229/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-chistki-ryby-matfer-09100230/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/otkryvalka-nastolnaya-paderno-09100453/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-dexter-09101203/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-dexter-09101205/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-ananasa-paderno-09101278/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-cedry-paderno-09101282/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-udaleniya-serdceviny-paderno-09101641/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-konservnyh-banok-matfer-04100511/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04073576/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070969/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070970/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070971/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-testa-prohotel-04070972/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-prohotel-04072907/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-prohotel-04072908/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04070390/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ryby-prohotel-04072909/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-ustric-prohotel-04073591/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-konservnyh-banok-ilsa-04100435/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-chistki-ovoschey-i-fruktov-probar-premium-04070627/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L227"/>
+  <dimension ref="A1:L226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I227" sqref="I227"/>
+      <selection activeCell="I226" sqref="I226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9910,849 +9874,849 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D17" s="0">
         <v>121001</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D18" s="0">
         <v>122003</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D19" s="0">
         <v>121013</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D20" s="0">
         <v>121009</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D21" s="0">
         <v>121008</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D22" s="0">
         <v>121011</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" s="0">
         <v>121010</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D24" s="0">
         <v>88811</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D25" s="0">
         <v>88810</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D27" s="0">
         <v>78100011</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0">
         <v>108</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D30" s="0">
         <v>107</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D31" s="0">
         <v>110</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="L31" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="H34" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I34" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D35" s="0">
         <v>102506</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="L36" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="L37" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>63</v>
@@ -10765,51 +10729,51 @@
         <v>24</v>
       </c>
       <c r="L38" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>177</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
@@ -10932,1129 +10896,1129 @@
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>194</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>196</v>
+        <v>37</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>217</v>
+        <v>79</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D50" s="0">
         <v>121004</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D51" s="0">
         <v>88836</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D52" s="0">
         <v>120920</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D53" s="0">
         <v>120912</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D54" s="0">
         <v>120932</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="F57" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="E57" s="0" t="s">
+      <c r="G57" s="0" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="G59" s="0" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G60" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D61" s="0">
         <v>112443</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>161</v>
+        <v>281</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D66" s="0">
         <v>88839</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D67" s="0">
         <v>88840</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>217</v>
+        <v>37</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D70" s="0">
         <v>121050</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D71" s="0">
         <v>121100</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D72" s="0">
         <v>121045</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D73" s="0">
         <v>65002260</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="L73" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D74" s="0">
         <v>121042</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>24</v>
+        <v>313</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>316</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>317</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>319</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>320</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>321</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D77" s="0">
         <v>904410</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>324</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>325</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>326</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>327</v>
       </c>
       <c r="D78" s="0">
         <v>120907</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>328</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>329</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>330</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>331</v>
@@ -12116,4682 +12080,4652 @@
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>338</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>339</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>340</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L81" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>341</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>342</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>344</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>196</v>
+        <v>37</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>346</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>347</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>348</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="L83" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>349</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>350</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>351</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>352</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>353</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>354</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>356</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>357</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>358</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>217</v>
+        <v>359</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D87" s="0">
         <v>88854</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L90" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D95" s="0">
         <v>120901</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D96" s="0">
         <v>120917</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D97" s="0">
         <v>120919</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L98" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L100" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D101" s="0">
         <v>182180</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D102" s="0">
         <v>60902270</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="L102" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D104" s="0">
         <v>421832</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D105" s="0">
         <v>421825</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D106" s="0">
         <v>421830</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D107" s="0">
         <v>120058</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>440</v>
+        <v>359</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>441</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>442</v>
       </c>
       <c r="D109" s="0">
         <v>117</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>443</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>445</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>446</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>447</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>448</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>449</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>450</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>451</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>196</v>
+        <v>37</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>453</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>454</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>455</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>166</v>
+        <v>359</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D113" s="0">
         <v>141035</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>458</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>461</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>352</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>462</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>463</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>464</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>465</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>467</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>468</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>469</v>
+        <v>420</v>
       </c>
       <c r="L115" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="D116" s="0">
         <v>4652460</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>474</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D117" s="0">
         <v>901009</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>324</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="D118" s="0">
         <v>901307</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>324</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="D119" s="0">
         <v>951307</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C120" s="0" t="s">
+      <c r="D120" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>161</v>
+        <v>488</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>489</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>490</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>491</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>492</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>495</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>496</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>499</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>500</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>501</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>502</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>503</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>504</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>505</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>506</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>507</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>508</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="L125" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>509</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>510</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>511</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>512</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>513</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>514</v>
       </c>
       <c r="D127" s="0">
         <v>1507005</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>515</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>516</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>518</v>
       </c>
       <c r="D128" s="0">
         <v>1507006</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>515</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>519</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>520</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>521</v>
       </c>
       <c r="D129" s="0">
         <v>1507007</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>515</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>522</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
         <v>523</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>524</v>
       </c>
       <c r="D130" s="0">
         <v>141105</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>525</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>527</v>
       </c>
       <c r="D131" s="0">
         <v>141013</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>528</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>529</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>530</v>
       </c>
       <c r="D132" s="0">
         <v>120006</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>531</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>532</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>533</v>
       </c>
       <c r="D133" s="0">
         <v>120056</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>534</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
         <v>535</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>536</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>537</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>538</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>539</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>541</v>
       </c>
       <c r="D135" s="0">
         <v>120054</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>542</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L135" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>544</v>
       </c>
       <c r="D136" s="0">
         <v>120055</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>545</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>548</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>549</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>550</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>551</v>
       </c>
       <c r="D138" s="0">
         <v>141010</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D139" s="0">
         <v>141012</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>555</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>557</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>558</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>559</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>561</v>
       </c>
       <c r="D141" s="0">
         <v>141110</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>562</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>563</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>564</v>
       </c>
       <c r="D142" s="0">
         <v>141006</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>565</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>566</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>567</v>
       </c>
       <c r="D143" s="0">
         <v>141029</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>568</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>570</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>571</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>572</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>574</v>
+        <v>42</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>572</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>579</v>
+        <v>79</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="D146" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="E146" s="0" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>583</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="D147" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="C147" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E147" s="0" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L147" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D148" s="0">
         <v>141031</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="D149" s="0">
         <v>603223</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>324</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="D150" s="0">
         <v>120906</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D151" s="0">
         <v>120903</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="D152" s="0" t="s">
         <v>601</v>
       </c>
-      <c r="C152" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E152" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="D153" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="C153" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E153" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="D154" s="0" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L154" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="D155" s="0">
         <v>6.7503</v>
       </c>
       <c r="E155" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="G155" s="0" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L155" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="D156" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="C156" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E156" s="0" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="D157" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E157" s="0" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L157" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D158" s="0">
         <v>182202</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="D159" s="0">
         <v>182301</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="D160" s="0">
         <v>421833</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L160" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="D161" s="0" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L161" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="D162" s="0" t="s">
         <v>640</v>
-      </c>
-[...4 lines deleted...]
-        <v>642</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>469</v>
+        <v>641</v>
       </c>
       <c r="L162" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="D164" s="0">
         <v>181006</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>650</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="D165" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="0" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L165" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>658</v>
       </c>
-      <c r="C167" s="0" t="s">
+      <c r="D167" s="0" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C168" s="0" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D168" s="0">
         <v>215619</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
       <c r="D169" s="0">
         <v>88850</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="D170" s="0">
         <v>88823</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="D171" s="0" t="s">
         <v>673</v>
       </c>
-      <c r="D171" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E171" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="C172" s="0" t="s">
+      <c r="D172" s="0" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>680</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="C174" s="0" t="s">
         <v>684</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="D174" s="0" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>688</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="D175" s="0" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L175" s="0"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="D176" s="0">
         <v>607000</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L176" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="C177" s="0" t="s">
+      <c r="D177" s="0" t="s">
         <v>698</v>
       </c>
-      <c r="D177" s="0" t="s">
+      <c r="E177" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="F177" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="E177" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G177" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L177" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="C178" s="0" t="s">
+      <c r="D178" s="0" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>707</v>
+        <v>641</v>
       </c>
       <c r="L178" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="D179" s="0" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>710</v>
       </c>
       <c r="E179" s="0"/>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L179" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="L180" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>718</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L181" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="D182" s="0" t="s">
         <v>720</v>
-      </c>
-[...4 lines deleted...]
-        <v>722</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>724</v>
+        <v>133</v>
       </c>
       <c r="L182" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D184" s="0">
         <v>230190</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="D185" s="0">
         <v>230101</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="D186" s="0">
         <v>12243360</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>196</v>
+        <v>735</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="D187" s="0">
         <v>230207</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L187" s="0"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="D188" s="0" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="D189" s="0" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="D190" s="0" t="s">
         <v>749</v>
-      </c>
-[...4 lines deleted...]
-        <v>751</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>723</v>
+        <v>750</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>18</v>
+        <v>751</v>
       </c>
       <c r="L190" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
         <v>752</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>753</v>
       </c>
       <c r="D191" s="0">
         <v>3110</v>
       </c>
       <c r="E191" s="0"/>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>754</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>756</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>757</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>758</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>42</v>
+        <v>359</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
         <v>759</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>760</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>761</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>762</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>574</v>
+        <v>65</v>
       </c>
       <c r="L193" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
         <v>763</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>764</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>765</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>766</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>766</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>767</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L194" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
         <v>769</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>770</v>
       </c>
       <c r="D195" s="0">
         <v>6884460</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>771</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L195" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
         <v>772</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>773</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>774</v>
       </c>
       <c r="E196" s="0"/>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>775</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>776</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
         <v>777</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>778</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>779</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>780</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
         <v>781</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>782</v>
       </c>
       <c r="D198" s="0"/>
       <c r="E198" s="0" t="s">
         <v>783</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>775</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>784</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>166</v>
+        <v>785</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D200" s="0">
         <v>120935</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D201" s="0">
         <v>120902</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D202" s="0">
         <v>120904</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>440</v>
+        <v>799</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D203" s="0">
         <v>120905</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L203" s="0"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D204" s="0">
         <v>120908</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D205" s="0">
         <v>120910</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>217</v>
+        <v>359</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D206" s="0">
         <v>120925</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>217</v>
+        <v>359</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D207" s="0">
         <v>121103</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L209" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L210" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L211" s="0"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="L213" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D214" s="0">
-        <v>7816802</v>
+        <v>230209</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>841</v>
+        <v>86</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>145</v>
+        <v>704</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L214" s="0"/>
+      <c r="L214" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
-      <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>230209</v>
+        <v>845</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>846</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>85</v>
+        <v>466</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>705</v>
+        <v>147</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L215" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="B216" s="0" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>145</v>
+        <v>439</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="B217" s="0" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="B218" s="0" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="B219" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="B220" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>438</v>
+        <v>63</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L220" s="0"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="B221" s="0" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L221" s="0"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="B222" s="0" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>63</v>
+        <v>147</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L222" s="0"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="B223" s="0" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>145</v>
+        <v>63</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L223" s="0"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="B224" s="0" t="s">
-        <v>878</v>
+        <v>844</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>466</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>63</v>
+        <v>147</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
+      <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>846</v>
+        <v>883</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>466</v>
+        <v>54</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>145</v>
+        <v>704</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L225" s="0"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
-      <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>54</v>
+        <v>890</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>705</v>
+        <v>63</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>888</v>
+        <v>462</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L226" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L227" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -16977,51 +16911,50 @@
     <hyperlink ref="B202" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B203" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B204" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B205" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B206" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B207" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B211" r:id="rId_hyperlink_210"/>
     <hyperlink ref="B212" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_214"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_216"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_218"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_220"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_222"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_223"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_224"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_225"/>
-    <hyperlink ref="B227" r:id="rId_hyperlink_226"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>