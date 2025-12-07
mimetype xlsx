--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -215,63 +215,60 @@
   <si>
     <t>Подставка для дуршлага;сталь нерж.;D=19,H=28см;металлич.</t>
   </si>
   <si>
     <t>04030140</t>
   </si>
   <si>
     <t>41933-18</t>
   </si>
   <si>
     <t>18126.00₸</t>
   </si>
   <si>
     <t>Держатель кухонного инв-ря 10крючков;сталь нерж.;,L=60,B=2см;металлич.</t>
   </si>
   <si>
     <t>04060106</t>
   </si>
   <si>
     <t>41670-AB</t>
   </si>
   <si>
     <t>41111.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Держатель кухонного инв-ря;сталь;,L=41,B=2см;металлич.</t>
   </si>
   <si>
     <t>04060107</t>
   </si>
   <si>
     <t>41670-AA</t>
   </si>
   <si>
-    <t>17472.00₸</t>
+    <t>24941.00₸</t>
   </si>
   <si>
     <t>Держатель кухонного инв-ря настенный б/крюков;сталь нерж.;,H=3,L=70,B=60см;металлич.</t>
   </si>
   <si>
     <t>04060108</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>183892.00₸</t>
   </si>
   <si>
     <t>Держатель кухонного инвентаря;сталь нерж.;,L=1,2 м;металлич.</t>
   </si>
   <si>
     <t>04060109</t>
   </si>
   <si>
     <t>241480.00₸</t>
   </si>
   <si>
     <t>Держатель для подносов настенный;сталь нерж.</t>
   </si>
@@ -326,51 +323,54 @@
   <si>
     <t>04150177</t>
   </si>
   <si>
     <t>43452.00₸</t>
   </si>
   <si>
     <t>Держатель кухонного инв-ря 8крючков;сталь нерж.;,L=1 м;металлич.</t>
   </si>
   <si>
     <t>04150178</t>
   </si>
   <si>
     <t>71549.00₸</t>
   </si>
   <si>
     <t>Подставка для столов. приборов;сталь нерж.;,H=35,L=270,B=110мм</t>
   </si>
   <si>
     <t>04150191</t>
   </si>
   <si>
     <t>00650</t>
   </si>
   <si>
-    <t>11165.00₸</t>
+    <t>11648.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Подставка-сушилка для крышек с контейн.;сталь нерж.,пластик;,H=22,5,L=44,B=30,5см;стальной</t>
   </si>
   <si>
     <t>04150621</t>
   </si>
   <si>
     <t>015210</t>
   </si>
   <si>
     <t>164211.00₸</t>
   </si>
   <si>
     <t>Держатель для крышек;черный</t>
   </si>
   <si>
     <t>04150814</t>
   </si>
   <si>
     <t>Cal M</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
@@ -392,81 +392,78 @@
   <si>
     <t>Держатель для контейнеров;сталь нерж.;,L=18,5см</t>
   </si>
   <si>
     <t>04150889</t>
   </si>
   <si>
     <t>30092.00₸</t>
   </si>
   <si>
     <t>Держатель для противней/форм для пиццы;сталь нерж.,пластик;,L=29,5см</t>
   </si>
   <si>
     <t>04150890</t>
   </si>
   <si>
     <t>AC-PZP2</t>
   </si>
   <si>
     <t>Gimetal</t>
   </si>
   <si>
     <t>39848.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Подставка под кулер;дуб;,H=60,B=29,5см;древесн.</t>
   </si>
   <si>
     <t>04151381</t>
   </si>
   <si>
     <t>Q731O-00N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>18326.00₸</t>
   </si>
   <si>
     <t>Настенный держатель для дисков;,L=20,7,B=13см</t>
   </si>
   <si>
     <t>07010229</t>
   </si>
   <si>
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>140633.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 шт.</t>
   </si>
   <si>
     <t>Диспенсер для пищевой пленки;,L=45см</t>
   </si>
   <si>
     <t>08010533</t>
   </si>
   <si>
     <t>95797.00₸</t>
   </si>
   <si>
     <t>Держатель настенный для лопат для пиццерии и щеток;алюмин.</t>
   </si>
   <si>
     <t>08060235</t>
   </si>
   <si>
     <t>41769-00</t>
   </si>
   <si>
     <t>302341.00₸</t>
   </si>
   <si>
     <t>Настенный держатель для 3-х лопат и щеток;алюмин.;,L=415,B=80мм</t>
   </si>
@@ -2276,421 +2273,421 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D13" s="0">
         <v>845760</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D14" s="0">
         <v>845612</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D15" s="0">
         <v>845010</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D16" s="0">
         <v>260412</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D17" s="0">
         <v>845762</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D18" s="0">
         <v>845763</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D19" s="0">
         <v>88288</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D20" s="0">
         <v>719105</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D21" s="0">
         <v>719110</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C24" s="0" t="s">
@@ -2744,51 +2741,51 @@
         <v>24</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D26" s="0">
         <v>749800</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C27" s="0" t="s">
@@ -2854,299 +2851,299 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D29" s="0">
         <v>107812</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>133</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D30" s="0">
         <v>160660</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D34" s="0">
         <v>9123</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="B35" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D36" s="0">
         <v>656398</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G36" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D37" s="0"/>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>