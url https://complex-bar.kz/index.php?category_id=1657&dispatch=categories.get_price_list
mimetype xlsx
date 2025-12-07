--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -352,53 +352,50 @@
   <si>
     <t>L10SKWLBR</t>
   </si>
   <si>
     <t>Wildlife</t>
   </si>
   <si>
     <t>51175.00₸</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=130,H=34мм;черный</t>
   </si>
   <si>
     <t>04022124</t>
   </si>
   <si>
     <t>12770F-13B</t>
   </si>
   <si>
     <t>Ember Cast Matt</t>
   </si>
   <si>
     <t>5278.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;,L=12,5,B=10,3см;черный</t>
   </si>
   <si>
     <t>04022125</t>
   </si>
   <si>
     <t>12712B</t>
   </si>
   <si>
     <t>4732.00₸</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=145,H=30мм;черный</t>
   </si>
   <si>
     <t>04022126</t>
   </si>
   <si>
     <t>32016B</t>
   </si>
   <si>
     <t>5789.00₸</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;,L=14,B=14см;черный</t>
@@ -454,93 +451,90 @@
   <si>
     <t>04022131</t>
   </si>
   <si>
     <t>12770-15B</t>
   </si>
   <si>
     <t>6608.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=200,H=42мм;черный</t>
   </si>
   <si>
     <t>04022132</t>
   </si>
   <si>
     <t>12770-20B</t>
   </si>
   <si>
     <t>8358.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=210,H=45мм;черный</t>
   </si>
   <si>
     <t>04022133</t>
   </si>
   <si>
     <t>HE7002B</t>
   </si>
   <si>
     <t>8946.00₸</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=12,5см;черный</t>
   </si>
   <si>
     <t>04022175</t>
   </si>
   <si>
     <t>70M2S-12.5B</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=195,H=50,L=345мм;черный</t>
   </si>
   <si>
     <t>04022178</t>
   </si>
   <si>
     <t>HE720B</t>
   </si>
   <si>
     <t>8680.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Сковорода «Эмбер Каст Мэтт»;чугун,дерево;D=225,H=80,L=410мм;черный,тем.дерево</t>
   </si>
   <si>
     <t>04022179</t>
   </si>
   <si>
     <t>HER22B</t>
   </si>
   <si>
     <t>12264.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -2669,455 +2663,455 @@
         <v>107</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>146</v>
+        <v>64</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="L33" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L35" s="0">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>