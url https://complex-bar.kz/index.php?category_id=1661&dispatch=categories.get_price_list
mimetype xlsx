--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -70,161 +70,161 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;зелен.</t>
   </si>
   <si>
     <t>03200205</t>
   </si>
   <si>
     <t>PB</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Бумажные салфетки и полотенца</t>
   </si>
   <si>
     <t>1879.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;белый</t>
+  </si>
+  <si>
+    <t>03200206</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные треухслойные 33*33см[20шт];бум. салфет.;,H=2,L=13,B=13см;красный</t>
+  </si>
+  <si>
+    <t>03200209</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>717.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные трехслойные 25*25см[20шт];бум. салфет.;,H=2,L=13,B=13см;бордо</t>
+  </si>
+  <si>
+    <t>03200217</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные трехслойные 25*25см[20шт];бум. салфет.;,H=2,L=13,B=13см;синий</t>
+  </si>
+  <si>
+    <t>03200220</t>
+  </si>
+  <si>
+    <t>1171.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные трехслойные 25*25см[20шт];бум. салфет.;,H=2,L=13,B=13см;желт.</t>
+  </si>
+  <si>
+    <t>03200221</t>
+  </si>
+  <si>
+    <t>632.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;желт.</t>
+  </si>
+  <si>
+    <t>03200222</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;белый</t>
-[...64 lines deleted...]
-  <si>
     <t>Салфетки бумажные трехслойные 25*25см[20шт];бум. салфет.;,H=2,L=13,B=13см;красный</t>
   </si>
   <si>
     <t>03200223</t>
   </si>
   <si>
     <t>670.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;красный</t>
   </si>
   <si>
     <t>03200225</t>
   </si>
   <si>
     <t>12136.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;синий</t>
   </si>
   <si>
     <t>03200228</t>
   </si>
   <si>
     <t>9756.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;белый</t>
   </si>
   <si>
     <t>03200229</t>
   </si>
   <si>
     <t>11358.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;бордо</t>
   </si>
   <si>
     <t>03200230</t>
   </si>
   <si>
     <t>12051.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные трехслойные 25*25см[20шт];бум. салфет.;,H=2,L=13,B=13см;белый</t>
   </si>
   <si>
     <t>03200233</t>
   </si>
   <si>
     <t>Салфетки бумажные 24*24см[100шт];бум. салфет.;,L=12,B=12см;белый</t>
   </si>
   <si>
     <t>03200242</t>
   </si>
   <si>
     <t>185.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
@@ -253,323 +253,320 @@
   <si>
     <t>03200256</t>
   </si>
   <si>
     <t>5159.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные трехслойные 33*33см[250шт];бум. салфет.;,H=11,L=33,B=17см;зелен.</t>
   </si>
   <si>
     <t>03200262</t>
   </si>
   <si>
     <t>10342.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;оранжев.</t>
   </si>
   <si>
     <t>03200263</t>
   </si>
   <si>
     <t>1856.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;красный</t>
   </si>
   <si>
     <t>03200276</t>
   </si>
   <si>
     <t>1864.00₸</t>
   </si>
   <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;синий</t>
+  </si>
+  <si>
+    <t>03200277</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;бордо</t>
+  </si>
+  <si>
+    <t>03200278</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[100шт];бум. салфет.;,H=60,L=175,B=175мм;синий</t>
+  </si>
+  <si>
+    <t>03200294</t>
+  </si>
+  <si>
+    <t>1363.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;желт.</t>
+  </si>
+  <si>
+    <t>03200298</t>
+  </si>
+  <si>
+    <t>1779.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[100шт];бум. салфет.;,H=60,L=175,B=175мм;бордо</t>
+  </si>
+  <si>
+    <t>03201218</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные двухслойные 33*33см[250шт];бум. салфет.;,H=11,L=330,B=170мм;белый</t>
+  </si>
+  <si>
+    <t>03201219</t>
+  </si>
+  <si>
+    <t>8524.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус»[400шт];бум. салфет.;,L=24,B=24см;шампань</t>
+  </si>
+  <si>
+    <t>03201220</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;синий</t>
+  </si>
+  <si>
+    <t>03201228</t>
+  </si>
+  <si>
+    <t>2865.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;белый</t>
+  </si>
+  <si>
+    <t>03201229</t>
+  </si>
+  <si>
+    <t>1410.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;желт.</t>
+  </si>
+  <si>
+    <t>03201230</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;бордо</t>
+  </si>
+  <si>
+    <t>03201231</t>
+  </si>
+  <si>
+    <t>2603.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03201232</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;красный</t>
+  </si>
+  <si>
+    <t>03201233</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[300шт];бум. салфет.;,H=12,L=33,B=16,5см;черный</t>
+  </si>
+  <si>
+    <t>03201234</t>
+  </si>
+  <si>
+    <t>PAP</t>
+  </si>
+  <si>
+    <t>3027.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[400шт];бум. салфет.;,H=16,L=32,B=17см;черный</t>
+  </si>
+  <si>
+    <t>03201235</t>
+  </si>
+  <si>
+    <t>11915/93007</t>
+  </si>
+  <si>
+    <t>ЛАТВИЯ</t>
+  </si>
+  <si>
+    <t>3904.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» двухслойные 24*24см[250шт];бум. салфет.;,H=11,L=25,B=12,5см;черный</t>
+  </si>
+  <si>
+    <t>03201237</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,L=24,B=24см;черный</t>
+  </si>
+  <si>
+    <t>03201243</t>
+  </si>
+  <si>
+    <t>2149.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[100шт];бум. салфет.;,H=60,L=175,B=175мм;белый</t>
+  </si>
+  <si>
+    <t>03201246</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные 33*33см[300шт];бум. салфет.;,L=30,B=30см;шампань</t>
+  </si>
+  <si>
+    <t>03201247</t>
+  </si>
+  <si>
+    <t>1694.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные двухслойные 33*33см[200шт];бум. салфет.;,L=33,B=16,5см;шампань</t>
+  </si>
+  <si>
+    <t>03201248</t>
+  </si>
+  <si>
+    <t>1956.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» двухслойные 33*33см темн.-бежев.[250шт];,L=33,B=33см</t>
+  </si>
+  <si>
+    <t>03201249</t>
+  </si>
+  <si>
+    <t>11830/2</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» двухслойные 33*33см[250шт];серый</t>
+  </si>
+  <si>
+    <t>03201250</t>
+  </si>
+  <si>
+    <t>11831-15</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;синий</t>
-[...208 lines deleted...]
-  <si>
     <t>Салфетки бумажные «Папирус» двухслойные 33*33см[250шт];коричнев.</t>
   </si>
   <si>
     <t>03201251</t>
   </si>
   <si>
     <t>11839-2</t>
   </si>
   <si>
     <t>8902.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» однослойные 33*33см сжатые[300шт];черный</t>
   </si>
   <si>
     <t>03201252</t>
   </si>
   <si>
     <t>11915СЖ</t>
   </si>
   <si>
     <t>4844.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» однослойные 33*33см сжатые[300шт];,L=33,B=33см;шампань</t>
   </si>
   <si>
     <t>03201253</t>
   </si>
   <si>
     <t>11919СЖ</t>
   </si>
   <si>
     <t>2849.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные «Папирус» двухслойные 24*24см[200шт];,L=24,B=24см;салатов.</t>
   </si>
   <si>
     <t>03201254</t>
   </si>
   <si>
     <t>11821-11</t>
   </si>
   <si>
     <t>4128.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
     <t>Салфетки бумажные двухслойные 24*24см [250шт];,L=24,B=24см;белый</t>
   </si>
   <si>
     <t>03201256</t>
   </si>
   <si>
     <t>1148.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные однослойные 24*24см[400шт];белый</t>
   </si>
   <si>
     <t>03201257</t>
   </si>
   <si>
     <t>Torus</t>
   </si>
   <si>
     <t>Lime</t>
   </si>
   <si>
     <t>1386.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные[400шт];,L=24,B=24см;черный</t>
@@ -586,278 +583,275 @@
   <si>
     <t>03201259</t>
   </si>
   <si>
     <t>1587.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные однослойные 24*24см[400шт];желт.</t>
   </si>
   <si>
     <t>03201260</t>
   </si>
   <si>
     <t>2002.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные однослойные 24*24см[400шт];оранжев.</t>
   </si>
   <si>
     <t>03201261</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Салфетки бумажные[400шт];целлюл.;,L=24,B=24см;красный</t>
   </si>
   <si>
     <t>03201262</t>
   </si>
   <si>
     <t>2095.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные однослойные 24*24см[400шт];тем.зелен.</t>
   </si>
   <si>
     <t>03201263</t>
   </si>
   <si>
     <t>2041.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные[400шт];целлюл.;,L=33,B=33см;белый</t>
   </si>
   <si>
     <t>03201264</t>
   </si>
   <si>
     <t>2711.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[400шт];шампань</t>
+  </si>
+  <si>
+    <t>03201265</t>
+  </si>
+  <si>
+    <t>3050.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[400шт];желт.</t>
+  </si>
+  <si>
+    <t>03201266</t>
+  </si>
+  <si>
+    <t>3265.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[400шт];оранжев.</t>
+  </si>
+  <si>
+    <t>03201267</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные[400шт];,L=33,B=33см;красный</t>
+  </si>
+  <si>
+    <t>03201268</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 33*33см[400шт];тем.зелен.</t>
+  </si>
+  <si>
+    <t>03201269</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные[400шт];целлюл.;,L=33,B=33см;черный</t>
+  </si>
+  <si>
+    <t>03201270</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные для лица[100шт];целлюл.;белый</t>
+  </si>
+  <si>
+    <t>03201272</t>
+  </si>
+  <si>
+    <t>Motti</t>
+  </si>
+  <si>
+    <t>978.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные однослойные 24*24см[100шт];белый</t>
+  </si>
+  <si>
+    <t>03201273</t>
+  </si>
+  <si>
+    <t>293.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 33*33см[400шт];бум. салфет.;,H=13,L=33,B=17см;шампань</t>
+  </si>
+  <si>
+    <t>03201274</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные косметические 2-х слойные[200шт];белый</t>
+  </si>
+  <si>
+    <t>03201275</t>
+  </si>
+  <si>
+    <t>154200-Ц</t>
+  </si>
+  <si>
+    <t>624.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные 2-х слойные 33х33см[125шт];белый</t>
+  </si>
+  <si>
+    <t>03201276</t>
+  </si>
+  <si>
+    <t>1417.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» однослойные 33*33см [400шт];черный</t>
+  </si>
+  <si>
+    <t>03201702</t>
+  </si>
+  <si>
+    <t>8139.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Лайм» двухслойные[250шт];бумага;,L=24,B=24см;бордо</t>
+  </si>
+  <si>
+    <t>03202004</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные «Папирус» 24*24см[400шт];бум. салфет.;,H=16,L=25,B=12,5см;бирюз.</t>
+  </si>
+  <si>
+    <t>03202005</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки бумажные двухслойные 33*33см[200шт];бум. салфет.;,L=33,B=33см;белый</t>
+  </si>
+  <si>
+    <t>03202006</t>
+  </si>
+  <si>
+    <t>1872.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца бумажные однослойные V-сложение[250шт];бум. салфет.;,H=11,L=235,B=120мм;белый</t>
+  </si>
+  <si>
+    <t>08010602</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
     <t>20 шт.</t>
   </si>
   <si>
-    <t>Салфетки бумажные однослойные 33*33см[400шт];шампань</t>
-[...143 lines deleted...]
-    <t>693.00₸</t>
+    <t>Полотенца бумажные двухслойные Z-сложение[150шт];бум. салфет.;,H=75,L=230,B=170мм;белый</t>
+  </si>
+  <si>
+    <t>08010606</t>
+  </si>
+  <si>
+    <t>709.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки для диспенсера «Торк» 25*30см[250шт]</t>
+  </si>
+  <si>
+    <t>08010617</t>
+  </si>
+  <si>
+    <t>TOR-10903№2</t>
+  </si>
+  <si>
+    <t>TORK</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>755.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки для диспенсера[250шт];бумага;,L=25,B=30см;белый</t>
+  </si>
+  <si>
+    <t>08010631</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Салфетки для диспенсера[500шт];бум. салфет.;,L=33,B=33см;белый</t>
+  </si>
+  <si>
+    <t>08010636</t>
+  </si>
+  <si>
+    <t>6707.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Полотенца бумажные двухслойные Z-сложение[150шт];бум. салфет.;,H=75,L=230,B=170мм;белый</t>
-[...43 lines deleted...]
-  <si>
     <t>Полотенца бумажные однослойные V-сложение[250шт];целлюл.;,L=22,B=10см;белый</t>
   </si>
   <si>
     <t>08010638</t>
   </si>
   <si>
     <t>778.00₸</t>
   </si>
   <si>
     <t>Полотенца бумажные V-сложение,1-слойные[200шт];,L=22,5,B=11,5см;белый</t>
   </si>
   <si>
     <t>08010643</t>
   </si>
   <si>
     <t>647.00₸</t>
   </si>
   <si>
     <t>Полотенца бумажные однослойные Z-сложение[250шт];целлюл.;,L=225,B=80мм;белый</t>
   </si>
   <si>
     <t>08010656</t>
   </si>
   <si>
     <t>1001.00₸</t>
@@ -892,53 +886,50 @@
   <si>
     <t>Полотенца бумажные V-сложение,1-слойные[250шт];,L=22,5,B=11,5см;свет.-сер.</t>
   </si>
   <si>
     <t>08010667</t>
   </si>
   <si>
     <t>263250-М</t>
   </si>
   <si>
     <t>817.00₸</t>
   </si>
   <si>
     <t>Бумага туалетная в рулоне однослойная 480м[1шт];серый</t>
   </si>
   <si>
     <t>08013102</t>
   </si>
   <si>
     <t>Бумага туалетная</t>
   </si>
   <si>
     <t>1633.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Бумага туалетная в рулоне двухслойная 150м[12шт];белый</t>
   </si>
   <si>
     <t>08013103</t>
   </si>
   <si>
     <t>152145М</t>
   </si>
   <si>
     <t>12705.00₸</t>
   </si>
   <si>
     <t>Бумага туалетная в рулоне двухслойная 180м[12шт];белый</t>
   </si>
   <si>
     <t>08013104</t>
   </si>
   <si>
     <t>18211.00₸</t>
   </si>
   <si>
     <t>Бумага туалетная в рулоне двухслойная 17м[4шт];белый</t>
   </si>
   <si>
     <t>08013105</t>
@@ -1061,53 +1052,50 @@
     <t>616.00₸</t>
   </si>
   <si>
     <t>Бумага туалетная в рулоне двухслойная[4шт];белый</t>
   </si>
   <si>
     <t>08013118</t>
   </si>
   <si>
     <t>101732-М</t>
   </si>
   <si>
     <t>Покрытие на унитаз[5шт]</t>
   </si>
   <si>
     <t>08013401</t>
   </si>
   <si>
     <t>285.00₸</t>
   </si>
   <si>
     <t>Покрытие на унитаз[100шт]</t>
   </si>
   <si>
     <t>08013402</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 шт.</t>
   </si>
   <si>
     <t>Полотенца бумажные Tork Xpress листовые сложенные Multifold мягкие;бумага;,L=59,5,B=39мм;белый</t>
   </si>
   <si>
     <t>пустая</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Салфетки бумажные Tork  24*24, белые, 1 слой, листов 200/в коробе 20</t>
   </si>
   <si>
     <t>Салфетки бумажные белые Tork  33х33см. 1 слой. 5х100 листов. 10шт/кор.;бумага;,L=33,B=33мм;белый</t>
   </si>
   <si>
     <t>Салфетки для диспенсера Tork Universal IF №4</t>
   </si>
   <si>
     <t>10840-10</t>
   </si>
   <si>
     <t>Салфетки для диспенсера Uneversal цв.белый N1</t>
   </si>
@@ -4996,179 +4984,179 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="0">
         <v>12485</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="L8" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="0">
         <v>14270</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="0">
         <v>12483</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="L10" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0">
         <v>12487</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="0">
         <v>12484</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="L12" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="0">
         <v>12494</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
@@ -5412,3262 +5400,3262 @@
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="L21" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="L22" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="L23" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D24" s="0">
         <v>12307</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>63</v>
       </c>
       <c r="L25" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D26" s="0">
         <v>12322</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D27" s="0">
         <v>14486</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>63</v>
       </c>
       <c r="L28" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="L29" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="L30" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="L31" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="L32" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>118</v>
+        <v>63</v>
       </c>
       <c r="L33" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>50</v>
+        <v>118</v>
       </c>
       <c r="L34" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>126</v>
+        <v>63</v>
       </c>
       <c r="L35" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="L37" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D39" s="0">
         <v>12300</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>63</v>
       </c>
       <c r="L40" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>88</v>
+        <v>142</v>
       </c>
       <c r="L41" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>83</v>
+        <v>151</v>
       </c>
       <c r="L43" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>88</v>
+        <v>168</v>
       </c>
       <c r="L47" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="L48" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D49" s="0">
         <v>410100</v>
       </c>
       <c r="E49" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D50" s="0">
         <v>410150</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D51" s="0">
         <v>410650</v>
       </c>
       <c r="E51" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D52" s="0">
         <v>410800</v>
       </c>
       <c r="E52" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D53" s="0">
         <v>410250</v>
       </c>
       <c r="E53" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D54" s="0">
         <v>410700</v>
       </c>
       <c r="E54" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D55" s="0">
         <v>410600</v>
       </c>
       <c r="E55" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D56" s="0">
         <v>610100</v>
       </c>
       <c r="E56" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F56" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="L56" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D57" s="0">
         <v>610650</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L57" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D58" s="0">
         <v>610800</v>
       </c>
       <c r="E58" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L58" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D59" s="0">
         <v>610250</v>
       </c>
       <c r="E59" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D60" s="0">
         <v>610700</v>
       </c>
       <c r="E60" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D61" s="0">
         <v>610600</v>
       </c>
       <c r="E61" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D62" s="0">
         <v>610150</v>
       </c>
       <c r="E62" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F62" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D63" s="0">
         <v>153100</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L63" s="0">
         <v>42</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D64" s="0">
         <v>410102</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D65" s="0">
         <v>11919</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="B66" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="B67" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D67" s="0">
         <v>740100</v>
       </c>
       <c r="E67" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D68" s="0">
         <v>11915</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D69" s="0">
         <v>510400</v>
       </c>
       <c r="E69" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>63</v>
       </c>
       <c r="L70" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>246</v>
+        <v>79</v>
       </c>
       <c r="L71" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="L72" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D73" s="0"/>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="B74" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E74" s="0"/>
       <c r="F74" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D75" s="0">
         <v>14488</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L75" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D76" s="0">
         <v>16109</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="L76" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D77" s="0">
         <v>261252</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D78" s="0">
         <v>261301</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L78" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D79" s="0">
         <v>230250</v>
       </c>
       <c r="E79" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F79" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D80" s="0">
         <v>247100</v>
       </c>
       <c r="E80" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D81" s="0">
         <v>247150</v>
       </c>
       <c r="E81" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F81" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D82" s="0">
         <v>281201</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="B83" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D84" s="0">
         <v>151480</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>292</v>
+        <v>198</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D86" s="0">
         <v>152180</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D88" s="0">
         <v>102014</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D89" s="0">
         <v>105472</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D90" s="0">
         <v>301614</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="E91" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F91" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="E92" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F92" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="B93" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D93" s="0">
         <v>250110</v>
       </c>
       <c r="E93" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="B94" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D94" s="0">
         <v>250840</v>
       </c>
       <c r="E94" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F94" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D95" s="0">
         <v>10.2</v>
       </c>
       <c r="E95" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D96" s="0">
         <v>10.18</v>
       </c>
       <c r="E96" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F96" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>200</v>
+        <v>247</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="B97" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>63</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="B99" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="B100" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D101" s="0">
         <v>99535</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D102" s="0">
         <v>99531</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>349</v>
+        <v>28</v>
       </c>
       <c r="L102" s="0">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C103" s="0">
         <v>100288</v>
       </c>
       <c r="D103" s="0">
         <v>100288</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C104" s="0">
         <v>10130</v>
       </c>
       <c r="D104" s="0"/>
       <c r="E104" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C105" s="0">
         <v>10300</v>
       </c>
       <c r="D105" s="0">
         <v>10300</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="B106" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D106" s="0"/>
       <c r="E106" s="0"/>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D107" s="0"/>
       <c r="E107" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="B108" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C108" s="0">
         <v>120380</v>
       </c>
       <c r="D108" s="0"/>
       <c r="E108" s="0"/>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D109" s="0">
         <v>15850</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D110" s="0">
         <v>471110</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D111" s="0">
         <v>473498</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D112" s="0"/>
       <c r="E112" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C113" s="0">
         <v>477215</v>
       </c>
       <c r="D113" s="0">
         <v>477215</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C114" s="0">
         <v>477825</v>
       </c>
       <c r="D114" s="0">
         <v>477825</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C115" s="0">
         <v>477829</v>
       </c>
       <c r="D115" s="0">
         <v>477829</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="0"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="B116" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D116" s="0"/>
       <c r="E116" s="0"/>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="B117" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D117" s="0"/>
       <c r="E117" s="0"/>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C118" s="0">
         <v>478746</v>
       </c>
       <c r="D118" s="0"/>
       <c r="E118" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="B119" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D119" s="0"/>
       <c r="E119" s="0"/>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="B120" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D120" s="0"/>
       <c r="E120" s="0"/>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>349</v>
+        <v>79</v>
       </c>
       <c r="L121" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="D122" s="0"/>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="0">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>