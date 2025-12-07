--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -91,153 +91,159 @@
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Средства очистки для кофемашин</t>
   </si>
   <si>
     <t>3850.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013816</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
     <t>5621.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D22» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013817</t>
   </si>
   <si>
     <t>D22</t>
   </si>
   <si>
     <t>12474.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G21» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013818</t>
   </si>
   <si>
     <t>G21</t>
   </si>
   <si>
     <t>Алкадем</t>
   </si>
   <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013819</t>
+  </si>
+  <si>
+    <t>G31</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G32» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013820</t>
+  </si>
+  <si>
+    <t>G32</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G33» таблетированное (80 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013821</t>
+  </si>
+  <si>
+    <t>G33</t>
+  </si>
+  <si>
     <t>7315.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...11 lines deleted...]
-    <t>6083.00₸</t>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Средство для очистки молочных систем кофемашин «Алкадем М12» экологичное;1л;,H=24,L=26см;белый</t>
+  </si>
+  <si>
+    <t>08013822</t>
+  </si>
+  <si>
+    <t>М12</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Средство для удаления кофейных масел «Алкадем G32» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
-[...37 lines deleted...]
-  <si>
     <t>Средство для очистки жерновов кофемолок «Алкадем К41» экологичное;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013823</t>
   </si>
   <si>
     <t>К41</t>
   </si>
   <si>
-    <t>8470.00₸</t>
-[...2 lines deleted...]
-    <t>25 шт.</t>
+    <t>8701.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1112,123 +1118,123 @@
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="L9" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>