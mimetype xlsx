--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -112,51 +112,51 @@
   <si>
     <t>Pinch&amp;Drop</t>
   </si>
   <si>
     <t>Syrup 1L</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>2950.00₸</t>
   </si>
   <si>
     <t>Сироп «Пряная тыква» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05034938</t>
   </si>
   <si>
     <t>LSY085GSA</t>
   </si>
   <si>
     <t>6969.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
+    <t>более 100 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -171,51 +171,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935554-5E8D-11ED-BC00-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407C55-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DF6B0A8-A13E-11EF-BC53-00505692E2D03.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935554-5E8D-11ED-BC00-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48CFB29-BBCD-11F0-BC5A-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DF6B0A8-A13E-11EF-BC53-00505692E2D03.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>