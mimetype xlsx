--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -145,200 +145,191 @@
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Сироп «Базилик» ODK;стекло;0,75л;D=65,H=305мм;зелен.</t>
   </si>
   <si>
     <t>05045003</t>
   </si>
   <si>
     <t>LSY017GSA</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Syrup 0,75L</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>5929.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Зеленая Мята» ODK;стекло;0,75л;D=65,H=305мм;зелен.</t>
   </si>
   <si>
     <t>05045024</t>
   </si>
   <si>
     <t>LSY023GSARU</t>
   </si>
   <si>
     <t>4928.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Гибискус» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045028</t>
   </si>
   <si>
     <t>LSY056GSARU</t>
   </si>
   <si>
     <t>6122.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Сироп «Гибискус» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045028-А1</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сироп «Жасмин» ODK;стекло;0,75л;D=65,H=305мм;белый</t>
   </si>
   <si>
     <t>05045031</t>
   </si>
   <si>
     <t>LSY038GSA</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Жасмин» ODK уцененный;стекло;0,75л;D=65,H=305мм;белый</t>
   </si>
   <si>
     <t>05045031-А1</t>
   </si>
   <si>
     <t>Сироп «Лаванда» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045033</t>
   </si>
   <si>
     <t>LSY052GSARU</t>
   </si>
   <si>
-    <t>18 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Ревень» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045046</t>
   </si>
   <si>
     <t>LSY013GSARU</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Сироп «Роза» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045048</t>
   </si>
   <si>
     <t>LSY031GSARU</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...10 lines deleted...]
-  <si>
     <t>Сироп «Чай Матча» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045052</t>
   </si>
   <si>
     <t>LSY062GSARU</t>
   </si>
   <si>
     <t>6584.00₸</t>
   </si>
   <si>
     <t>Сироп «Фиалка» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045056</t>
   </si>
   <si>
     <t>LSY011GSARU</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Фиалка» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045056-А1</t>
   </si>
   <si>
-    <t>05045056-А2</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Перечная Мята» ODK;стекло;0,75л;D=65,H=305мм;белый</t>
   </si>
   <si>
     <t>05045059</t>
   </si>
   <si>
     <t>LSY005GSARU</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Жасмин» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
   </si>
   <si>
     <t>05045093</t>
   </si>
   <si>
     <t>PD-S062G1000-1</t>
   </si>
   <si>
+    <t>Сироп «Жасмин» Pinch&amp;Drop уцененный;стекло;1л;D=85,H=330мм;белый</t>
+  </si>
+  <si>
+    <t>05045093-А1</t>
+  </si>
+  <si>
     <t>Сироп «Фиалка» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;синий</t>
   </si>
   <si>
     <t>05045096</t>
   </si>
   <si>
     <t>PD-S065G1000-1</t>
   </si>
   <si>
     <t>Сироп «Лемонграсс» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05045118</t>
   </si>
   <si>
     <t>PD-S055G1000-1</t>
   </si>
   <si>
     <t>Сироп «Базилик» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;зелен.</t>
   </si>
   <si>
     <t>05045135</t>
   </si>
   <si>
     <t>PD-S066G1000-1</t>
@@ -356,50 +347,56 @@
     <t>Syrup 1L PET Pinch&amp;Drop</t>
   </si>
   <si>
     <t>2607.00₸</t>
   </si>
   <si>
     <t>Сироп «Кактус Опунция» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05030618</t>
   </si>
   <si>
     <t>PD-S083G1000-1</t>
   </si>
   <si>
     <t>2950.00₸</t>
   </si>
   <si>
     <t>Сироп «Сакура Сэкияма» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05030414</t>
   </si>
   <si>
     <t>PD-S079G1000-1</t>
+  </si>
+  <si>
+    <t>Сироп «Зеленая Мята» Pinch&amp;Drop уцененный;пластик;1л;D=83,H=267мм</t>
+  </si>
+  <si>
+    <t>05045182-А1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -414,51 +411,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374AB1-71BB-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F40E7C5-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374685-71BB-11EE-BC0F-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549CD8D-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0AD4-74D4-11EE-BC0F-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A23CDBF0-A6C2-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDEC38-A6C2-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA9D88-7D22-11EF-BC57-00505692E0498.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BE302CC-2A96-11F0-BC48-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BC65226-5E8D-11ED-BC00-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9654D103-418B-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4405005C-7D22-11EF-BC57-00505692E04912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897BA9A6-A6C2-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B61B3DD-5E8D-11ED-BC00-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D916F974-4193-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/210AC1DC-4194-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EB4E331-5E8D-11ED-BC00-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3421D3-6193-11EF-BC4D-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C21C91-2A8F-11F0-BC54-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995FA8A4-2A8F-11F0-BC54-00505692E2D020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3422F1-6193-11EF-BC4D-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549CA8F-71BB-11EE-BC0F-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4A43-71BB-11EE-BC0F-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F50E8-71BB-11EE-BC0F-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91526E34-71BB-11EE-BC0F-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0DD0D11-5A52-11EF-BC45-0050569297EB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC2942-7C52-11EF-BC4D-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052C686D-3A37-11F0-BC55-00505692E2D028.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374AB1-71BB-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA847124-BBCD-11F0-BC5A-00505692E2D02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374685-71BB-11EE-BC0F-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549CD8D-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0AD4-74D4-11EE-BC0F-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A23CDBF0-A6C2-11EF-BC53-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDEC38-A6C2-11EF-BC53-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA9D88-7D22-11EF-BC57-00505692E0498.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BE302CC-2A96-11F0-BC48-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BC65226-5E8D-11ED-BC00-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9654D103-418B-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4405005C-7D22-11EF-BC57-00505692E04912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897BA9A6-A6C2-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B61B3DD-5E8D-11ED-BC00-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EB4E331-5E8D-11ED-BC00-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3421D3-6193-11EF-BC4D-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C21C91-2A8F-11F0-BC54-00505692E2D017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3422F1-6193-11EF-BC4D-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549CA8F-71BB-11EE-BC0F-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0C3B583-3108-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4A43-71BB-11EE-BC0F-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F50E8-71BB-11EE-BC0F-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C07FE403-BBCD-11F0-BC5A-00505692E2D023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860C6B8F-C7F0-11F0-BC5A-00505692E2D024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC2942-7C52-11EF-BC4D-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052C686D-3A37-11F0-BC55-00505692E2D026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887F770A-C7F0-11F0-BC5A-00505692E2D027.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1229,80 +1226,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1548,62 +1515,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030913/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031110/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05037504/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039908/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039967/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045003/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045024/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045028/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045028-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045031/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045031-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045033/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045046/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045048/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045048-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045048-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045052/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045056/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045056-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045056-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045059/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045093/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045096/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045118/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045135/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045182/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030414/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030913/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031110/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05037504/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039908/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039967/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045003/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045024/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045028/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045028-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045031/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045031-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045033/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045046/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045048/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045052/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045056/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045056-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045059/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045093/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045093-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045096/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045118/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045135/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045182/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030414/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045182-a1/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L29"/>
+  <dimension ref="A1:L28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I29" sqref="I29"/>
+      <selection activeCell="I28" sqref="I28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1814,85 +1781,85 @@
         <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>41</v>
       </c>
@@ -1948,117 +1915,117 @@
         <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>41</v>
       </c>
@@ -2082,555 +2049,522 @@
         <v>69</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D17" s="0"/>
+        <v>77</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>78</v>
+      </c>
       <c r="E17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D20" s="0"/>
+        <v>86</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>87</v>
+      </c>
       <c r="E20" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>19</v>
+        <v>103</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L28" s="0">
-        <v>6</v>
-[...32 lines deleted...]
-      <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
-    <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>