--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -76,51 +76,51 @@
   <si>
     <t>Топпинг «Апельсин» Pinch&amp;Drop 1кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031208</t>
   </si>
   <si>
     <t>PD-Т020P1000-2</t>
   </si>
   <si>
     <t>Pinch&amp;Drop</t>
   </si>
   <si>
     <t>Topping 1L</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Цитрусовые топпинги</t>
   </si>
   <si>
     <t>3140.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
+    <t>более 100 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>