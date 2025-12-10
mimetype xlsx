--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -151,285 +151,267 @@
   <si>
     <t>PD-S017CP50-1</t>
   </si>
   <si>
     <t>Syrup 0,015L</t>
   </si>
   <si>
     <t>2744.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сироп «Айриш Крим» ароматизированный порционный Pinch&amp;Drop[30шт];картон;15мл;,H=12,L=15,5,B=10см</t>
   </si>
   <si>
     <t>05039934</t>
   </si>
   <si>
     <t>PD-SN17017CP30-1</t>
   </si>
   <si>
     <t>2264.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Глинтвейн» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05039943</t>
   </si>
   <si>
     <t>LSY055GSA</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Syrup 0,75L</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>5775.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Сироп «Глинтвейн» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05039943-А1</t>
+  </si>
+  <si>
+    <t>Сироп «Амаретто» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм</t>
+  </si>
+  <si>
+    <t>05039944</t>
+  </si>
+  <si>
+    <t>PD-S001G0250-1</t>
+  </si>
+  <si>
+    <t>Syrup 0,25L</t>
+  </si>
+  <si>
+    <t>1167.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Сироп «Глинтвейн» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
-[...2 lines deleted...]
-    <t>05039943-А1</t>
+    <t>Сироп «Блю Кюрасао» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм;синий</t>
+  </si>
+  <si>
+    <t>05039960</t>
+  </si>
+  <si>
+    <t>PD-S005G0250-1</t>
+  </si>
+  <si>
+    <t>Сироп «Блю Кюрасао» Pinch&amp;Drop уцененный;стекло;250мл;D=54,H=202мм;синий</t>
+  </si>
+  <si>
+    <t>05039960-А1</t>
+  </si>
+  <si>
+    <t>Сироп «Айриш Крим» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм</t>
+  </si>
+  <si>
+    <t>05039964</t>
+  </si>
+  <si>
+    <t>PD-S017G0250-1</t>
+  </si>
+  <si>
+    <t>Сироп «Кубинский Мохито» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм;белый</t>
+  </si>
+  <si>
+    <t>05039970</t>
+  </si>
+  <si>
+    <t>PD-S031G0250-1</t>
+  </si>
+  <si>
+    <t>Сироп «Трипл-Сек» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
+  </si>
+  <si>
+    <t>05039979</t>
+  </si>
+  <si>
+    <t>PD-S052G1000-1</t>
+  </si>
+  <si>
+    <t>2950.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Айриш Крим» ароматизированный порционный Pinch&amp;Drop на подложке[50шт];поливинилхл.;15мл;D=45,</t>
+  </si>
+  <si>
+    <t>05039984</t>
+  </si>
+  <si>
+    <t>PD-SN17017CP50-1</t>
+  </si>
+  <si>
+    <t>Сироп «Амаретто» ODK;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045001</t>
+  </si>
+  <si>
+    <t>LSY020GSARU</t>
+  </si>
+  <si>
+    <t>5352.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Фалернум» ODK;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045019</t>
+  </si>
+  <si>
+    <t>LSY012GSARU</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Сироп «Ирландский» ODK;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045029</t>
+  </si>
+  <si>
+    <t>LSY027GSA</t>
+  </si>
+  <si>
+    <t>6584.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Ирландский» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045029-А1</t>
+  </si>
+  <si>
+    <t>Сироп «Итальянский Сприц» ODK;стекло;0,75л;D=65,H=305мм;красный</t>
+  </si>
+  <si>
+    <t>05045030</t>
+  </si>
+  <si>
+    <t>LSY054GSARU</t>
+  </si>
+  <si>
+    <t>6276.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Маргарита» ODK;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045037</t>
+  </si>
+  <si>
+    <t>LSY053GSA</t>
+  </si>
+  <si>
+    <t>6969.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
-    <t>Сироп «Амаретто» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм</t>
-[...154 lines deleted...]
-  <si>
     <t>Сироп «Мохито» ODK;стекло;0,75л;D=65,H=305мм;зелен.</t>
   </si>
   <si>
     <t>05045038</t>
   </si>
   <si>
     <t>LSY025GSA</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Пина Колада» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045043</t>
   </si>
   <si>
     <t>LSY029GSARU</t>
   </si>
   <si>
     <t>Сироп «Карибский» ODK;стекло;0,75л;D=65,H=305мм;белый</t>
   </si>
   <si>
     <t>05045047</t>
   </si>
   <si>
     <t>LSY030GSA</t>
   </si>
   <si>
-    <t>21 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Сироп «Блю Кюрасао» ODK;стекло;0,75л;D=65,H=305мм;синий</t>
   </si>
   <si>
     <t>05045054</t>
   </si>
   <si>
     <t>LSY003GSARU</t>
   </si>
   <si>
     <t>5236.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>36 шт.</t>
   </si>
   <si>
     <t>Сироп «Мохито» ODK;пластик;1л;D=8,H=32см;зелен.</t>
   </si>
   <si>
     <t>05045112</t>
   </si>
   <si>
     <t>LSY025PLARU</t>
   </si>
   <si>
     <t>Syrup 1L PET ODK</t>
   </si>
   <si>
     <t>6699.00₸</t>
   </si>
   <si>
     <t>Сироп «Итальянский Сприц» ODK;пластик;1л;D=8,H=32см</t>
   </si>
   <si>
     <t>05045142</t>
   </si>
   <si>
     <t>LSY054PLARU</t>
   </si>
@@ -501,51 +483,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4210FF-71BB-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9152704A-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E798AB8E-8A71-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F519A-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A957518-779E-11EF-BC4D-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937E6810-2223-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937E6919-2223-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DFA52DA-F338-11ED-BC09-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E517669-419D-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB4173-74D4-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB40AF-74D4-11EE-BC0F-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9529B53-2C68-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB4225-74D4-11EE-BC0F-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE9AB154-2C69-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0CD8-74D4-11EE-BC0F-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4BA7-71BB-11EE-BC0F-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FFBE87B-05D8-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F301541B-1ABB-11F0-BC4F-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C453AE3-7D22-11EF-BC57-00505692E04919.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EADD8CB-2A98-11F0-BC48-00505692492F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550BA53E-5E8D-11ED-BC00-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ACA93D9-40FB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA8C9B-7D22-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935557-5E8D-11ED-BC00-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935555-5E8D-11ED-BC00-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAD423B-7D22-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97F4FB77-7FE2-11ED-BC04-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F43A97D2-6193-11EF-BC4D-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BBA76-4DC5-11EF-BC57-00505692E04929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86073A1F-6F27-11EE-BC0F-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E5B1F33-071C-11F0-BC57-00505692E04931.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4210FF-71BB-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9152704A-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E798AB8E-8A71-11EF-BC53-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F519A-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A957518-779E-11EF-BC4D-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937E6810-2223-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937E6919-2223-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DFA52DA-F338-11ED-BC09-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E517669-419D-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB4173-74D4-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB40AF-74D4-11EE-BC0F-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6AFEE4C-2C68-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97BB4225-74D4-11EE-BC0F-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0CD8-74D4-11EE-BC0F-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4BA7-71BB-11EE-BC0F-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FFBE87B-05D8-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F301541B-1ABB-11F0-BC4F-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C453AE3-7D22-11EF-BC57-00505692E04918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550BA53E-5E8D-11ED-BC00-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ACA93D9-40FB-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA8C9B-7D22-11EF-BC57-00505692E04921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935557-5E8D-11ED-BC00-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41935555-5E8D-11ED-BC00-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAD423B-7D22-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97F4FB77-7FE2-11ED-BC04-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F43A97D2-6193-11EF-BC4D-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BBA76-4DC5-11EF-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86073A1F-6F27-11EE-BC0F-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E5B1F33-071C-11F0-BC57-00505692E04929.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1376,110 +1358,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1725,62 +1647,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030906/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034711/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034937/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039928/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039934/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05039943/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05039943-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039944/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039960/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039960-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039964/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039964-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039970/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039979/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039984/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045001/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045019/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045019-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045029/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045029-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045030/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045037/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045038/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045043/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045047/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045054/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045112/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045142/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031313/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032202/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032308/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030906/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034711/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034937/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039928/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039934/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05039943/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05039943-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039944/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039960/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039960-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039964/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039970/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039979/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039984/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045001/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045019/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045029/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045029-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045030/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045037/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045038/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045043/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045047/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045054/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045112/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045142/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031313/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032202/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032308/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L34"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I34" sqref="I34"/>
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2025,964 +1947,898 @@
         <v>41</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="F9" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F10" s="0" t="s">
+      <c r="G10" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G10" s="0" t="s">
+      <c r="H10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L17" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>82</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="L18" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E19" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F19" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F19" s="0" t="s">
+      <c r="G19" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F21" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="G21" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D23" s="0"/>
+      <c r="D23" s="0" t="s">
+        <v>100</v>
+      </c>
       <c r="E23" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F23" s="0" t="s">
+      <c r="G23" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E24" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F24" s="0" t="s">
+      <c r="G24" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E25" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="G25" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E26" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="G26" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E27" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F28" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="G28" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>118</v>
+        <v>52</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D29" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="E29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="G29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>127</v>
+        <v>16</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
-      <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>127</v>
+        <v>16</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
-      <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L32" s="0">
-        <v>6</v>
-[...64 lines deleted...]
-      <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
-    <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
-    <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>