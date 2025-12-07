--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -94,188 +94,182 @@
   <si>
     <t>Ягодные пюре</t>
   </si>
   <si>
     <t>6521.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Пюре «Клюква» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05039915</t>
   </si>
   <si>
     <t>PD-P021P1000-2</t>
   </si>
   <si>
     <t>9701.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>05039915-А2</t>
-[...5 lines deleted...]
-    <t>8267.00₸</t>
+    <t>Пюре «Малина» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039916</t>
+  </si>
+  <si>
+    <t>PD-P027P1000-2</t>
+  </si>
+  <si>
+    <t>10256.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Черная Смородина» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039918</t>
+  </si>
+  <si>
+    <t>PD-P039P1000-2</t>
+  </si>
+  <si>
+    <t>10047.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Черная Смородина» фруктовое Pinch&amp;Drop уцененное;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039918-А1</t>
+  </si>
+  <si>
+    <t>№39.</t>
+  </si>
+  <si>
+    <t>8562.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Облепиха» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039920</t>
+  </si>
+  <si>
+    <t>PD-P049P1000-2</t>
+  </si>
+  <si>
+    <t>7245.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Вишня» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039921</t>
+  </si>
+  <si>
+    <t>PD-P008P1000-2</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Земляника» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039982</t>
+  </si>
+  <si>
+    <t>PD-P053P1000-2</t>
+  </si>
+  <si>
+    <t>11874.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Земляника» фруктовое Pinch&amp;Drop уцененное;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039982-А1</t>
+  </si>
+  <si>
+    <t>10119.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Пюре «Малина» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
-[...79 lines deleted...]
-  <si>
     <t>Концентрат «Клубника» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05039996</t>
   </si>
   <si>
     <t>LMF001PSARU</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Fruity Mix 0,75L</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
+    <t>Концентрат «Клубника» фруктовый ODK уцененный;пластик;0,75л;D=65,H=280мм</t>
+  </si>
+  <si>
+    <t>05039996-А2</t>
+  </si>
+  <si>
     <t>Концентрат «Клюква» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05040000</t>
   </si>
   <si>
     <t>LMF005PSARU</t>
   </si>
   <si>
-    <t>50 шт.</t>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Концентрат «Малина» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045078</t>
   </si>
   <si>
     <t>LMF015PSARU</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Концентрат «Ежевика» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045079</t>
   </si>
   <si>
     <t>LMF016PSARU</t>
   </si>
   <si>
     <t>Концентрат «Лесные Ягоды» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045080</t>
   </si>
   <si>
     <t>LMF017PSARU</t>
   </si>
   <si>
     <t>Концентрат «Вишня» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045081</t>
   </si>
   <si>
     <t>LMF018PSARU</t>
@@ -283,90 +277,90 @@
   <si>
     <t>Концентрат «Арбуз» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045083</t>
   </si>
   <si>
     <t>LMF020PSARU</t>
   </si>
   <si>
     <t>Концентрат «Арбуз» фруктовый ODK уцененный;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045083-А1</t>
   </si>
   <si>
     <t>Концентрат «Черника» фруктовый ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05045086</t>
   </si>
   <si>
     <t>LMF025PSARU</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пюре «Фейхоа» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05045173</t>
   </si>
   <si>
     <t>PD-P038P1000-2</t>
   </si>
   <si>
     <t>11649.00₸</t>
   </si>
   <si>
     <t>Пюре «Фейхоа» фруктовое Pinch&amp;Drop уцененное;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05045173-А1</t>
   </si>
   <si>
     <t>9927.00₸</t>
   </si>
   <si>
     <t>Пюре «Черника» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05039619</t>
   </si>
   <si>
+    <t>PD-P087P1000-2</t>
+  </si>
+  <si>
+    <t>8232.00₸</t>
+  </si>
+  <si>
+    <t>Пюре «Черешня» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
+  </si>
+  <si>
+    <t>05039805</t>
+  </si>
+  <si>
     <t>PD-P086P1000-2</t>
-  </si>
-[...7 lines deleted...]
-    <t>05039805</t>
   </si>
   <si>
     <t>8575.00₸</t>
   </si>
   <si>
     <t>Пюре «Черноплодная рябина» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05039804</t>
   </si>
   <si>
     <t>PD-P085P1000-2</t>
   </si>
   <si>
     <t>6174.00₸</t>
   </si>
   <si>
     <t>Пюре «Ежевика» фруктовое Pinch&amp;Drop;пластик;1л;D=7,H=26см</t>
   </si>
   <si>
     <t>05039803</t>
   </si>
   <si>
     <t>PD-P011P1000-2</t>
   </si>
@@ -417,51 +411,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA4622A-D2D2-11ED-BC05-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA460B3-D2D2-11ED-BC05-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D19770FB-0E97-11EE-BC09-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA45EC1-D2D2-11ED-BC05-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA45B66-D2D2-11ED-BC05-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D04DC68B-0E98-11EE-BC09-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19BD639E-2AA6-11F0-BC54-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA463FA-D2D2-11ED-BC05-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F66E51-4ABE-11F0-BC59-00505692E0499.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BB94E71-4ABF-11F0-BC59-00505692E04910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7300555D-FFCC-11ED-BC09-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217CDE-06B4-11EE-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217B7D-06B4-11EE-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508445-053D-11EE-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508393-053D-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F50851B-053D-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F5085BB-053D-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57BD2403-5D2C-11EE-BC0E-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F5082AB-053D-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83AD8B69-4CBE-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341EDDA2-5BA5-11EE-BC0E-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A84EE80-918F-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98208671-BCB5-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98208583-BCB5-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E7AA56F-BCB5-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35240DDA-50EA-11F0-BC4A-00505692492F26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA4622A-D2D2-11ED-BC05-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA460B3-D2D2-11ED-BC05-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA45EC1-D2D2-11ED-BC05-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA45B66-D2D2-11ED-BC05-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D04DC68B-0E98-11EE-BC09-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19BD639E-2AA6-11F0-BC54-00505692E2D06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBA463FA-D2D2-11ED-BC05-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F66E51-4ABE-11F0-BC59-00505692E0498.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BB94E71-4ABF-11F0-BC59-00505692E0499.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7300555D-FFCC-11ED-BC09-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08FEBD21-5D13-11EE-BC0E-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217CDE-06B4-11EE-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6217B7D-06B4-11EE-BC09-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508445-053D-11EE-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F508393-053D-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F50851B-053D-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F5085BB-053D-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57BD2403-5D2C-11EE-BC0E-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F5082AB-053D-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83AD8B69-4CBE-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341EDDA2-5BA5-11EE-BC0E-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A84EE80-918F-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98208671-BCB5-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98208583-BCB5-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E7AA56F-BCB5-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35240DDA-50EA-11F0-BC4A-00505692492F26.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1491,51 +1485,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039914/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039915/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039915-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039916/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039918/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039918-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039920/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039921/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039982/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039982-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05039996/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05040000/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045078/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045079/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045080/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045081/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045083/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045083-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045086/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05045173/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05045173-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039619/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039805/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039804/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039803/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045086krd/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039914/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039915/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039916/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039918/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039918-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039920/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039921/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039982/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039982-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05039996/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05039996-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05040000/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045078/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045079/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045080/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045081/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045083/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045083-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045086/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05045173/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05045173-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039619/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039805/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039804/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pyure-pinch-and-drop-05039803/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koncentrat-odk-05045086krd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -1630,76 +1624,76 @@
         <v>15</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
@@ -1723,85 +1717,85 @@
         <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
@@ -1839,641 +1833,639 @@
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="D11" s="0"/>
+      <c r="D11" s="0" t="s">
+        <v>56</v>
+      </c>
       <c r="E11" s="0" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="0"/>
+      <c r="E12" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>