--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -76,122 +76,122 @@
   <si>
     <t>Топпинг «Банан» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05030515</t>
   </si>
   <si>
     <t>PD-Т010P1000-2</t>
   </si>
   <si>
     <t>Pinch&amp;Drop</t>
   </si>
   <si>
     <t>Topping 1L</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Фруктовые топпинги</t>
   </si>
   <si>
     <t>3140.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Топпинг «Кокос» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05030710</t>
+  </si>
+  <si>
+    <t>PD-Т004P1000-2</t>
+  </si>
+  <si>
+    <t>Ореховые топпинги</t>
+  </si>
+  <si>
+    <t>Топпинг «Киви» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05030808</t>
+  </si>
+  <si>
+    <t>PD-Т024P1000-2</t>
+  </si>
+  <si>
+    <t>Топпинг «Клубника» 1 кг/0,75 л;пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05031005</t>
+  </si>
+  <si>
+    <t>Альценой</t>
+  </si>
+  <si>
+    <t>topping</t>
+  </si>
+  <si>
+    <t>Ягодные топпинги</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Топпинг «Клубника» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05031017</t>
+  </si>
+  <si>
+    <t>PD-Т001P1000-2</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Топпинг «Зеленая мята» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05031109</t>
+  </si>
+  <si>
+    <t>PD-Т014P1000-2</t>
+  </si>
+  <si>
+    <t>Травяные топпинги</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Топпинг «Кокос» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
-[...67 lines deleted...]
-  <si>
     <t>Топпинг «Апельсин» Pinch&amp;Drop 1кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031208</t>
   </si>
   <si>
     <t>PD-Т020P1000-2</t>
   </si>
   <si>
     <t>Цитрусовые топпинги</t>
   </si>
   <si>
     <t>Топпинг «Манго» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031308</t>
   </si>
   <si>
     <t>PD-Т029P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Шоколад» 1 кг/0,75 л;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031417</t>
@@ -241,89 +241,77 @@
   <si>
     <t>05031723</t>
   </si>
   <si>
     <t>PD-Т003P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Соленая карамель» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031726</t>
   </si>
   <si>
     <t>PD-Т041P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Ваниль» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05031915</t>
   </si>
   <si>
     <t>PD-Т005P1000-2</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Топпинг «Вишня» 1 кг/0,75 л;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05032004</t>
   </si>
   <si>
     <t>2395.00₸</t>
   </si>
   <si>
     <t>Топпинг «Вишня» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05032018</t>
   </si>
   <si>
     <t>PD-Т023P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Лесной орех» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05032118</t>
   </si>
   <si>
     <t>PD-Т011P1000-2</t>
   </si>
   <si>
-    <t>34 шт.</t>
-[...7 lines deleted...]
-  <si>
     <t>Топпинг «Клюква» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05033110</t>
   </si>
   <si>
     <t>PD-Т026P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Персик» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05033412</t>
   </si>
   <si>
     <t>PD-Т021P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Малина» 1 кг/0,75 л;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05033603</t>
   </si>
   <si>
     <t>2765.00₸</t>
@@ -380,50 +368,71 @@
     <t>05036201</t>
   </si>
   <si>
     <t>Dolce Rosa</t>
   </si>
   <si>
     <t>3042.00₸</t>
   </si>
   <si>
     <t>Топпинг «Кленовый сироп» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05036404</t>
   </si>
   <si>
     <t>PD-Т025P1000-2</t>
   </si>
   <si>
     <t>Топпинг «Халва» Pinch&amp;Drop 1 кг;пластик;D=8,H=26см</t>
   </si>
   <si>
     <t>05038402</t>
   </si>
   <si>
     <t>PD-Т032P1000-2</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Топпинг «Манго» Pinch&amp;Drop 1 кг (обновленный);пластик;D=25,H=26см</t>
+  </si>
+  <si>
+    <t>05032132</t>
+  </si>
+  <si>
+    <t>PD-Т029P1000-1</t>
+  </si>
+  <si>
+    <t>Топпинг «Малина» Pinch&amp;Drop 1 кг (обновленный);пластик;D=8,H=26см</t>
+  </si>
+  <si>
+    <t>05032153</t>
+  </si>
+  <si>
+    <t>PD-Т028P1000-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -438,51 +447,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692D-4254-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B6-3126-11EC-BBF4-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6933-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04180-F160-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6936-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB0CB890-E3D2-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692C-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693B-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3A216D0-F160-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692E-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E5D7D3-4803-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693D-4254-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04181-F160-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6932-4254-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B767F2C4-814A-11E9-BBBA-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692F-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04183-F160-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6930-4254-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6939-4254-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A7B9BDB-480E-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6937-4254-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B5-3126-11EC-BBF4-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F0417F-F160-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693A-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6942-4254-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6940-4254-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693F-4254-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693E-4254-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04182-F160-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B7-3126-11EC-BBF4-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6941-4254-11E8-A155-00259035BB6731.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692D-4254-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B6-3126-11EC-BBF4-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6933-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04180-F160-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6936-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB0CB890-E3D2-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692C-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693B-4254-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3A216D0-F160-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692E-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74E5D7D3-4803-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693D-4254-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04181-F160-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6932-4254-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B767F2C4-814A-11E9-BBBA-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A692F-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04183-F160-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6930-4254-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6939-4254-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6937-4254-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B5-3126-11EC-BBF4-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F0417F-F160-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693A-4254-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6942-4254-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6940-4254-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693F-4254-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A693E-4254-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F04182-F160-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B7-3126-11EC-BBF4-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6941-4254-11E8-A155-00259035BB6730.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1330,80 +1339,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1662,62 +1641,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-banan-pinch-and-drop-05030515/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-kokos-pinch-and-drop-05030710/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-kivi-pinch-and-drop-05030808/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031005/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klubnika-pinch-and-drop-05031017/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-zelenaya-myata-pinch-and-drop-05031109/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-apelsin-pinch-and-drop-05031208/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-mango-pinch-and-drop-05031308/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031417/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-belyy-shokolad-pinch-and-drop-05031428/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-pinch-and-drop-05031428-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-shokolad-pinch-and-drop-05031429/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031703/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-karamel-pinch-and-drop-05031723/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-solenaya-karamel-pinch-and-drop-05031726/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-vanil-pinch-and-drop-05031915/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05032004/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-vishnya-pinch-and-drop-05032018/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-lesnoy-oreh-pinch-and-drop-05032118/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-pinch-and-drop-05032118-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klyukva-pinch-and-drop-05033110/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-persik-pinch-and-drop-05033412/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05033603/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-malina-pinch-and-drop-05033613/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-chernika-pinch-and-drop-05033708/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-fistashka-pinch-and-drop-05034303/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-med-pinch-and-drop-05034404/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-lesnye-yagody-pinch-and-drop-05035606/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-dolce-rosa-05036201/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klenovyy-sirop-pinch-and-drop-05036404/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-halva-pinch-and-drop-05038402/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-banan-pinch-and-drop-05030515/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-kokos-pinch-and-drop-05030710/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-kivi-pinch-and-drop-05030808/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031005/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klubnika-pinch-and-drop-05031017/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-zelenaya-myata-pinch-and-drop-05031109/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-apelsin-pinch-and-drop-05031208/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-mango-pinch-and-drop-05031308/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031417/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-belyy-shokolad-pinch-and-drop-05031428/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-pinch-and-drop-05031428-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-shokolad-pinch-and-drop-05031429/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05031703/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-karamel-pinch-and-drop-05031723/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-solenaya-karamel-pinch-and-drop-05031726/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-vanil-pinch-and-drop-05031915/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05032004/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-vishnya-pinch-and-drop-05032018/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-lesnoy-oreh-pinch-and-drop-05032118/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klyukva-pinch-and-drop-05033110/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-persik-pinch-and-drop-05033412/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-alcenoy-05033603/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-malina-pinch-and-drop-05033613/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-chernika-pinch-and-drop-05033708/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-fistashka-pinch-and-drop-05034303/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-med-pinch-and-drop-05034404/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-lesnye-yagody-pinch-and-drop-05035606/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-dolce-rosa-05036201/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-klenovyy-sirop-pinch-and-drop-05036404/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-dlya-morozhenogo-halva-pinch-and-drop-05038402/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-pinch-and-drop-05032132/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/topping-pinch-and-drop-05032153/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L32"/>
+  <dimension ref="A1:L33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I32" sqref="I32"/>
+      <selection activeCell="I33" sqref="I33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1994,51 +1973,51 @@
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>53</v>
@@ -2126,51 +2105,51 @@
         <v>61</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>53</v>
@@ -2260,592 +2239,623 @@
         <v>72</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0"/>
+      <c r="E23" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="L23" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L24" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0"/>
+      <c r="E29" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D30" s="0"/>
+      <c r="D30" s="0" t="s">
+        <v>114</v>
+      </c>
       <c r="E30" s="0" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
-      <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L32" s="0"/>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="80">
+      <c r="B33" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="J33" s="0"/>
+      <c r="K33" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>