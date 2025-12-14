--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,65 +107,65 @@
   <si>
     <t>03011685</t>
   </si>
   <si>
     <t>71 7202</t>
   </si>
   <si>
     <t>11004.00₸</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» с отверстием;эко-кост. фарф.;D=225,H=20мм</t>
   </si>
   <si>
     <t>03012301</t>
   </si>
   <si>
     <t>69 7201</t>
   </si>
   <si>
     <t>Purity</t>
   </si>
   <si>
     <t>16217.00₸</t>
   </si>
   <si>
+    <t>Тарелка для этажерки «Пьюрити» 2-ярусной с отверстием;эко-кост. фарф.;D=29,H=2см</t>
+  </si>
+  <si>
+    <t>03012302</t>
+  </si>
+  <si>
+    <t>69 7202</t>
+  </si>
+  <si>
+    <t>17834.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Тарелка для этажерки «Пьюрити» 2-ярусной с отверстием;эко-кост. фарф.;D=29,H=2см</t>
-[...10 lines deleted...]
-  <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=24,H=2см</t>
   </si>
   <si>
     <t>03012303</t>
   </si>
   <si>
     <t>69 7203</t>
   </si>
   <si>
     <t>21160.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=33,H=2см</t>
   </si>
   <si>
     <t>03012304</t>
   </si>
   <si>
     <t>69 7204</t>
   </si>
   <si>
     <t>29838.00₸</t>
@@ -210,53 +210,50 @@
     <t>Основание для этажерки 681592;пластик;,H=12,L=27,B=27см</t>
   </si>
   <si>
     <t>03080627</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>33950.00₸</t>
   </si>
   <si>
     <t>Основание для этажерки «Пьюрити» для 1-ярусной;металл</t>
   </si>
   <si>
     <t>03080633</t>
   </si>
   <si>
     <t>69 7801</t>
   </si>
   <si>
     <t>20529.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 шт.</t>
   </si>
   <si>
     <t>Основание для этажерки «Пьюрити» для 2-ярусной;эко-кост. фарф.</t>
   </si>
   <si>
     <t>03080634</t>
   </si>
   <si>
     <t>69 7802</t>
   </si>
   <si>
     <t>33557.00₸</t>
   </si>
   <si>
     <t>Основание для этажерки «Пьюрити» для 3-ярусной;эко-кост. фарф.</t>
   </si>
   <si>
     <t>03080635</t>
   </si>
   <si>
     <t>69 7803</t>
   </si>
   <si>
     <t>27374.00₸</t>
   </si>
@@ -1164,85 +1161,85 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
@@ -1400,153 +1397,153 @@
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D14" s="0">
         <v>30337</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>