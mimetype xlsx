--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -157,110 +157,104 @@
   <si>
     <t>Смесь сухая для украшения напитков «Черемуха» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090181</t>
   </si>
   <si>
     <t>G6039-c</t>
   </si>
   <si>
     <t>1063.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Грецкий орех» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090182</t>
   </si>
   <si>
     <t>G6084-c</t>
   </si>
   <si>
     <t>894.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Черная смородина» сахарная пудра 50г;картон,пластик</t>
   </si>
   <si>
     <t>05090183</t>
   </si>
   <si>
     <t>G6140-c</t>
   </si>
   <si>
     <t>5883.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Китайская роза» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090184</t>
   </si>
   <si>
     <t>G6146-c</t>
   </si>
   <si>
     <t>2010.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для украшения напитков «Дикая малина» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090185</t>
   </si>
   <si>
     <t>G6147-c</t>
   </si>
   <si>
     <t>1594.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Соленая карамель» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090186</t>
   </si>
   <si>
     <t>G6148-c</t>
   </si>
   <si>
     <t>1879.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для украшения напитков «Глиттер» мерцающая 100 шт. по 1г;картон,пластик</t>
   </si>
   <si>
     <t>05090187</t>
   </si>
   <si>
     <t>G6111-c-f1</t>
   </si>
   <si>
     <t>Glitter</t>
   </si>
   <si>
     <t>8486.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Взрывное серебро» сахарная пудра;картон,пластик</t>
   </si>
   <si>
     <t>05090283</t>
   </si>
   <si>
     <t>G6123-c-f80</t>
   </si>
   <si>
     <t>6006.00₸</t>
@@ -274,75 +268,78 @@
   <si>
     <t>G6120-c-f80</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Взрывной золотой» сахарная пудра 100 г;картон,пластик</t>
   </si>
   <si>
     <t>05090307</t>
   </si>
   <si>
     <t>GG125</t>
   </si>
   <si>
     <t>Osnova</t>
   </si>
   <si>
     <t>Grainy Glaze</t>
   </si>
   <si>
     <t>3512.00₸</t>
   </si>
   <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
     <t>Смесь сухая для украшения напитков «Глиттер серебряный» сахарная пудра 50 г;картон,пластик</t>
   </si>
   <si>
     <t>05090310</t>
   </si>
   <si>
     <t>GG140</t>
   </si>
   <si>
     <t>2926.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для украшения напитков «Барбарис» сахарная пудра 50 г;картон,пластик</t>
   </si>
   <si>
     <t>05090329</t>
   </si>
   <si>
     <t>GG168</t>
   </si>
   <si>
     <t>2742.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для украшения напитков «Взрывное серебро» сахарная пудра 50 г;картон,пластик</t>
   </si>
   <si>
     <t>05090342</t>
   </si>
   <si>
     <t>GG172</t>
   </si>
   <si>
     <t>3696.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1571,357 +1568,357 @@
         <v>52</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L10" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L11" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="L12" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="L15" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="L16" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="L17" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="L18" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>