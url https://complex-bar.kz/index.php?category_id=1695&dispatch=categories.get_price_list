--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -76,51 +76,51 @@
   <si>
     <t>Концентрат «Кокос» ODK;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05039999</t>
   </si>
   <si>
     <t>LMF004PSARU</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Fruity Mix 0,75L</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Ореховые пюре</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Концентрат «Кокос» ODK уцененный;пластик;0,75л;D=65,H=280мм</t>
   </si>
   <si>
     <t>05039999-А1</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>