--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -100,207 +100,207 @@
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Сироп «Свежий Лимон» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;желт.</t>
   </si>
   <si>
     <t>05030612</t>
   </si>
   <si>
     <t>PD-S025G1000-1</t>
   </si>
   <si>
     <t>2676.00₸</t>
   </si>
   <si>
     <t>Сироп «Марокканский апельсин» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05031209</t>
   </si>
   <si>
     <t>PD-S002G1000-1</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Юдзу» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;желт.</t>
   </si>
   <si>
     <t>05031980</t>
   </si>
   <si>
     <t>PD-S075G1000-1</t>
   </si>
   <si>
     <t>Сироп «Мандарин» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05034606</t>
   </si>
   <si>
     <t>PD-S028G1000-1</t>
   </si>
   <si>
     <t>Сироп «Розовый Грейпфрут» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;красный</t>
   </si>
   <si>
     <t>05035011</t>
   </si>
   <si>
     <t>PD-S034G1000-1</t>
   </si>
   <si>
-    <t>Сироп «Розовый Грейпфрут» Pinch&amp;Drop уцененный;стекло;1л;D=85,H=330мм</t>
-[...2 lines deleted...]
-    <t>05035011-А1</t>
+    <t>Сироп «Розовый Грейпфрут» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм;красный</t>
+  </si>
+  <si>
+    <t>05039971</t>
+  </si>
+  <si>
+    <t>PD-S034G0250-1</t>
+  </si>
+  <si>
+    <t>Syrup 0,25L</t>
+  </si>
+  <si>
+    <t>1167.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Бергамот» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
+  </si>
+  <si>
+    <t>05039978</t>
+  </si>
+  <si>
+    <t>PD-S050G1000-1</t>
+  </si>
+  <si>
+    <t>Сироп «Помело» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
+  </si>
+  <si>
+    <t>05045095</t>
+  </si>
+  <si>
+    <t>PD-S064G1000-1</t>
+  </si>
+  <si>
+    <t>Сироп «Юдзу» ODK;пластик;1л;D=8,H=32см</t>
+  </si>
+  <si>
+    <t>05045147</t>
+  </si>
+  <si>
+    <t>LSY071PLARU</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>Syrup 1L PET ODK</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>7315.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Розовый Грейпфрут» ODK;пластик;1л;D=8,H=32см;красный</t>
+  </si>
+  <si>
+    <t>05045150</t>
+  </si>
+  <si>
+    <t>LSY067PLARU</t>
+  </si>
+  <si>
+    <t>6699.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Сироп «Апельсин» ODK;пластик;1л;D=8,H=32см</t>
+  </si>
+  <si>
+    <t>05045155</t>
+  </si>
+  <si>
+    <t>LSY065PLARU</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Сироп «Бразильский Лайм» Pinch&amp;Drop;пластик;1л;D=83,H=267мм</t>
+  </si>
+  <si>
+    <t>05042012</t>
+  </si>
+  <si>
+    <t>PD-S006P1000-1</t>
+  </si>
+  <si>
+    <t>Syrup 1L PET Pinch&amp;Drop</t>
+  </si>
+  <si>
+    <t>2882.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Помело» Pinch&amp;Drop;пластик;1л;D=81,H=301мм;белый</t>
+  </si>
+  <si>
+    <t>05031314</t>
+  </si>
+  <si>
+    <t>OD-S064P1000-1</t>
+  </si>
+  <si>
+    <t>2607.00₸</t>
+  </si>
+  <si>
+    <t>Сироп «Розовый Грейпфрут» ODK уцененный;пластик;1л;D=8,H=32см;красный</t>
+  </si>
+  <si>
+    <t>05045150-А1</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Сироп «Розовый Грейпфрут» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм;красный</t>
-[...119 lines deleted...]
-    <t>05045150-А1</t>
+    <t>Сироп «Бразильский Лайм» Pinch&amp;Drop уцененный;пластик;1л;D=83,H=267мм</t>
+  </si>
+  <si>
+    <t>05042012-А1</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -315,51 +315,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CC9E3-97B5-11F0-BC58-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D37494D-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407D07-71BB-11EE-BC0F-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC0BF-D632-11EE-BC41-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407E6B-71BB-11EE-BC0F-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D3749FF-71BB-11EE-BC0F-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E2AF551-2AFA-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0A34-74D4-11EE-BC0F-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0276F42-9550-11EF-BC57-00505692E0499.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374B99-71BB-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB8BDB90-6C40-11EE-BC0F-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BB4AB-4DC5-11EF-BC57-00505692E04912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BE3D35-C4A2-11EF-BC53-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508DBFAE-779E-11EF-BC4D-00505692C44714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441DA73-731D-11F0-BC56-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821CF702-201C-11F0-BC4F-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55B8FD49-2A89-11F0-BC54-00505692E2D017.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA84731A-BBCD-11F0-BC5A-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D37494D-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407D07-71BB-11EE-BC0F-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC0BF-D632-11EE-BC41-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407E6B-71BB-11EE-BC0F-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D3749FF-71BB-11EE-BC0F-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0A34-74D4-11EE-BC0F-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C07FE26A-BBCD-11F0-BC5A-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374B99-71BB-11EE-BC0F-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB8BDB90-6C40-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BB4AB-4DC5-11EF-BC57-00505692E04911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30BE3D35-C4A2-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508DBFAE-779E-11EF-BC4D-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441DA73-731D-11F0-BC56-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55B8FD49-2A89-11F0-BC54-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EC5F9A6-C7F0-11F0-BC5A-00505692E2D016.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -800,80 +800,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1119,62 +1089,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030311/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030612/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031209/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031980/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034606/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05035011/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05035011-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039971/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039978/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045095/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045147/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045150/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045155/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042012/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031314/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045147-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045150-a1/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030311/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030612/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031209/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031980/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05034606/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05035011/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039971/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039978/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045095/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045147/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045150/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045155/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042012/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031314/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045150-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042012-a1/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L18"/>
+  <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1283,546 +1253,513 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8" s="0"/>
+        <v>39</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>40</v>
+      </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L8" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="L9" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="L17" s="0">
-        <v>6</v>
-[...30 lines deleted...]
-      <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>