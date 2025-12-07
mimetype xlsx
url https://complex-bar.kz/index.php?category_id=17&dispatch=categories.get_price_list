--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -70,1038 +70,1032 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Линейка барная «Казадорес Бланко» 0.75, 1л, «Казадорес Аньехо» 0.75, 1л</t>
   </si>
   <si>
     <t>02122504</t>
   </si>
   <si>
     <t>STEK</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Линейки барные</t>
   </si>
   <si>
     <t>1487.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Линейка барная «Капитан Морган» 0.5, 0.7, 1л</t>
   </si>
   <si>
     <t>02122505</t>
   </si>
   <si>
     <t>1879.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Монин»;0,7л</t>
+  </si>
+  <si>
+    <t>02122511</t>
+  </si>
+  <si>
+    <t>MON-700</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт» 0.375, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122523</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Флагман» 0.25, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122524</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин» «VS» 0.7л, «VSOP» 0.7л, 1л, «XO» 0.7</t>
+  </si>
+  <si>
+    <t>02122526</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная "Баллантайнс Файнест" 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02122527</t>
+  </si>
+  <si>
+    <t>1289.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джеймисон 12 лет» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122528</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джонни Уокер», «Голд Лейбл», «Блю Лейбл», «Грин Лейбл» 0.75л</t>
+  </si>
+  <si>
+    <t>02122529</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чивас Ригал» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122530</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Де Кайпер» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122531</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бакарди» 0.75, 1л, «Бакарди Оакхарт» 0.7л</t>
+  </si>
+  <si>
+    <t>02122532</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хеннесси» VS, VSOP, XO 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122533</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Куантро» 0.7,1л, «Калуа» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122534</t>
+  </si>
+  <si>
+    <t>Линейка барная «Кампари» 0.75, 1л, «Мартини» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122535</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бифитер» 0.75, 1л, «Гордонс» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122537</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Флагман» 0.75, 1л, «Русский Стандарт» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122538</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартини» 0.75, 1л, «Бакарди» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122539</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ольмека Голд» 0.7л, 1л, «Ольмека Алтос» 0.7л, «Ольмека Тезон» 0.75л</t>
+  </si>
+  <si>
+    <t>02122540</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Вана Таллин» 0.5л</t>
+  </si>
+  <si>
+    <t>02122541</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бейлис» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122542</t>
+  </si>
+  <si>
+    <t>Линейка барная «Абсолют» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122543</t>
+  </si>
+  <si>
+    <t>Линейка барная «Монин» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122544</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белое золото» 0.5л, «Алтай» 0.5л</t>
+  </si>
+  <si>
+    <t>02122545</t>
+  </si>
+  <si>
+    <t>Линейка барная «Курвуазье VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122546</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Малибу» 0.7, 0.75, 1л, «Бенедиктин» 0.7л</t>
+  </si>
+  <si>
+    <t>02122547</t>
+  </si>
+  <si>
+    <t>Линейка барная «Туламоре Дью»;1л</t>
+  </si>
+  <si>
+    <t>02122555</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джонни Уокер», «Рэд Лейбл», «Блэк Лейбл» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122569</t>
+  </si>
+  <si>
+    <t>Линейка барная "Арарат 3*", "Арарат 5*"  0.5, 0.7л,</t>
+  </si>
+  <si>
+    <t>02122570</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука Молинари» 0.5, 0.7, 0.75л</t>
+  </si>
+  <si>
+    <t>02122571</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бехеровка» 0.7, 1л, «Егермейстер» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122572</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хавана Клаб» 0.7л, «Аньехо Специаль» 0.7л, «Аньехо 7 Анос» 0.7л, 0.75л</t>
+  </si>
+  <si>
+    <t>02122573</t>
+  </si>
+  <si>
+    <t>Линейка барная «Царская» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122574</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Метакса 3*», «Метакса 5*» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122575</t>
+  </si>
+  <si>
+    <t>Линейка барная «Дисаронно» 0.5, 0.7л, «Самбука Ди Аморе» 0.75л</t>
+  </si>
+  <si>
+    <t>02122576</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ксента», «Кинг оф Спирит», «Ля Фе Богемиан», «Ван Гог» 0.7л</t>
+  </si>
+  <si>
+    <t>02122577</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт Платинум» 0.375, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122578</t>
+  </si>
+  <si>
+    <t>Линейка барная «Путинка» 0.5, 0.7, 1л «Путинка Лимитед Эдишн» 0.7л</t>
+  </si>
+  <si>
+    <t>02122579</t>
+  </si>
+  <si>
+    <t>Линейка барная «Немирофф» 0.5, 0.7л, «Премиум» 0.7л, «Эгоист» 0.7л</t>
+  </si>
+  <si>
+    <t>02122580</t>
+  </si>
+  <si>
+    <t>Линейка барная "Отард"VS,VSOP"0.5; 0.7л;пластик;,L=29,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02122581</t>
+  </si>
+  <si>
+    <t>Линейка барная «Дюарс Уайт Лейбл» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122582</t>
+  </si>
+  <si>
+    <t>Линейка барная «Эль Чарро» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122583</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хортица» 0.5, 0.7, 1л, «Хортица Вип Клаб» 0.7л</t>
+  </si>
+  <si>
+    <t>02122584</t>
+  </si>
+  <si>
+    <t>Линейка барная «Глен Клайд» 0.35, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122585</t>
+  </si>
+  <si>
+    <t>Линейка КВ «Московск.коньяк»;0,7л</t>
+  </si>
+  <si>
+    <t>02122586</t>
+  </si>
+  <si>
+    <t>Московск.кон</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бастион» 3-5зв,КВ,КВВК;пластик;0,5л;,L=18,B=3см;бордо,разноцветн.</t>
+  </si>
+  <si>
+    <t>02122587</t>
+  </si>
+  <si>
+    <t>Бастион</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джин Кастерс»;пластик;0,7л;,L=195,B=30мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>02122590</t>
+  </si>
+  <si>
+    <t>Gin Custers</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт Голд» 1л, «Русский Стандарт Империя» 1л</t>
+  </si>
+  <si>
+    <t>02122595</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Бриллиант» 0.5, 1л</t>
+  </si>
+  <si>
+    <t>02122596</t>
+  </si>
+  <si>
+    <t>Линейка барная «Уайт хорс» 0.35, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122597</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пять озер» 0.25, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122598</t>
+  </si>
+  <si>
+    <t>Линейка барная «Старый Город 5*», «Старый Город 8*» 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02122599</t>
+  </si>
+  <si>
+    <t>Линейка барная «Отард» VS, VSOP 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123301</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартель VS», «Мартель VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123302</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джим Бим», «Уайт Лэйбл» 0.7, 1л, «Блэк» 1л, «Рэд Стаг Блэк Черри» 0.7л</t>
+  </si>
+  <si>
+    <t>02123303</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джек Дениэлс» 0.7, 1л, «Сингл Баррель» 0.75л</t>
+  </si>
+  <si>
+    <t>02123304</t>
+  </si>
+  <si>
+    <t>Линейка барная «Болс» 0.7л, «Болс Адвокат» 0.7л</t>
+  </si>
+  <si>
+    <t>02123305</t>
+  </si>
+  <si>
+    <t>Линейка барная «Драмбуи» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123306</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гальяно» 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123307</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Вильям Лоусон» 0.35, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123308</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленфиддих» 12 лет 0.5, 0,75л</t>
+  </si>
+  <si>
+    <t>02123309</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленливет» 12, 15 лет 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123310</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бакарди Оакхарт» 0.7,1л, «Бакарди 151» 8 лет 0.75л</t>
+  </si>
+  <si>
+    <t>02123311</t>
+  </si>
+  <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Линейка барная «Монин»;0,7л</t>
-[...107 lines deleted...]
-    <t>02122534</t>
+    <t>Линейка барная «Смирновъ № 21» 0.5, 0.7, 1л, «Смирновъ Титулъ» 0.7л</t>
+  </si>
+  <si>
+    <t>02123312</t>
+  </si>
+  <si>
+    <t>Elite Gold</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Финляндия» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123313</t>
+  </si>
+  <si>
+    <t>Линейка барная «Сауза Сильвер» 0.7, 1л, «Сауза Голд» 0.7л, «Сауза Хорнитос» 0.7л 0.7,1л</t>
+  </si>
+  <si>
+    <t>02123320</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бушмилс» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123321</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Monin Keddy" 1л</t>
+  </si>
+  <si>
+    <t>02123322</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "M" 0.7л, "Fr" 1л, "HR" 0.7л, "NF" 0.</t>
+  </si>
+  <si>
+    <t>02123324</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Хендрикс" 0.7л, "Бругал Аньехо" 0.7л</t>
+  </si>
+  <si>
+    <t>02123325</t>
+  </si>
+  <si>
+    <t>Линейка барная «Зеленая марка» 0.5, 0.7, 1.0л, «Эристофф» 1л</t>
+  </si>
+  <si>
+    <t>02123327</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белая березка» 1л</t>
+  </si>
+  <si>
+    <t>02123329</t>
+  </si>
+  <si>
+    <t>Линейка барная «Баллантайнс Файнест» 12 лет 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123342</t>
+  </si>
+  <si>
+    <t>Линейка барная "Hen 0.7,Hine 0.7,Bl</t>
+  </si>
+  <si>
+    <t>02123344</t>
+  </si>
+  <si>
+    <t>2825.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Glenl 0.7,Ard 0.7,G</t>
+  </si>
+  <si>
+    <t>02123346</t>
+  </si>
+  <si>
+    <t>Линейка барная «Фруко Шульц» ликер, абсент, биттер 0.7л</t>
+  </si>
+  <si>
+    <t>02123350</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джарола» ром, джин, самбука, ликер 0.7л</t>
+  </si>
+  <si>
+    <t>02123351</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бомбей Сапфир» 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123353</t>
+  </si>
+  <si>
+    <t>Линейка барная «Апероль» 0.7, 1л, «Чинзано» 0.5, 1л</t>
+  </si>
+  <si>
+    <t>02123354</t>
+  </si>
+  <si>
+    <t>Линейка барная «Беллс» 0.7, 1л, «Скоттиш Лидер» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123355</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чивас 18 лет» 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123357</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука оптима 0.7л»</t>
+  </si>
+  <si>
+    <t>02123361</t>
+  </si>
+  <si>
+    <t>4512.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартель ХО» 0.7л, «Мартель Кордон блю» 0.7л</t>
+  </si>
+  <si>
+    <t>02123364</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Эристофф» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123367</t>
+  </si>
+  <si>
+    <t>Линейка барная «Закапа 23 года», «Закапа ХО» 0.7л</t>
+  </si>
+  <si>
+    <t>02123368</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мессикано» 0.75, 1л, «Хасиенда Ла Капилла Голд» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123369</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пьер Маглуар VSOP», «Пьер Маглуар ХО» 0.7л</t>
+  </si>
+  <si>
+    <t>02123370</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белуга» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123371</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Советское Шампанское» 0.75л, «Асти Мартини» 0.75л</t>
+  </si>
+  <si>
+    <t>02123372</t>
+  </si>
+  <si>
+    <t>1725.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Торрес» 10 лет 0.7, 1л, «Торрес Хайме I» 0.7л</t>
+  </si>
+  <si>
+    <t>02123373</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленморанджи» 0.7л, «Макаллан» 0.7л</t>
+  </si>
+  <si>
+    <t>02123374</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука Изолабелла» 1.0л</t>
+  </si>
+  <si>
+    <t>02123375</t>
+  </si>
+  <si>
+    <t>Линейка барная «Грэй Гус» 0.5, 0.75, 1.0л</t>
+  </si>
+  <si>
+    <t>02123376</t>
+  </si>
+  <si>
+    <t>Линейка барная «ХАЙН» 0.7л</t>
+  </si>
+  <si>
+    <t>02123377</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Патрон Аньехо» 0.75л</t>
+  </si>
+  <si>
+    <t>02123378</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ардбег» 10 лет 0.7л</t>
+  </si>
+  <si>
+    <t>02123379</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Балвени» 10, 12, 15 лет и 21 год 0.7л</t>
+  </si>
+  <si>
+    <t>02123380</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин VS», 0.7, 1л, «Реми Мартин VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123382</t>
+  </si>
+  <si>
+    <t>1363.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин XO» 0,35, 0.7л</t>
+  </si>
+  <si>
+    <t>02123383</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пинч энд Дроп» 1.0л</t>
+  </si>
+  <si>
+    <t>02123386</t>
+  </si>
+  <si>
+    <t>Линейка барная «Финляндия», «Парламент» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123387</t>
+  </si>
+  <si>
+    <t>Линейка барная "Русский Стандарт" 0.7, 1л, "Талка" 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123388</t>
+  </si>
+  <si>
+    <t>Линейка барная "Царская" 0.7, 1л, "Абсолют" 1л, "Финляндия" 1л</t>
+  </si>
+  <si>
+    <t>02123389</t>
+  </si>
+  <si>
+    <t>Линейка барная «Апероль» 0,7, 1 л, «Парламент», «Талка» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123390</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Jack Daniel""s» 0,7, 1 л, «Chivas Regal», «The Famous Grouse» 1 л;пластик;,L=28,B=2см</t>
+  </si>
+  <si>
+    <t>02123391</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Каза Дефра» 0,75 л, «Кампо Азул» 0,7,1 л;белый;белый</t>
+  </si>
+  <si>
+    <t>02123392</t>
+  </si>
+  <si>
+    <t>Линейка барная «ODK» 0,75 л;пластик</t>
+  </si>
+  <si>
+    <t>02124220</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Байкал», «Nerpa» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124224</t>
+  </si>
+  <si>
+    <t>Линейка барная «Полугар №1-4 0,5 л 38,5% » 0,615, 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124225</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хаски» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124226</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чистые Росы» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124227</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ararat Apricot» 0,5 л, «Васпуракан», «Наири» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124228</t>
+  </si>
+  <si>
+    <t>Линейка барная «Favraud VS, VSOP» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124229</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ligare» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124230</t>
+  </si>
+  <si>
+    <t>Линейка барная «Martini Bitter Spirito» 0,7 л, «Riserva» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124231</t>
+  </si>
+  <si>
+    <t>Линейка барная «Fowler""s» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124232</t>
+  </si>
+  <si>
+    <t>Линейка барная «Monkey Shoulder» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124233</t>
+  </si>
+  <si>
+    <t>Линейка барная «Clavis» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124234</t>
+  </si>
+  <si>
+    <t>Линейка барная «Niva Distillery Liqueur» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124235</t>
+  </si>
+  <si>
+    <t>Линейка барная «Barrister» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124236</t>
+  </si>
+  <si>
+    <t>Линейка барная «Beatly Gin» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124237</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Линейка барная «Кампари» 0.75, 1л, «Мартини» 0.75, 1л</t>
-[...17 lines deleted...]
-    <t>02122538</t>
+    <t>Линейка барная «Carta Vieja Ron» 0,75, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124238</t>
+  </si>
+  <si>
+    <t>Линейка барная «Don Alejandro Tequila» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124239</t>
+  </si>
+  <si>
+    <t>Линейка барная «Kyro Gin» 0,5, 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124240</t>
+  </si>
+  <si>
+    <t>Линейка барная «Early Times» 0,7, 0,75, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124241</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хаски» 0,7, 1 л, «Байкал Нерпа» 0,5 л, «Байкал» 0,5 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124253</t>
+  </si>
+  <si>
+    <t>2742.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Арарат 3 зв» 0,5, 0,7 л, «Арарат 7 лет» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124254</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джеймисон» 0,7, 1 л, «Джеймисон Оранж» 0,7 л, «Грантс» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124255</t>
+  </si>
+  <si>
+    <t>Линейка барная «Maxximo Сильвер» 0,5, 1 л, «Инглиш парк» 0,5, 1 л ;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124256</t>
+  </si>
+  <si>
+    <t>Линейка барная «Lamonica» 0,5, 0,7, 0,85 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124257</t>
+  </si>
+  <si>
+    <t>Линейка барная «Барсело» 0,7, 1 л, «Барсело Аньехо» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124258</t>
+  </si>
+  <si>
+    <t>Линейка барная «Грин бабун» 0,7 л, «Каладос» 1 л, «Белуга Хантинг» 0,5 л, «Чинар» 0,7 л;пластик;,L=2</t>
+  </si>
+  <si>
+    <t>02124259</t>
+  </si>
+  <si>
+    <t>Линейка барная «Gewürztr» 0,75 л, «Pinot Grigio» 0,75 л, «Souv Blanc» 0,75 л, «M&amp;G Quintas» 0,75 л;п</t>
+  </si>
+  <si>
+    <t>02124260</t>
+  </si>
+  <si>
+    <t>Линейка барная «Chianti» 0,75 л, «Malbec» 0,75 л, «Freschello» 0,75 л, «M&amp;G Rose» 0,75 л;пластик;,L=</t>
+  </si>
+  <si>
+    <t>02124261</t>
+  </si>
+  <si>
+    <t>Линейка барная «Natal белое» 0,75 л, «Natal красное» 0,75 л, «Vega Verdejo» 0,75 л, «Vega Temp» 0,75</t>
+  </si>
+  <si>
+    <t>02124262</t>
+  </si>
+  <si>
+    <t>Линейка барная Пюре фруктовое «Пинч энд Дроп»;пластик;1л</t>
+  </si>
+  <si>
+    <t>02123903</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пинч энд Дроп Пластик»;1л</t>
+  </si>
+  <si>
+    <t>02123397</t>
   </si>
   <si>
     <t>более 50 шт.</t>
-  </si>
-[...835 lines deleted...]
-    <t>02123903</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5100,62 +5094,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122504/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122505/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122511/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122523/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122524/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122526/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ballantayns-faynest-05-07l-stek-02122527/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122528/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122529/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122530/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122531/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122532/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122533/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122534/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122535/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122537/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122538/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122539/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122540/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122541/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122542/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122543/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122544/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122545/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122546/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122547/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122555/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122569/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ararat-3-ararat-5-05-07l-ani-05-07l-stek-02122570/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122571/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122572/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122573/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122574/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122575/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122576/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122577/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122578/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122579/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122580/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-otardvs-vsop05-07l-stek-02122581/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122582/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122583/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122584/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122585/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-kv-02122586/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-3-5zv-kv-kvvk-02122587/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122590/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122595/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122596/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122597/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122598/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122599/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123301/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123302/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123303/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123304/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123305/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123306/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123307/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123308/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123309/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123310/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123311/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123312/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123313/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123320/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123321/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-monin-keddy-1l-stek-02123322/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-m-07l-fr-1l-hr-07l-nf-07l-stek-02123324/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123325/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123327/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123329/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123342/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123344/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123346/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123350/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123351/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123353/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123354/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123355/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123357/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123361/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123364/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123367/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123368/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123369/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123370/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123371/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123372/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123373/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123374/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123375/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123376/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123377/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123378/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123379/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123380/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123382/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123383/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123386/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123387/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123388/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123389/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123390/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123391/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123392/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124220/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124224/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124225/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124226/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124227/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124228/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124229/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124230/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124231/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124232/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124233/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124234/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124235/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124236/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124237/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124238/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124239/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124240/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124241/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124253/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124254/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124255/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124256/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124257/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124258/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124259/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124260/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124261/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124262/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123903/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122504/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122505/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122511/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122523/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122524/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122526/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ballantayns-faynest-05-07l-stek-02122527/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122528/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122529/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122530/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122531/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122532/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122533/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122534/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122535/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122537/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122538/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122539/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122540/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122541/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122542/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122543/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122544/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122545/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122546/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122547/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122555/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122569/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ararat-3-ararat-5-05-07l-ani-05-07l-stek-02122570/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122571/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122572/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122573/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122574/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122575/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122576/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122577/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122578/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122579/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122580/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-otardvs-vsop05-07l-stek-02122581/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122582/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122583/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122584/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122585/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-kv-02122586/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-3-5zv-kv-kvvk-02122587/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122590/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122595/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122596/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122597/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122598/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122599/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123301/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123302/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123303/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123304/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123305/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123306/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123307/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123308/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123309/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123310/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123311/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123312/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123313/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123320/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123321/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-monin-keddy-1l-stek-02123322/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-m-07l-fr-1l-hr-07l-nf-07l-stek-02123324/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123325/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123327/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123329/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123342/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123344/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123346/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123350/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123351/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123353/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123354/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123355/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123357/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123361/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123364/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123367/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123368/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123369/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123370/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123371/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123372/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123373/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123374/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123375/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123376/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123377/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123378/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123379/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123380/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123382/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123383/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123386/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123387/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123388/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123389/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123390/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123391/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123392/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124220/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124224/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124225/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124226/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124227/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124228/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124229/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124230/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124231/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124232/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124233/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124234/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124235/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124236/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124237/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124238/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124239/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124240/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124241/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124253/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124254/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124255/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124256/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124257/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124258/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124259/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124260/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124261/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124262/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123903/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123397/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L137"/>
+  <dimension ref="A1:L138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I137" sqref="I137"/>
+      <selection activeCell="I138" sqref="I138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5319,83 +5313,83 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="0">
         <v>1002</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" s="0">
         <v>1004</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="B8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="0">
         <v>1005</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
@@ -5446,467 +5440,467 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="0">
         <v>1007</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D11" s="0">
         <v>1008</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="0">
         <v>1009</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D13" s="0">
         <v>1010</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="0">
         <v>1011</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="0">
         <v>2001</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="0">
         <v>2002</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="0">
         <v>2004</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D18" s="0">
         <v>2005</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D19" s="0">
         <v>2006</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D20" s="0">
         <v>2007</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D21" s="0">
         <v>2122541</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D22" s="0">
         <v>2122542</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D23" s="0">
         <v>2122543</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="0">
         <v>2122544</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
@@ -5926,3608 +5920,3641 @@
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D25" s="0">
         <v>2122545</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D26" s="0">
         <v>2122546</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="0">
         <v>2122547</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0"/>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D29" s="0">
         <v>2122569</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D30" s="0">
         <v>2122570</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D31" s="0">
         <v>2122571</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D32" s="0">
         <v>2122572</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D33" s="0">
         <v>2122573</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D34" s="0">
         <v>2122574</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="0">
         <v>2122575</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="0">
         <v>2122576</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="0">
         <v>2122577</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D38" s="0">
         <v>2122578</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D39" s="0">
         <v>2122579</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D40" s="0">
         <v>2122580</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D42" s="0">
         <v>2122582</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D43" s="0">
         <v>2122583</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D44" s="0">
         <v>2122584</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D45" s="0">
         <v>2122585</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="B46" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D46" s="0"/>
       <c r="E46" s="0"/>
       <c r="F46" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="B47" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D47" s="0"/>
       <c r="E47" s="0"/>
       <c r="F47" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="B48" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D48" s="0"/>
       <c r="E48" s="0"/>
       <c r="F48" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D49" s="0">
         <v>2122595</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D50" s="0">
         <v>2122596</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D51" s="0">
         <v>2122597</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>147</v>
+        <v>30</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D52" s="0">
         <v>2122598</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D53" s="0">
         <v>2122599</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D54" s="0">
         <v>2123301</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D55" s="0">
         <v>2123302</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D56" s="0">
         <v>2123303</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D57" s="0">
         <v>2123304</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D58" s="0">
         <v>2123305</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D59" s="0">
         <v>2123306</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D60" s="0">
         <v>2123307</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D61" s="0">
         <v>2123308</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D62" s="0">
         <v>2123309</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>174</v>
+        <v>91</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D63" s="0">
         <v>2123310</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D64" s="0">
         <v>2123311</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D65" s="0">
         <v>2123312</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>183</v>
+        <v>30</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D66" s="0">
         <v>2123313</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>186</v>
+        <v>108</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D67" s="0">
         <v>2123320</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D68" s="0">
         <v>2123321</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="D69" s="0">
         <v>2123322</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="B70" s="0" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D70" s="0">
         <v>2123324</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="B71" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D71" s="0">
         <v>2123325</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D72" s="0">
         <v>2123327</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D73" s="0">
         <v>2123329</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D74" s="0">
         <v>2123342</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="B75" s="0" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="B76" s="0" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D76" s="0"/>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="D77" s="0">
         <v>2123350</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D78" s="0">
         <v>2123351</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D79" s="0">
         <v>2123353</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="D80" s="0">
         <v>2123354</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>158</v>
+        <v>43</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="D81" s="0">
         <v>2123355</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="D82" s="0"/>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>161</v>
+        <v>108</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="B83" s="0" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="D83" s="0"/>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D84" s="0">
         <v>2123364</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="D85" s="0">
         <v>2123367</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="D86" s="0">
         <v>2123368</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="D87" s="0">
         <v>2123369</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D88" s="0">
         <v>2123370</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="D89" s="0">
         <v>2123371</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>117</v>
+        <v>234</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D90" s="0">
         <v>2123372</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>117</v>
+        <v>174</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="D91" s="0">
         <v>2123373</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D92" s="0">
         <v>2123374</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>248</v>
+        <v>222</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="D93" s="0">
         <v>2123375</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>174</v>
+        <v>55</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="D94" s="0">
         <v>2123376</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>253</v>
+        <v>72</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D95" s="0">
         <v>2123377</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="D96" s="0">
         <v>2123378</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="D97" s="0">
         <v>2123379</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="D98" s="0">
         <v>2123380</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>161</v>
+        <v>108</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="D99" s="0">
         <v>2123382</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="D100" s="0">
         <v>2123383</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="D101" s="0">
         <v>2122386</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="D102" s="0">
         <v>2123387</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="B103" s="0" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="D103" s="0">
         <v>2123388</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="D104" s="0">
         <v>2123389</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="D105" s="0">
         <v>2123390</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="D106" s="0"/>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="D107" s="0">
         <v>2123992</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D108" s="0"/>
       <c r="E108" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D109" s="0"/>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="D110" s="0"/>
       <c r="E110" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D111" s="0"/>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="D112" s="0"/>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="D113" s="0"/>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="D114" s="0"/>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="D115" s="0"/>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>117</v>
+        <v>174</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="D116" s="0"/>
       <c r="E116" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="D117" s="0"/>
       <c r="E117" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="D118" s="0"/>
       <c r="E118" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D119" s="0"/>
       <c r="E119" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>117</v>
+        <v>222</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="D120" s="0"/>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="D121" s="0"/>
       <c r="E121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="D122" s="0"/>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>60</v>
+        <v>310</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D123" s="0"/>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>60</v>
+        <v>310</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D124" s="0"/>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D125" s="0"/>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="D126" s="0"/>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="D127" s="0"/>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="D128" s="0"/>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="D129" s="0"/>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>161</v>
+        <v>72</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="D130" s="0"/>
       <c r="E130" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>228</v>
+        <v>27</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="D131" s="0"/>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D132" s="0"/>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>161</v>
+        <v>75</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="D133" s="0"/>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>161</v>
+        <v>27</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="D134" s="0"/>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D135" s="0"/>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D136" s="0"/>
       <c r="E136" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="D137" s="0"/>
       <c r="E137" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>147</v>
+        <v>342</v>
       </c>
       <c r="L137" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="80">
+      <c r="B138" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E138" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J138" s="0"/>
+      <c r="K138" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -9626,50 +9653,51 @@
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>