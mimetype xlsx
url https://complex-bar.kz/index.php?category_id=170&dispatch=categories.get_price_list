--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,119 +74,122 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Колба д/блендера 7010202;стекло;1,7л;прозр.</t>
   </si>
   <si>
     <t>02140203</t>
   </si>
   <si>
     <t>Е7101</t>
   </si>
   <si>
     <t>Leopold Vienna</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Контейнеры для блендеров</t>
   </si>
   <si>
     <t>39786.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Колба д/блендера 909;металл,пластик;D=115/80,H=230мм;металлич.,черный</t>
   </si>
   <si>
     <t>02140301</t>
   </si>
   <si>
     <t>6126-HBB909-CE</t>
   </si>
   <si>
     <t>Hamilton Beach</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>65019.00₸</t>
   </si>
   <si>
     <t>17 шт.</t>
   </si>
   <si>
     <t>Колба д/блендера 918, 919;металл</t>
   </si>
   <si>
     <t>02140302</t>
   </si>
   <si>
     <t>87657.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Колба д/блендера 7010104;металл;2л;D=13,H=28,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02140304</t>
+  </si>
+  <si>
+    <t>6126-911</t>
+  </si>
+  <si>
+    <t>199877.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Колба для блендера №37;сталь нерж.;2л;,H=36см;прозр.</t>
+  </si>
+  <si>
+    <t>07011502</t>
+  </si>
+  <si>
+    <t>2L</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>353300.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Колба д/блендера 7010104;металл;2л;D=13,H=28,5см;металлич.</t>
-[...31 lines deleted...]
-  <si>
     <t>Колба д/блендера ELFRBL00823M;пластик;2л</t>
   </si>
   <si>
     <t>07011541</t>
   </si>
   <si>
     <t>CO6856</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>75622.00₸</t>
   </si>
   <si>
     <t>Контейнер в сборе для блендера BL008</t>
   </si>
   <si>
     <t>07011551</t>
   </si>
   <si>
     <t>CO6173</t>
@@ -212,65 +215,50 @@
   <si>
     <t>Контейнер д/блендера «Бар Босс и Дринк Машин Адванс» б/ножа/крышки;мер.гр;2л;,H=18,5,L=33,B=22,5см</t>
   </si>
   <si>
     <t>07011975</t>
   </si>
   <si>
     <t>015983</t>
   </si>
   <si>
     <t>46635.00₸</t>
   </si>
   <si>
     <t>Контейнер в сборе д/блендера(нож,крыш.,загл.) «Вайта Микс»;поликарбонат;0,9л</t>
   </si>
   <si>
     <t>07011984</t>
   </si>
   <si>
     <t>015640</t>
   </si>
   <si>
     <t>151336.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...13 lines deleted...]
-  <si>
     <t>Контейнер для блендера «Vitamix»;тритан;2л;прозр.,черный</t>
   </si>
   <si>
     <t>07012116</t>
   </si>
   <si>
     <t>061785</t>
   </si>
   <si>
     <t>142551.00₸</t>
   </si>
   <si>
     <t>Контейнер д/блендера б/ножа;тритан;1,4л;прозр.</t>
   </si>
   <si>
     <t>07012120</t>
   </si>
   <si>
     <t>058805</t>
   </si>
   <si>
     <t>52576.00₸</t>
   </si>
   <si>
     <t>Аэрационный контейнер д/бленд.TQO,Vita Prep3;0,9л;,H=22,9,L=12,7,B=20,3см</t>
@@ -281,53 +269,50 @@
   <si>
     <t>062947</t>
   </si>
   <si>
     <t>209325.00₸</t>
   </si>
   <si>
     <t>Контейнер для блендера «CB-787A/B» с крышкой;прозр.,черный</t>
   </si>
   <si>
     <t>07013041</t>
   </si>
   <si>
     <t>CB-787A/B-4</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>22680.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для блендера «CB-986» с крышкой;,H=35,L=28,B=19см;прозр.,черный</t>
   </si>
   <si>
     <t>07013046</t>
   </si>
   <si>
     <t>CB-986-4</t>
   </si>
   <si>
     <t>23485.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Контейнер для блендера «CB-699» с крышкой;2л;прозр.,черный</t>
   </si>
   <si>
     <t>07013051</t>
   </si>
   <si>
     <t>CB-699-4</t>
   </si>
   <si>
     <t>45360.00₸</t>
@@ -347,63 +332,60 @@
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>189906.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Контейнер для блендера CB1000</t>
   </si>
   <si>
     <t>07013089</t>
   </si>
   <si>
     <t>4401-60400D</t>
   </si>
   <si>
     <t>150366.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Контейнер для блендера SV400</t>
   </si>
   <si>
     <t>07013100</t>
   </si>
   <si>
     <t>4201-04053A</t>
-  </si>
-[...1 lines deleted...]
-    <t>19 шт.</t>
   </si>
   <si>
     <t>Контейнер для блендера SV400 вакуумный</t>
   </si>
   <si>
     <t>07013103</t>
   </si>
   <si>
     <t>4401-51009C</t>
   </si>
   <si>
     <t>27667.00₸</t>
   </si>
   <si>
     <t>Контейнер для блендера KPB-351</t>
   </si>
   <si>
     <t>07013108</t>
   </si>
   <si>
     <t>3002-40000A</t>
   </si>
   <si>
     <t>59036.00₸</t>
   </si>
@@ -442,51 +424,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A931FF5B-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544692-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544693-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C58-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961A8-4250-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9946325-2230-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB3D9BDC-2230-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B15CCDF7-2230-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265F6-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B778E8E9-2230-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB3D9B3C-2230-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609D80FA-05D8-11EE-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C3401-2230-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFFAB-2231-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CCFD-3157-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CC5D-3157-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F341E2C8-3157-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79A11-9C06-11EE-BC36-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C378E-9B58-11EE-BC36-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C312B-9B58-11EE-BC36-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79779-9C06-11EE-BC36-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C33B1-9B58-11EE-BC36-005056921CC422.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A931FF5B-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544692-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544693-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C58-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961A8-4250-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9946325-2230-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AB3D9BDC-2230-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B15CCDF7-2230-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265F6-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B778E8E9-2230-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609D80FA-05D8-11EE-BC09-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C3401-2230-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFFAB-2231-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CCFD-3157-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35CC5D-3157-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F341E2C8-3157-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79A11-9C06-11EE-BC36-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C378E-9B58-11EE-BC36-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C312B-9B58-11EE-BC36-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79779-9C06-11EE-BC36-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C33B1-9B58-11EE-BC36-005056921CC421.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1077,80 +1059,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1396,62 +1348,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-7010202-leopold-vienna-02140203/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-909-hamilton-beach-02140301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-918-919-hamilton-beach-02140302/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-7010104-hamilton-beach-02140304/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-blendera-37-santos-07011502/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-elfrbl00823m-fimar-07011541/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-dlya-blendera-bl008-fimar-07011551/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-dlya-blendera-vitamix-07011967/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-blendera-vitamix-07011975/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-d-blendera-nozh-krysh-zagl-vitamix-07011984/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-blendera-vitamix-07012107/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-d-blendera-d-molprod-vitamix-07012116/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-blendera-b-nozha-vitamix-07012120/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeracionnyy-konteyner-d-blendtqo-vita-prep3-vitamix-07012129/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013041/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013046/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013051/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013082/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013089/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013100/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013103/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013108/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-7010202-leopold-vienna-02140203/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-909-hamilton-beach-02140301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-918-919-hamilton-beach-02140302/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-7010104-hamilton-beach-02140304/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-blendera-37-santos-07011502/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-elfrbl00823m-fimar-07011541/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-dlya-blendera-bl008-fimar-07011551/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-dlya-blendera-vitamix-07011967/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-blendera-vitamix-07011975/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-d-blendera-nozh-krysh-zagl-vitamix-07011984/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-v-sbore-d-blendera-d-molprod-vitamix-07012116/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-blendera-b-nozha-vitamix-07012120/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeracionnyy-konteyner-d-blendtqo-vita-prep3-vitamix-07012129/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013041/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013046/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-probar-07013051/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013082/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013089/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013100/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013103/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-blendera-kuvings-07013108/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L23"/>
+  <dimension ref="A1:L22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I23" sqref="I23"/>
+      <selection activeCell="I22" sqref="I22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1616,621 +1568,588 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L12" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L13" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="L15" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>93</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>105</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="L22" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
-    <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>