--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -101,270 +101,270 @@
   <si>
     <t>04081303</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>13895.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Ведро для картофеля фри «Ведро»;сталь нерж.;330мл;D=90,H=85мм;металлич.</t>
   </si>
   <si>
     <t>04081304</t>
   </si>
   <si>
     <t>6195.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;165мл;D=7,H=7,L=7,B=5см</t>
+  </si>
+  <si>
+    <t>04081306</t>
+  </si>
+  <si>
+    <t>BKT7</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;330мл;D=9/7,H=9см</t>
+  </si>
+  <si>
+    <t>04081307</t>
+  </si>
+  <si>
+    <t>BKT9</t>
+  </si>
+  <si>
+    <t>3864.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;0,9л;D=12,5,H=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04081308</t>
+  </si>
+  <si>
+    <t>BKT12</t>
+  </si>
+  <si>
+    <t>5390.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;165мл;D=5,H=30,L=39,B=32см</t>
+  </si>
+  <si>
+    <t>04081309</t>
+  </si>
+  <si>
+    <t>BKT7HM</t>
+  </si>
+  <si>
+    <t>3745.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;330мл;D=6,H=9,L=9см</t>
+  </si>
+  <si>
+    <t>04081310</t>
+  </si>
+  <si>
+    <t>BKT9HM</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;0,9л;D=10,H=12,L=12см</t>
+  </si>
+  <si>
+    <t>04081311</t>
+  </si>
+  <si>
+    <t>BKT12HM</t>
+  </si>
+  <si>
+    <t>6055.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри;сталь нерж.;150мл;D=75,H=70мм</t>
+  </si>
+  <si>
+    <t>04081312</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>4453.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;350мл;D=90,H=85мм</t>
+  </si>
+  <si>
+    <t>04081317</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;металл;0,6л;D=110,H=95мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>04081322</t>
+  </si>
+  <si>
+    <t>GSE 1251</t>
+  </si>
+  <si>
+    <t>Vanner</t>
+  </si>
+  <si>
+    <t>3558.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри;D=10,H=10см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04081323</t>
+  </si>
+  <si>
+    <t>GSE 1311</t>
+  </si>
+  <si>
+    <t>2151.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри;фарфор;260мл;,L=9,B=9см;белый</t>
+  </si>
+  <si>
+    <t>04081328</t>
+  </si>
+  <si>
+    <t>K10061</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>4340.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сплав цинк.;250мл;D=8см</t>
+  </si>
+  <si>
+    <t>04081330</t>
+  </si>
+  <si>
+    <t>GBT8</t>
+  </si>
+  <si>
+    <t>1750.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сплав цинк.;0,5л;D=10,H=10,5см</t>
+  </si>
+  <si>
+    <t>04081331</t>
+  </si>
+  <si>
+    <t>GBT10</t>
+  </si>
+  <si>
+    <t>2184.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сплав цинк.;1,2л;D=14,H=12,2см</t>
+  </si>
+  <si>
+    <t>04081332</t>
+  </si>
+  <si>
+    <t>GBT14</t>
+  </si>
+  <si>
+    <t>2478.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сплав цинк.;3л;D=18,H=16,7см</t>
+  </si>
+  <si>
+    <t>04081333</t>
+  </si>
+  <si>
+    <t>GBT18</t>
+  </si>
+  <si>
+    <t>3073.00₸</t>
+  </si>
+  <si>
+    <t>Ведро для картофеля фри «Ведро»;сталь нерж.;0,55л;D=10,H=10см</t>
+  </si>
+  <si>
+    <t>04081340</t>
+  </si>
+  <si>
+    <t>15620100ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>7147.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
-  </si>
-[...217 lines deleted...]
-    <t>38 шт.</t>
   </si>
   <si>
     <t>Ведро для картофеля фри «Ведро»;сплав цинк.;0,6л;D=11,H=10,5см;зелен.</t>
   </si>
   <si>
     <t>04081343</t>
   </si>
   <si>
     <t>GBT11PGN</t>
   </si>
   <si>
     <t>2786.00₸</t>
   </si>
   <si>
     <t>Ведро для картофеля фри «Ведро»;сплав цинк.;0,6л;D=11,H=10,5см;красный</t>
   </si>
   <si>
     <t>04081346</t>
   </si>
   <si>
     <t>GBT11PRD</t>
   </si>
   <si>
     <t>2828.00₸</t>
   </si>
@@ -1643,495 +1643,495 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="L10" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D11" s="0">
         <v>645192</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D12" s="0">
         <v>645190</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
@@ -2151,179 +2151,179 @@
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>