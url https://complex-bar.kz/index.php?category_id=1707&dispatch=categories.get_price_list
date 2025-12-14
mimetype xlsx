--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -194,51 +194,51 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста арт.4011474, 4011475;полипроп.;,L=60,5,B=40см;белый</t>
   </si>
   <si>
     <t>04011476</t>
   </si>
   <si>
     <t>ACOPER</t>
   </si>
   <si>
     <t>Zio Pepe</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Крышки для контейнеров для теста</t>
   </si>
   <si>
     <t>21491.00₸</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста арт.510111, 510112;полипроп.;,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04011479</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>19928.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов;полипроп.;,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04011497</t>
   </si>
   <si>
     <t>10249.00₸</t>
   </si>
@@ -302,53 +302,50 @@
   <si>
     <t>Крышка для контейнера для продуктов RFSCW6, RFSCW8;поликарбонат;D=25,2см;прозр.</t>
   </si>
   <si>
     <t>04012579</t>
   </si>
   <si>
     <t>RFSC6148</t>
   </si>
   <si>
     <t>2018.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов RFSCW1;поликарбонат;D=15,4см;прозр.</t>
   </si>
   <si>
     <t>04012614</t>
   </si>
   <si>
     <t>RFSCWC1135</t>
   </si>
   <si>
     <t>1448.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для контейнера для продуктов RFCW6, RFCW8;поликарбонат;D=25,2см;прозр.</t>
   </si>
   <si>
     <t>04013902</t>
   </si>
   <si>
     <t>RFSCWC6135</t>
   </si>
   <si>
     <t>4490.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 12183CW, 12186CW, 12189CW раздвижная;поликарбонат;,L=45,7,B=30,5</t>
   </si>
   <si>
     <t>04013904</t>
   </si>
   <si>
     <t>1218SCCW135</t>
   </si>
   <si>
     <t>22223.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 12SFSCW, 18SFSCW, 22SFSCW;поликарбонат;,L=26,5,B=25,6см;прозр.</t>
@@ -368,185 +365,191 @@
   <si>
     <t>04013936</t>
   </si>
   <si>
     <t>SFC2SCPP190</t>
   </si>
   <si>
     <t>2411.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;белый</t>
   </si>
   <si>
     <t>04013993</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>5236.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;голуб.</t>
   </si>
   <si>
     <t>04013994</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов RFSCW12,RFSCW18,RFSCW22;поликарбонат;D=37,8см;прозр.</t>
   </si>
   <si>
     <t>04014213</t>
   </si>
   <si>
     <t>RFSCWC12</t>
   </si>
   <si>
     <t>11882.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов;полипроп.;,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04014257</t>
   </si>
   <si>
     <t>41763-30</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>12551.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для теста 510531,510532;полиэтилен;D=48,H=3см;белый</t>
   </si>
   <si>
     <t>04014344</t>
   </si>
   <si>
     <t>18427.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,L=60,B=40см;красный</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04014503</t>
   </si>
   <si>
+    <t>506/red</t>
+  </si>
+  <si>
     <t>Tara</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 506 морозостойкая;полиэтилен;,L=61,B=41см;белый</t>
+    <t>Крышка для ящика для продуктов 506 (от -30 до +60°C);полиэтилен;,L=61,B=41см;белый</t>
   </si>
   <si>
     <t>04014509</t>
   </si>
   <si>
+    <t>506/white</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 503 морозостойкая;полиэтилен;,L=61,B=41см;зелен.</t>
+    <t>Крышка для ящика для продуктов 503 (от -30 до +60°C);полиэтилен;,L=61,B=41см;зелен.</t>
   </si>
   <si>
     <t>04014518</t>
   </si>
   <si>
+    <t>503/green</t>
+  </si>
+  <si>
     <t>6276.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов универсальная;полипроп.;,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04014716</t>
   </si>
   <si>
     <t>CASS6040CP</t>
   </si>
   <si>
     <t>Gimetal</t>
   </si>
   <si>
     <t>11019.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов 306/blue;полиэтилен;,H=27,L=532,B=400мм;синий</t>
   </si>
   <si>
     <t>04019064</t>
   </si>
   <si>
     <t>306-1/blue</t>
   </si>
   <si>
     <t>6160.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов 405/blue;полиэтилен;,H=2,L=43,B=33см;синий</t>
   </si>
   <si>
     <t>04019145</t>
   </si>
   <si>
-    <t>405К/blue</t>
+    <t>405-К/blue</t>
   </si>
   <si>
     <t>2849.00₸</t>
   </si>
   <si>
     <t>Крышка для емкости для сыпучих продуктов сменная для приправ;поликарбонат;D=8,L=9см;оранжев.</t>
   </si>
   <si>
     <t>04130301</t>
   </si>
   <si>
     <t>96SKRLM408</t>
   </si>
   <si>
     <t>Крышки для емкостей для сыпучих продуктов</t>
   </si>
   <si>
     <t>1494.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для емкости для сыпучих продуктов сменная для банки для зелени;поликарбонат;D=8,L=9см;белый</t>
   </si>
   <si>
     <t>04130302</t>
   </si>
   <si>
     <t>96SKRLP148</t>
   </si>
   <si>
     <t>1540.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Крышка для емкости для сыпучих продуктов сменная для соли и перца;поликарбонат;D=80,L=95мм;бежев.</t>
   </si>
   <si>
     <t>04142243</t>
   </si>
   <si>
     <t>96SKRLD406</t>
   </si>
   <si>
     <t>1001.00₸</t>
@@ -746,50 +749,53 @@
   <si>
     <t>09100699</t>
   </si>
   <si>
     <t>1826DSCW135</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>Полки дренажные для контейнеров для продуктов</t>
   </si>
   <si>
     <t>15886.00₸</t>
   </si>
   <si>
     <t>Крышка для емкости для сыпучих продуктов сменная для сыра;поликарбонат;D=8,L=9см;желт.</t>
   </si>
   <si>
     <t>09100705</t>
   </si>
   <si>
     <t>96SKRLC405</t>
   </si>
   <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
     <t>Крышка для контейнера для теста д/лотков;поликарбонат;,H=30,L=660,B=465мм;белый</t>
   </si>
   <si>
     <t>09100707</t>
   </si>
   <si>
     <t>DBC1826CW148</t>
   </si>
   <si>
     <t>23986.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 2SFSPP, 4SFSPP;полиэтилен;,L=18,5,B=18,5см;зелен.</t>
   </si>
   <si>
     <t>09100710</t>
   </si>
   <si>
     <t>SFC2452</t>
   </si>
   <si>
     <t>3342.00₸</t>
@@ -797,180 +803,207 @@
   <si>
     <t>Крышка для контейнера для продуктов 6SFSP, 8SFSP;полиэтилен;,L=21,5,B=21,5см;прозр.</t>
   </si>
   <si>
     <t>09100711</t>
   </si>
   <si>
     <t>SFC6</t>
   </si>
   <si>
     <t>2649.00₸</t>
   </si>
   <si>
     <t>Крышка для емкости для сыпучих продуктов сменная для мелкого помола;поликарбонат;,H=40,L=455,B=310мм</t>
   </si>
   <si>
     <t>09100851</t>
   </si>
   <si>
     <t>96SKRLF407</t>
   </si>
   <si>
     <t>948.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для контейнера для продуктов 12183P. 12186P. 12189P;полиэтилен;,L=45,7,B=30,5см;белый</t>
   </si>
   <si>
     <t>09100852</t>
   </si>
   <si>
     <t>1218CP148</t>
   </si>
   <si>
     <t>8624.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 18263P. 18266P. 18269P.182612P. 182615P;полиэтилен;,L=66,B=45,7с</t>
   </si>
   <si>
     <t>09100855</t>
   </si>
   <si>
     <t>1826CP148</t>
   </si>
   <si>
     <t>22176.00₸</t>
   </si>
   <si>
     <t>Крышка для банки;дуб;D=207,H=29мм;св. дерево</t>
   </si>
   <si>
     <t>04148945</t>
   </si>
   <si>
     <t>BU_OL001</t>
   </si>
   <si>
     <t>190152.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов ЕС 4322.2/grey;полиэтилен;,H=27,L=400,B=400мм;серый</t>
+    <t>Крышка для ящика для продуктов ЕС 4322.2/grey (от -18 до +50°C);полиэтилен;,H=27,L=400,B=300мм;серый</t>
   </si>
   <si>
     <t>04019161</t>
   </si>
   <si>
     <t>500 KLT/grey</t>
   </si>
   <si>
     <t>4582.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;синий</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019189</t>
   </si>
   <si>
     <t>506-1/blue</t>
   </si>
   <si>
     <t>7161.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;красный</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04019187</t>
   </si>
   <si>
     <t>506-1/red</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 603/blue морозостойкая;полиэтилен;,H=15,L=610,B=410мм;синий</t>
+    <t>Крышка для ящика для продуктов 603/blue (от -30 до +60°C);полиэтилен;,H=15,L=610,B=410мм;синий</t>
   </si>
   <si>
     <t>04019190</t>
   </si>
   <si>
     <t>503/blue</t>
   </si>
   <si>
     <t>7546.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов SPK 6017/grey (от 0 до +50 C);полипроп.;,H=1,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04019191</t>
   </si>
   <si>
     <t>Lid SPK 6040L</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>9895.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;зелен.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019199</t>
   </si>
   <si>
     <t>506/green</t>
   </si>
   <si>
     <t>7662.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019201</t>
   </si>
   <si>
     <t>506/blue</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов (для арт. 203-2/grey);полиэтилен;,H=4,L=41,B=61см;серый</t>
+    <t>Крышка для ящика для продуктов утяжеленная (для арт. 203-2/grey) (от -18 до +50°C);полиэтилен;,H=4,L</t>
   </si>
   <si>
     <t>04019202</t>
   </si>
   <si>
     <t>506-1 М/000/grey</t>
   </si>
   <si>
     <t>8278.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки BU_GJ002;орех;D=116,H=17мм;деревян.</t>
+  </si>
+  <si>
+    <t>04148844</t>
+  </si>
+  <si>
+    <t>BU_WL002</t>
+  </si>
+  <si>
+    <t>89713.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов «Евробокс» (от -20 °C);полипроп.;,H=18,L=405,B=305мм;серый</t>
+  </si>
+  <si>
+    <t>04014543</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов «Евробокс» (от -20 °C);полипроп.;,H=18,L=605,B=405мм;серый</t>
+  </si>
+  <si>
+    <t>04014544</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3199,62 +3232,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-02040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-12183cw-12183cw-cambro-04011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04011263/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011377/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011378/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011379/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-konteyneru-rfs1-cambro-04011470/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-zio-pepe-04011476/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-matfer-04011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-shtabeliruemyh-matfer-04011497/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-art510501-510505-matfer-04011838/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-matfer-04011857/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryschka-razdvizhnaya-dlya-konteynerov-cambro-04012445/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012574/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012577/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012579/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-04012614/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-razdvizhnaya-dlya-konteynerov-cambro-04013904/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013936/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013993/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04014213/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-04014257/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-510531-510532-matfer-04014344/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-yaschika-tara-04014503/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04014509/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-morozostoykaya-dlya-yaschika-tara-04014518/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-universalnaya-dlya-konteynerov-gimetal-04014716/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-tara-04019064/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019145/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-priprav-cambro-04130301/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-banki-d-zeleni-cambro-04130302/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-soli-i-perca-cambro-04142243/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100580/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100581/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100583/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynerov-cambro-09100585/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynera-cambro-09100587/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100677/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-drenazhnaya-dlya-konteynerov-cambro-09100699/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-syra-cambro-09100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-lotkov-cambro-09100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100710/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100711/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smen-d-melkogo-pomola-cambro-09100851/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100852/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100855/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019189/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019187/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019190/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019191/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019199/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019201/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019202/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-02040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-12183cw-12183cw-cambro-04011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04011263/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011377/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011378/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011379/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-konteyneru-rfs1-cambro-04011470/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-zio-pepe-04011476/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-matfer-04011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-shtabeliruemyh-matfer-04011497/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-art510501-510505-matfer-04011838/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-matfer-04011857/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryschka-razdvizhnaya-dlya-konteynerov-cambro-04012445/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012574/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012577/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012579/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-04012614/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-razdvizhnaya-dlya-konteynerov-cambro-04013904/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013936/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013993/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04014213/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-04014257/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-510531-510532-matfer-04014344/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-yaschika-tara-04014503/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04014509/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-morozostoykaya-dlya-yaschika-tara-04014518/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-universalnaya-dlya-konteynerov-gimetal-04014716/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-tara-04019064/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019145/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-priprav-cambro-04130301/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-banki-d-zeleni-cambro-04130302/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-soli-i-perca-cambro-04142243/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100580/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100581/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100583/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynerov-cambro-09100585/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynera-cambro-09100587/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100677/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-drenazhnaya-dlya-konteynerov-cambro-09100699/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smennaya-d-syra-cambro-09100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-lotkov-cambro-09100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100710/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100711/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-smen-d-melkogo-pomola-cambro-09100851/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100852/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100855/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019189/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019187/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019190/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019191/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019199/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019201/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019202/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148844/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-restola-04014543/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-restola-04014544/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L68"/>
+  <dimension ref="A1:L71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I68" sqref="I68"/>
+      <selection activeCell="I71" sqref="I71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3809,1638 +3842,1725 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D23" s="0">
         <v>422108616</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D24" s="0">
         <v>422108602</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D27" s="0">
         <v>510534</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D29" s="0">
-        <v>506</v>
+      <c r="D29" s="0" t="s">
+        <v>139</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>142</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>143</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L35" s="0">
         <v>264</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>139</v>
+        <v>167</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D37" s="0">
         <v>92136</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D38" s="0">
         <v>92158</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L39" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L40" s="0">
         <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D41" s="0">
         <v>8.95053</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L41" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>120</v>
+        <v>244</v>
       </c>
       <c r="L53" s="0">
         <v>288</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="L57" s="0">
         <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="B62" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>297</v>
+        <v>51</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>277</v>
+        <v>298</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="80">
+      <c r="B69" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="F69" s="0"/>
+      <c r="G69" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="J69" s="0"/>
+      <c r="K69" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="L69" s="0"/>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="80">
+      <c r="B70" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="D70" s="0">
+        <v>425233130</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F70" s="0"/>
+      <c r="G70" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="J70" s="0"/>
+      <c r="K70" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="L70" s="0"/>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="80">
+      <c r="B71" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="D71" s="0">
+        <v>425233230</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F71" s="0"/>
+      <c r="G71" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="J71" s="0"/>
+      <c r="K71" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="L71" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5468,50 +5588,53 @@
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>