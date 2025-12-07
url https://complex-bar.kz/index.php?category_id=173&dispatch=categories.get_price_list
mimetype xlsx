--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -92,117 +92,117 @@
   <si>
     <t>119227.00₸</t>
   </si>
   <si>
     <t>30 шт.</t>
   </si>
   <si>
     <t>Нож д/блендера BL008</t>
   </si>
   <si>
     <t>07012110</t>
   </si>
   <si>
     <t>CO6858</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>46701.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Нож для блендера «CB-787A/B»;,H=65,L=75,B=75мм</t>
   </si>
   <si>
     <t>07013039</t>
   </si>
   <si>
     <t>CB-787A/B-2</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>12950.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Нож для блендера «CB-986»</t>
   </si>
   <si>
     <t>07013044</t>
   </si>
   <si>
     <t>CB-986-2</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для блендера «CB-699»</t>
   </si>
   <si>
     <t>07013049</t>
   </si>
   <si>
     <t>CB-699-2</t>
   </si>
   <si>
     <t>19985.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Нож для блендера KPB-351</t>
   </si>
   <si>
     <t>07013109</t>
   </si>
   <si>
     <t>3002-41000A</t>
   </si>
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>120690.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
+    <t>10 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -881,83 +881,83 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>