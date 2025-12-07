--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="669">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,542 +95,515 @@
   <si>
     <t>87653.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Программатор д/блендера «Вайта Микс»</t>
   </si>
   <si>
     <t>07010146</t>
   </si>
   <si>
     <t>015606</t>
   </si>
   <si>
     <t>Vitamix</t>
   </si>
   <si>
     <t>222084.00₸</t>
   </si>
   <si>
     <t>39 шт.</t>
   </si>
   <si>
-    <t>Прокладка д/блендера 33;резина;D=70,H=15мм;черный</t>
-[...2 lines deleted...]
-    <t>07010210</t>
+    <t>Колба д/блендера HBF-600;пластик,металл;1,4л;,H=23,L=25,B=19,5см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>07010215</t>
+  </si>
+  <si>
+    <t>6126-600</t>
+  </si>
+  <si>
+    <t>Hamilton Beach</t>
+  </si>
+  <si>
+    <t>105186.00₸</t>
+  </si>
+  <si>
+    <t>Заглушка д/крышки  контейнера «Адванс»;поликарбонат</t>
+  </si>
+  <si>
+    <t>07010216</t>
+  </si>
+  <si>
+    <t>015987/001159</t>
+  </si>
+  <si>
+    <t>15893.00₸</t>
+  </si>
+  <si>
+    <t>Мотор д/бленд.HB908,909;пластик,металл;,H=11,L=13,B=12,5см;черный</t>
+  </si>
+  <si>
+    <t>07010241</t>
+  </si>
+  <si>
+    <t>77786.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Основание д/бленд.HBB250 NEW;пластик;,H=11,L=20,B=17,5см;черный</t>
+  </si>
+  <si>
+    <t>07010246</t>
+  </si>
+  <si>
+    <t>20559.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Выключатель д/бленд.HBB250 NEW;металл;,H=6,L=3,B=1см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>07010252</t>
+  </si>
+  <si>
+    <t>39886.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Мотор д/бленд.HBB250 NEW;металл;,H=85,L=140,B=90мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010254</t>
+  </si>
+  <si>
+    <t>115716.00₸</t>
+  </si>
+  <si>
+    <t>Мерный стакан д/бленд.HBB250 NEW;пластик;D=50,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>07010255</t>
+  </si>
+  <si>
+    <t>2787.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Электронная плата д/бленд.HBB250;пластик,металл;,H=25,L=75,B=70мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>07010256</t>
+  </si>
+  <si>
+    <t>66559.00₸</t>
+  </si>
+  <si>
+    <t>Колба д/бленд.HBH450;пластик,резина;1,42л;,H=27,L=20,B=14см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>07010259</t>
+  </si>
+  <si>
+    <t>6126-450CE</t>
+  </si>
+  <si>
+    <t>85610.00₸</t>
+  </si>
+  <si>
+    <t>Щетка д/чистки контейнера;,H=35,6,L=15,8,B=15,8см</t>
+  </si>
+  <si>
+    <t>07010260</t>
+  </si>
+  <si>
+    <t>015639</t>
+  </si>
+  <si>
+    <t>44838.00₸</t>
+  </si>
+  <si>
+    <t>Выключатель д/HBH 915;пластик;,H=25,L=30,B=22мм;черный</t>
+  </si>
+  <si>
+    <t>07010262</t>
+  </si>
+  <si>
+    <t>19574.00₸</t>
+  </si>
+  <si>
+    <t>Монтажная плата д/бленд.HBF400;пластик,металл;,H=40,L=13,B=10мм;желт.,зелен.</t>
+  </si>
+  <si>
+    <t>07010286</t>
+  </si>
+  <si>
+    <t>94680.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо д/блендера 7010202;сталь нерж.;D=12,H=3мм;серебрист.</t>
+  </si>
+  <si>
+    <t>07010307</t>
+  </si>
+  <si>
+    <t>E7104</t>
+  </si>
+  <si>
+    <t>Leopold Vienna</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>9926.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Прокладка д/блендера[3шт];резина;D=73мм;черный</t>
+  </si>
+  <si>
+    <t>07010359</t>
+  </si>
+  <si>
+    <t>CAC 56</t>
+  </si>
+  <si>
+    <t>4959.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Колба стальная д/бленд.7010103,010;сталь нерж.,пластик;0,9л;D=11,5,H=24см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07010365</t>
+  </si>
+  <si>
+    <t>101048.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный д/бленд. HB 908,909,919;пластик;D=50/65,H=50мм;прозр.</t>
+  </si>
+  <si>
+    <t>07010367</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Шпильки д/мотора бленд.HB;металл;D=3/7,L=110мм;черный</t>
+  </si>
+  <si>
+    <t>07010387</t>
+  </si>
+  <si>
+    <t>917.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Основание д/колбы 212120;пластик</t>
+  </si>
+  <si>
+    <t>07011507</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>18650.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Колба в сборе д/блендера 33;поликарбонат;1,25л</t>
+  </si>
+  <si>
+    <t>07011510</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
-    <t>ФРАНЦИЯ</t>
-[...2 lines deleted...]
-    <t>4205.00₸</t>
+    <t>114145.00₸</t>
+  </si>
+  <si>
+    <t>Стакан д/миксера DMB-DMB20</t>
+  </si>
+  <si>
+    <t>07011522</t>
+  </si>
+  <si>
+    <t>CO6108</t>
+  </si>
+  <si>
+    <t>Fimar</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>40333.00₸</t>
+  </si>
+  <si>
+    <t>Стабилизатор выкл.блендера BL008-020B-021 с фиксацией</t>
+  </si>
+  <si>
+    <t>07011523</t>
+  </si>
+  <si>
+    <t>CO6201</t>
+  </si>
+  <si>
+    <t>8832.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Дестабилизатор выкл.блендера BL008-020B-021</t>
+  </si>
+  <si>
+    <t>07011524</t>
+  </si>
+  <si>
+    <t>CO6532</t>
+  </si>
+  <si>
+    <t>8640.00₸</t>
+  </si>
+  <si>
+    <t>Датчик блендера BL</t>
+  </si>
+  <si>
+    <t>07011525</t>
+  </si>
+  <si>
+    <t>CO6540</t>
+  </si>
+  <si>
+    <t>11081.00₸</t>
+  </si>
+  <si>
+    <t>Колпачок д/крышки к BL008</t>
+  </si>
+  <si>
+    <t>07011538</t>
+  </si>
+  <si>
+    <t>CO6157</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
+  </si>
+  <si>
+    <t>Выключатель питания д/блендера BL008</t>
+  </si>
+  <si>
+    <t>07011554</t>
+  </si>
+  <si>
+    <t>CO6203</t>
+  </si>
+  <si>
+    <t>9025.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель д/блендера BL008</t>
+  </si>
+  <si>
+    <t>07011555</t>
+  </si>
+  <si>
+    <t>CO7597</t>
+  </si>
+  <si>
+    <t>12890.00₸</t>
+  </si>
+  <si>
+    <t>Плата для блендера «BL008»</t>
+  </si>
+  <si>
+    <t>07011560</t>
+  </si>
+  <si>
+    <t>CO6538</t>
+  </si>
+  <si>
+    <t>54239.00₸</t>
+  </si>
+  <si>
+    <t>Устройство для мытья контейнеров с нимзким потоком воды[2шт];черный</t>
+  </si>
+  <si>
+    <t>07011647</t>
+  </si>
+  <si>
+    <t>057646</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>37592.00₸</t>
+  </si>
+  <si>
+    <t>Устройство д/мытья контейн./бленд./бокалов «Ринз-о-Матик»;D=14,H=34см</t>
+  </si>
+  <si>
+    <t>07011901</t>
+  </si>
+  <si>
+    <t>001446</t>
+  </si>
+  <si>
+    <t>347332.00₸</t>
+  </si>
+  <si>
+    <t>Переходник для устройства для мытья контейнеров «Ринз-о-Матик» д/устр.д/мытья стака</t>
+  </si>
+  <si>
+    <t>07011902</t>
+  </si>
+  <si>
+    <t>001419</t>
+  </si>
+  <si>
+    <t>15477.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Заглушка д/крышки  контейнера «Вайта Преп 3»;поликарбонат</t>
+  </si>
+  <si>
+    <t>07011904</t>
+  </si>
+  <si>
+    <t>062984/000755</t>
+  </si>
+  <si>
+    <t>15339.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо фиксаторное д/конт. (0,9 L / 1,4 L  / 2,0 L);металл</t>
+  </si>
+  <si>
+    <t>07011908</t>
+  </si>
+  <si>
+    <t>000836</t>
+  </si>
+  <si>
+    <t>46093.00₸</t>
+  </si>
+  <si>
+    <t>Распылительная головка д/устр.д/мытья стакан. «Ринз-о-Матик»</t>
+  </si>
+  <si>
+    <t>07011911</t>
+  </si>
+  <si>
+    <t>001443</t>
+  </si>
+  <si>
+    <t>33750.00₸</t>
+  </si>
+  <si>
+    <t>Ножки д/устройства д/мытья и ополаск. «Ринз-о-Матик»[3шт];резина</t>
+  </si>
+  <si>
+    <t>07011912</t>
+  </si>
+  <si>
+    <t>001444</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>39613.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Система отключения мотора при открытии крышки блендера «Интерлок» XL;черный</t>
+  </si>
+  <si>
+    <t>07011918</t>
+  </si>
+  <si>
+    <t>015055</t>
+  </si>
+  <si>
+    <t>64003.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера «XL»;черный</t>
+  </si>
+  <si>
+    <t>07011919</t>
+  </si>
+  <si>
+    <t>015061</t>
+  </si>
+  <si>
+    <t>132641.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Колба д/блендера HBF-600;пластик,металл;1,4л;,H=23,L=25,B=19,5см;черный,прозр.</t>
-[...472 lines deleted...]
-  <si>
     <t>Колпак шумоизолирующий д/блендера «Квайт Ван» на магнит.основе;поликарбонат</t>
   </si>
   <si>
     <t>07011921</t>
   </si>
   <si>
     <t>015080</t>
   </si>
   <si>
     <t>486764.00₸</t>
   </si>
   <si>
     <t>Корпус для блендера «Quite One»;черный</t>
   </si>
   <si>
     <t>07011924</t>
   </si>
   <si>
     <t>015292</t>
   </si>
   <si>
     <t>Quite One</t>
   </si>
   <si>
     <t>94526.00₸</t>
@@ -746,1284 +719,1137 @@
   <si>
     <t>07011941</t>
   </si>
   <si>
     <t>015673</t>
   </si>
   <si>
     <t>МЕКСИКА</t>
   </si>
   <si>
     <t>278109.00₸</t>
   </si>
   <si>
     <t>Мотор в сборе д/блендера «T&amp;G2»</t>
   </si>
   <si>
     <t>07011943</t>
   </si>
   <si>
     <t>015683</t>
   </si>
   <si>
     <t>226226.00₸</t>
   </si>
   <si>
-    <t>Мотор в сборе д/блендера «Вайта Преп 3»;,H=17,L=25,5,B=17см</t>
-[...10 lines deleted...]
-  <si>
     <t>Корпус для блендера «Drink Machine Advance»;серебрист.,черный</t>
   </si>
   <si>
     <t>07011945</t>
   </si>
   <si>
     <t>015727</t>
   </si>
   <si>
     <t>Drink Machine</t>
   </si>
   <si>
     <t>90006.00₸</t>
   </si>
   <si>
     <t>Корпус для блендера «Bar Boss Advance»;красный</t>
   </si>
   <si>
     <t>07011947</t>
   </si>
   <si>
     <t>015729</t>
   </si>
   <si>
     <t>31955.00₸</t>
   </si>
   <si>
-    <t>Плата для блендера «BarBoss/Drink Machine Advance»</t>
-[...10 lines deleted...]
-  <si>
     <t>Переключатель программ для блендера «BarBoss/Drink Machine Advance»;,H=90,L=125,B=90мм;серый,черный</t>
   </si>
   <si>
     <t>07011949</t>
   </si>
   <si>
     <t>015731</t>
   </si>
   <si>
     <t>47509.00₸</t>
   </si>
   <si>
     <t>Кнопка Вкл/Выкл.программ с подсветкой «Бар Босс и Дринк Машин Адванс»</t>
   </si>
   <si>
     <t>07011951</t>
   </si>
   <si>
     <t>015734</t>
   </si>
   <si>
     <t>65163.00₸</t>
   </si>
   <si>
-    <t>Фильтр частоты тока для блендера «Vitamix»;,H=90,L=125,B=90мм;стальной</t>
-[...44 lines deleted...]
-    <t>30654.00₸</t>
+    <t>Корпус для блендера «T&amp;G2»;свет.-сер.</t>
+  </si>
+  <si>
+    <t>07011960</t>
+  </si>
+  <si>
+    <t>015774</t>
+  </si>
+  <si>
+    <t>61200.00₸</t>
+  </si>
+  <si>
+    <t>Предохранитель 8А д/блендеров с колпаком «Вайта Микс»;,H=10,L=140,B=105мм</t>
+  </si>
+  <si>
+    <t>07011963</t>
+  </si>
+  <si>
+    <t>015782</t>
+  </si>
+  <si>
+    <t>10334.00₸</t>
+  </si>
+  <si>
+    <t>Панель управления для блендера «T&amp;G2»;,H=5,L=28,B=24см;черный,свет.-сер.</t>
+  </si>
+  <si>
+    <t>07011966</t>
+  </si>
+  <si>
+    <t>015803</t>
+  </si>
+  <si>
+    <t>79711.00₸</t>
+  </si>
+  <si>
+    <t>Верхний шумоизол.колпак д/бленд. «T&amp;G2» ударопроч.пластик</t>
+  </si>
+  <si>
+    <t>07011977</t>
+  </si>
+  <si>
+    <t>018006</t>
+  </si>
+  <si>
+    <t>312320.00₸</t>
+  </si>
+  <si>
+    <t>Мотор д/блендера BL008</t>
+  </si>
+  <si>
+    <t>07012111</t>
+  </si>
+  <si>
+    <t>CO6542</t>
+  </si>
+  <si>
+    <t>110619.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Мотор д/блендера DMB-DMB20</t>
+  </si>
+  <si>
+    <t>07012112</t>
+  </si>
+  <si>
+    <t>CO6098</t>
+  </si>
+  <si>
+    <t>69539.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка д/блендера BL008</t>
+  </si>
+  <si>
+    <t>07012121</t>
+  </si>
+  <si>
+    <t>CO6169</t>
+  </si>
+  <si>
+    <t>27944.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо д/блендера BL008</t>
+  </si>
+  <si>
+    <t>07012122</t>
+  </si>
+  <si>
+    <t>CO6167</t>
+  </si>
+  <si>
+    <t>8101.00₸</t>
+  </si>
+  <si>
+    <t>Коврик для блендера «T&amp;2/Quite One/BarBoss» шумопоглощающий;черный</t>
+  </si>
+  <si>
+    <t>07012131</t>
+  </si>
+  <si>
+    <t>015579/Star</t>
+  </si>
+  <si>
+    <t>12028.00₸</t>
+  </si>
+  <si>
+    <t>Переходник для устройства для мытья контейнеров «Ринз-о-Матик»</t>
+  </si>
+  <si>
+    <t>07012143</t>
+  </si>
+  <si>
+    <t>16163.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера «Mix""n Machine»;черный</t>
+  </si>
+  <si>
+    <t>07012154</t>
+  </si>
+  <si>
+    <t>015688</t>
+  </si>
+  <si>
+    <t>721860.00₸</t>
+  </si>
+  <si>
+    <t>Предохранитель для блендера «Mix""n Machine»;серый</t>
+  </si>
+  <si>
+    <t>07012155</t>
+  </si>
+  <si>
+    <t>030012</t>
+  </si>
+  <si>
+    <t>12682.00₸</t>
+  </si>
+  <si>
+    <t>Выключатель для блендера «Mix""n Machine» без маркировки;черный</t>
+  </si>
+  <si>
+    <t>07012156</t>
+  </si>
+  <si>
+    <t>030021</t>
+  </si>
+  <si>
+    <t>5568.00₸</t>
+  </si>
+  <si>
+    <t>Защита от брызг д/Микс Машин</t>
+  </si>
+  <si>
+    <t>07012158</t>
+  </si>
+  <si>
+    <t>030015</t>
+  </si>
+  <si>
+    <t>26396.00₸</t>
+  </si>
+  <si>
+    <t>Нога д/блендера MX25</t>
+  </si>
+  <si>
+    <t>07012159</t>
+  </si>
+  <si>
+    <t>ME2530</t>
+  </si>
+  <si>
+    <t>75792.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера «CB-787A/B»;силикон;D=67мм;белый</t>
+  </si>
+  <si>
+    <t>07013038</t>
+  </si>
+  <si>
+    <t>CB-787A/B-6</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>2702.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера «CB-787A/B» однофазный</t>
+  </si>
+  <si>
+    <t>07013040</t>
+  </si>
+  <si>
+    <t>CB-787A/B-3</t>
+  </si>
+  <si>
+    <t>21595.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера «CB-986»;силикон;D=70,H=2мм</t>
+  </si>
+  <si>
+    <t>07013043</t>
+  </si>
+  <si>
+    <t>CB-986-6</t>
+  </si>
+  <si>
+    <t>3780.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера «CB-986» однофазный</t>
+  </si>
+  <si>
+    <t>07013045</t>
+  </si>
+  <si>
+    <t>CB-986-3</t>
+  </si>
+  <si>
+    <t>29960.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера «CB-699»;силикон;D=72мм;белый</t>
+  </si>
+  <si>
+    <t>07013048</t>
+  </si>
+  <si>
+    <t>CB-699-6</t>
+  </si>
+  <si>
+    <t>4585.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера «CB-699» однофазный</t>
+  </si>
+  <si>
+    <t>07013050</t>
+  </si>
+  <si>
+    <t>CB-699-3</t>
+  </si>
+  <si>
+    <t>48860.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для блендера «CB-787»</t>
+  </si>
+  <si>
+    <t>07013054</t>
+  </si>
+  <si>
+    <t>CB-787A/B-1</t>
+  </si>
+  <si>
+    <t>Подставка для блендера «CB-986»;D=73,H=3мм</t>
+  </si>
+  <si>
+    <t>07013055</t>
+  </si>
+  <si>
+    <t>CB-986-1</t>
+  </si>
+  <si>
+    <t>Подставка для блендера «CB-699»;,H=3,L=73,B=73мм</t>
+  </si>
+  <si>
+    <t>07013056</t>
+  </si>
+  <si>
+    <t>CB-699-1</t>
+  </si>
+  <si>
+    <t>Подставка для блендера</t>
+  </si>
+  <si>
+    <t>07013064</t>
+  </si>
+  <si>
+    <t>Robot Coupe</t>
+  </si>
+  <si>
+    <t>147571.00₸</t>
+  </si>
+  <si>
+    <t>Колпак для блендера CB1000 звукоизолирующий</t>
+  </si>
+  <si>
+    <t>07013085</t>
+  </si>
+  <si>
+    <t>3002-60000A</t>
+  </si>
+  <si>
+    <t>Kuvings</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>1159359.00₸</t>
+  </si>
+  <si>
+    <t>Плата для блендера CB1000 (Датчик Холла)</t>
+  </si>
+  <si>
+    <t>07013086</t>
+  </si>
+  <si>
+    <t>5001-03324A</t>
+  </si>
+  <si>
+    <t>13306.00₸</t>
+  </si>
+  <si>
+    <t>Провод для блендера CB1000 подводящий -3Р (Датчик Холла)</t>
+  </si>
+  <si>
+    <t>07013087</t>
+  </si>
+  <si>
+    <t>5001-04353A</t>
+  </si>
+  <si>
+    <t>3519.00₸</t>
+  </si>
+  <si>
+    <t>Муфта для блендера CB1000</t>
+  </si>
+  <si>
+    <t>07013090</t>
+  </si>
+  <si>
+    <t>4401-62000A</t>
+  </si>
+  <si>
+    <t>28283.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для блендера CB1000 для кнопки быстрого запуска</t>
+  </si>
+  <si>
+    <t>07013091</t>
+  </si>
+  <si>
+    <t>4001-09580A</t>
+  </si>
+  <si>
+    <t>670.00₸</t>
+  </si>
+  <si>
+    <t>Фитинг для блендера CB1000 7X7</t>
+  </si>
+  <si>
+    <t>07013092</t>
+  </si>
+  <si>
+    <t>4001-09560A</t>
+  </si>
+  <si>
+    <t>424.00₸</t>
+  </si>
+  <si>
+    <t>Фитинг для блендера CB1000 7X7X7X5</t>
+  </si>
+  <si>
+    <t>07013093</t>
+  </si>
+  <si>
+    <t>4001-09561A</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера CB1000 верхняя часть</t>
+  </si>
+  <si>
+    <t>07013094</t>
+  </si>
+  <si>
+    <t>4001-09460A</t>
+  </si>
+  <si>
+    <t>177462.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера CB1000 передняя часть</t>
+  </si>
+  <si>
+    <t>07013095</t>
+  </si>
+  <si>
+    <t>3002-60101A</t>
+  </si>
+  <si>
+    <t>845869.00₸</t>
+  </si>
+  <si>
+    <t>Плата электронная для блендера CB1000 материнская</t>
+  </si>
+  <si>
+    <t>07013096</t>
+  </si>
+  <si>
+    <t>4401-01505C</t>
+  </si>
+  <si>
+    <t>293509.00₸</t>
+  </si>
+  <si>
+    <t>Плата электронная для блендера CB1000 контрольная</t>
+  </si>
+  <si>
+    <t>07013097</t>
+  </si>
+  <si>
+    <t>4401-01500C</t>
+  </si>
+  <si>
+    <t>216463.00₸</t>
+  </si>
+  <si>
+    <t>Основание для блендера CB1000</t>
+  </si>
+  <si>
+    <t>07013098</t>
+  </si>
+  <si>
+    <t>4001-09700A</t>
+  </si>
+  <si>
+    <t>9918.00₸</t>
+  </si>
+  <si>
+    <t>Колпак для блендера SV400 звукоизолирующий</t>
+  </si>
+  <si>
+    <t>07013099</t>
+  </si>
+  <si>
+    <t>4401-50913B</t>
+  </si>
+  <si>
+    <t>42320.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Муфта для блендера SV400</t>
+  </si>
+  <si>
+    <t>07013101</t>
+  </si>
+  <si>
+    <t>4401-50801D</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера SV400 верхняя часть</t>
+  </si>
+  <si>
+    <t>07013102</t>
+  </si>
+  <si>
+    <t>4001-00305A</t>
+  </si>
+  <si>
+    <t>7362.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Толкатель для блендера SV400</t>
+  </si>
+  <si>
+    <t>07013104</t>
+  </si>
+  <si>
+    <t>4301-50204A</t>
+  </si>
+  <si>
+    <t>8193.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Толкатель для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013105</t>
+  </si>
+  <si>
+    <t>4301-50200A</t>
+  </si>
+  <si>
+    <t>10380.00₸</t>
+  </si>
+  <si>
+    <t>Колпак для блендера KPB-351 для крышки контейнера</t>
+  </si>
+  <si>
+    <t>07013107</t>
+  </si>
+  <si>
+    <t>4001-02060A</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Муфта для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013110</t>
+  </si>
+  <si>
+    <t>3002-41001A</t>
+  </si>
+  <si>
+    <t>8386.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера KPB-351;бордо</t>
+  </si>
+  <si>
+    <t>07013111</t>
+  </si>
+  <si>
+    <t>4101-00103B</t>
+  </si>
+  <si>
+    <t>34358.00₸</t>
+  </si>
+  <si>
+    <t>Плата для блендера KPB-351 печатная (Датчик Холла)</t>
+  </si>
+  <si>
+    <t>07013112</t>
+  </si>
+  <si>
+    <t>3002-41002A</t>
+  </si>
+  <si>
+    <t>9541.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для блендера KPB-351 основание</t>
+  </si>
+  <si>
+    <t>07013113</t>
+  </si>
+  <si>
+    <t>4001-01120C</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Ножки для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013114</t>
+  </si>
+  <si>
+    <t>5001-04010D</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Панель управления для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013115</t>
+  </si>
+  <si>
+    <t>3002-41500A</t>
+  </si>
+  <si>
+    <t>22477.00₸</t>
+  </si>
+  <si>
+    <t>Плата электронная для блендера KPB-351 печатная</t>
+  </si>
+  <si>
+    <t>07013116</t>
+  </si>
+  <si>
+    <t>3002-41003A</t>
+  </si>
+  <si>
+    <t>58982.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера CS700;силикон;серебрист.</t>
+  </si>
+  <si>
+    <t>07013121</t>
+  </si>
+  <si>
+    <t>5000-00230B</t>
+  </si>
+  <si>
+    <t>1371.00₸</t>
+  </si>
+  <si>
+    <t>Модуль для блендера вакуумный SV400</t>
+  </si>
+  <si>
+    <t>07013123</t>
+  </si>
+  <si>
+    <t>4401-00500I</t>
+  </si>
+  <si>
+    <t>12644.00₸</t>
   </si>
   <si>
     <t>17 шт.</t>
   </si>
   <si>
-    <t>Корпус для блендера «T&amp;G2»;свет.-сер.</t>
-[...632 lines deleted...]
-    <t>9541.00₸</t>
+    <t>Коврик для блендера центрирующий SV400</t>
+  </si>
+  <si>
+    <t>07013125</t>
+  </si>
+  <si>
+    <t>4001-08195A</t>
+  </si>
+  <si>
+    <t>16779.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера SV400;силикон</t>
+  </si>
+  <si>
+    <t>07013126</t>
+  </si>
+  <si>
+    <t>5001-00310A</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Модуль для блендера вакуумный CB1000</t>
+  </si>
+  <si>
+    <t>07013127</t>
+  </si>
+  <si>
+    <t>4401-60300B</t>
+  </si>
+  <si>
+    <t>22438.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для блендера винта муфты CB1000</t>
+  </si>
+  <si>
+    <t>07013130</t>
+  </si>
+  <si>
+    <t>5001-03016A</t>
+  </si>
+  <si>
+    <t>693.00₸</t>
+  </si>
+  <si>
+    <t>Кожух для блендера кнопки быстрого запуска CB1000</t>
+  </si>
+  <si>
+    <t>07013131</t>
+  </si>
+  <si>
+    <t>5001-04421B</t>
+  </si>
+  <si>
+    <t>2187.00₸</t>
+  </si>
+  <si>
+    <t>Провод для блендера CB1000 подводящий (Кнопка быстрого запуска) - 2Р</t>
+  </si>
+  <si>
+    <t>07013132</t>
+  </si>
+  <si>
+    <t>5001-04351A</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера CB1000 вакуумная</t>
+  </si>
+  <si>
+    <t>07013133</t>
+  </si>
+  <si>
+    <t>5001-04302A</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Крепление для блендера CB1000 для насоса AM380</t>
+  </si>
+  <si>
+    <t>07013134</t>
+  </si>
+  <si>
+    <t>4001-09550A</t>
+  </si>
+  <si>
+    <t>840.00₸</t>
+  </si>
+  <si>
+    <t>Подушка для блендера CB1000 амортизирующая</t>
+  </si>
+  <si>
+    <t>07013135</t>
+  </si>
+  <si>
+    <t>4001-09500A</t>
+  </si>
+  <si>
+    <t>13814.00₸</t>
+  </si>
+  <si>
+    <t>Коврик для блендера центрирующий CB1000</t>
+  </si>
+  <si>
+    <t>07013136</t>
+  </si>
+  <si>
+    <t>4001-09510A</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>Провод для блендера CB1000 подводящий (Управление печатной платой) - 5Р</t>
+  </si>
+  <si>
+    <t>07013137</t>
+  </si>
+  <si>
+    <t>5001-04352A</t>
+  </si>
+  <si>
+    <t>4459.00₸</t>
+  </si>
+  <si>
+    <t>Насос для блендера CB1000 вакуумный</t>
+  </si>
+  <si>
+    <t>07013138</t>
+  </si>
+  <si>
+    <t>3002-60051A</t>
+  </si>
+  <si>
+    <t>272604.00₸</t>
+  </si>
+  <si>
+    <t>Кожух для блендера вакуумного насоса CB1000</t>
+  </si>
+  <si>
+    <t>07013139</t>
+  </si>
+  <si>
+    <t>4001-09660A</t>
+  </si>
+  <si>
+    <t>1032.00₸</t>
+  </si>
+  <si>
+    <t>Слот для фитинга для блендера CB1000 вакуумного насоса</t>
+  </si>
+  <si>
+    <t>07013140</t>
+  </si>
+  <si>
+    <t>5001-04600A</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Кожух для блендера CB1000 для крышки вакуумного насоса</t>
+  </si>
+  <si>
+    <t>07013141</t>
+  </si>
+  <si>
+    <t>4001-09661A</t>
+  </si>
+  <si>
+    <t>2657.00₸</t>
+  </si>
+  <si>
+    <t>Кожух для блендера CB1000 для крышки вакуумного насоса задняя</t>
+  </si>
+  <si>
+    <t>07013142</t>
+  </si>
+  <si>
+    <t>4001-09662A</t>
+  </si>
+  <si>
+    <t>3712.00₸</t>
+  </si>
+  <si>
+    <t>Сальник для мотора блендера CB1000</t>
+  </si>
+  <si>
+    <t>07013143</t>
+  </si>
+  <si>
+    <t>5001-04610A</t>
+  </si>
+  <si>
+    <t>9094.00₸</t>
+  </si>
+  <si>
+    <t>Крепление для блендера CB1000 задняя часть</t>
+  </si>
+  <si>
+    <t>07013144</t>
+  </si>
+  <si>
+    <t>4001-09670A</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Динамик для блендера CB1000</t>
+  </si>
+  <si>
+    <t>07013145</t>
+  </si>
+  <si>
+    <t>5001-04270A</t>
+  </si>
+  <si>
+    <t>11589.00₸</t>
+  </si>
+  <si>
+    <t>Провод для блендера CB1000 соединительный</t>
+  </si>
+  <si>
+    <t>07013146</t>
+  </si>
+  <si>
+    <t>5001-04380A</t>
+  </si>
+  <si>
+    <t>2588.00₸</t>
+  </si>
+  <si>
+    <t>Крепление для блендера KPB-351 верхняя крышка корпуса</t>
+  </si>
+  <si>
+    <t>07013147</t>
+  </si>
+  <si>
+    <t>4001-01020B</t>
+  </si>
+  <si>
+    <t>5429.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013148</t>
+  </si>
+  <si>
+    <t>5001-00121A</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо для блендера KPB-351 уплотнительное</t>
+  </si>
+  <si>
+    <t>07013149</t>
+  </si>
+  <si>
+    <t>5001-03230A</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>Шайба для блендера KPB-351;сталь</t>
+  </si>
+  <si>
+    <t>07013150</t>
+  </si>
+  <si>
+    <t>5803-01003B</t>
+  </si>
+  <si>
+    <t>108.00₸</t>
+  </si>
+  <si>
+    <t>Держатель контейнера для блендера KPB-351</t>
+  </si>
+  <si>
+    <t>07013151</t>
+  </si>
+  <si>
+    <t>5001-00120D</t>
+  </si>
+  <si>
+    <t>7292.00₸</t>
+  </si>
+  <si>
+    <t>Крепление для блендера KPB-351 печатной платы</t>
+  </si>
+  <si>
+    <t>07013152</t>
+  </si>
+  <si>
+    <t>5001-03261A</t>
+  </si>
+  <si>
+    <t>2334.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо для блендера KPB-351 фиксаторное для контейнера</t>
+  </si>
+  <si>
+    <t>07013153</t>
+  </si>
+  <si>
+    <t>4001-00150D</t>
+  </si>
+  <si>
+    <t>6900.00₸</t>
+  </si>
+  <si>
+    <t>Заглушка для блендера KPB-351 муфты</t>
+  </si>
+  <si>
+    <t>07013154</t>
+  </si>
+  <si>
+    <t>4001-01830B</t>
+  </si>
+  <si>
+    <t>124.00₸</t>
+  </si>
+  <si>
+    <t>Провод для блендера KPB351 питания</t>
+  </si>
+  <si>
+    <t>07013155</t>
+  </si>
+  <si>
+    <t>4401-01003A</t>
+  </si>
+  <si>
+    <t>11935.00₸</t>
+  </si>
+  <si>
+    <t>Плата электронная для блендера KPB-351 материнская</t>
+  </si>
+  <si>
+    <t>07013156</t>
+  </si>
+  <si>
+    <t>5001-03302A</t>
+  </si>
+  <si>
+    <t>33357.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера SV400;1,5Квт</t>
+  </si>
+  <si>
+    <t>07013157</t>
+  </si>
+  <si>
+    <t>5001-03562B</t>
+  </si>
+  <si>
+    <t>95804.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера CB1000;1,7Квт</t>
+  </si>
+  <si>
+    <t>07013158</t>
+  </si>
+  <si>
+    <t>5001-03570A</t>
+  </si>
+  <si>
+    <t>162139.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для блендера KPB-351;1,7Квт</t>
+  </si>
+  <si>
+    <t>07013159</t>
+  </si>
+  <si>
+    <t>5001-03551A</t>
+  </si>
+  <si>
+    <t>116255.00₸</t>
   </si>
   <si>
     <t>16 шт.</t>
-  </si>
-[...469 lines deleted...]
-    <t>116255.00₸</t>
   </si>
   <si>
     <t>Прокладка для блендера CB1000 уплотнительная</t>
   </si>
   <si>
     <t>07013160</t>
   </si>
   <si>
     <t>5001-04490A</t>
   </si>
   <si>
     <t>6954.00₸</t>
   </si>
   <si>
     <t>Панель управления для блендера SV400</t>
   </si>
   <si>
     <t>07013165</t>
   </si>
   <si>
     <t>3002-50020A</t>
   </si>
   <si>
     <t>95242.00₸</t>
   </si>
@@ -2254,51 +2080,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420EC4-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6E-E3D3-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9B7-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3017330B-4250-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D37C6-2224-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A45C-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F6-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FB-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AFC03-2224-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FE-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FF-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09B5A867-2222-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B1-424D-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09B5AD6B-2222-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E005-424D-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E007-424D-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161A0-424F-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBBE-424B-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474E12-424B-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C039F-424B-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E07-424C-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD63-424C-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD461-4251-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E387-4251-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949856A-222F-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656095-4253-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656096-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656097-4253-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88E-3126-11EC-BBF4-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7ADFA-2231-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4BB-3126-11EC-BBF4-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA75F-1CC0-11EE-BC0C-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA9AB-1CC0-11EE-BC0C-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A112A-E3D2-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E915-2230-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C385-2230-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF5E93E-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD14F-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045A-3126-11EC-BBF4-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C6FDF6-1CC0-11EE-BC0C-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002328-2230-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9946093-2230-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630452-05D8-11EE-BC09-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6AEAE-823F-11EE-BC10-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD15A-4251-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD15D-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D40D98-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39651B3-2230-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265DD-4251-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D40D9A-E3D5-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2178E655-222F-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16E-4251-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16F-4251-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD170-4251-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630516-05D8-11EE-BC09-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A6307C6-05D8-11EE-BC09-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B8C958-2230-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD173-4251-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265DE-4251-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265DF-4251-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E1-4251-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E3-4251-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E5-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E6-4251-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E8-4251-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265EA-4251-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265EB-4251-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB75C7-2230-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4948-2231-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362954FC-05D8-11EE-BC09-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382CEFBF-2230-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADF3-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE190-4254-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F1425B-8149-11E9-BBBA-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69265-1CC1-11EE-BC0C-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3913122-FECF-11EC-BBFA-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742E806-222F-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E875-2230-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD965F03-1CC0-11EE-BC0C-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F99E-1CC0-11EE-BC0C-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181B3B-1CC1-11EE-BC0C-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309E3AFF-823F-11EE-BC10-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6AF4E-823F-11EE-BC10-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F80F-3157-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C89D-3157-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F76F-3157-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C7FD-3157-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F8AF-3157-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C93D-3157-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E73A0092-3157-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F94F-3157-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E73A0132-3157-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B20A3FF-36B4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C3E76-9B58-11EE-BC36-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14DE5D82-AEC9-11EE-BC40-00505692492F95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18FB6-9C06-11EE-BC36-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C6DA-9C06-11EE-BC36-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF4110-AEC9-11EE-BC40-00505692492F98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC714D6-AEC8-11EE-BC40-00505692492F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59CA111D-AEC8-11EE-BC40-00505692492F100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811D028-AEC9-11EE-BC40-00505692492F101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC796D3-9C06-11EE-BC36-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C4C2-9C06-11EE-BC36-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA169-AEC9-11EE-BC40-00505692492F104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A570309A-BB9B-11EE-BC41-00505692492F105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79D03-9C06-11EE-BC36-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D5474-AEC9-11EE-BC40-00505692492F107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA99F8-AEC9-11EE-BC40-00505692492F108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702E60-BB9B-11EE-BC41-00505692492F109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC717EC-AEC8-11EE-BC40-00505692492F110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79FE4-9C06-11EE-BC36-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D554A-AEC9-11EE-BC40-00505692492F112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CC19-AEC9-11EE-BC40-00505692492F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C410-9C06-11EE-BC36-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79633-9C06-11EE-BC36-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20F4F2E2-AEC9-11EE-BC40-00505692492F116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5D02-AEC9-11EE-BC40-00505692492F117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C35E-9C06-11EE-BC36-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD6505-AEC8-11EE-BC40-00505692492F119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E885756D-A111-11EE-BC36-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E58A1B3-AECA-11EE-BC40-00505692492F121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD6314-AEC8-11EE-BC40-00505692492F122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E885760E-A111-11EE-BC36-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5DCD08F-AEC9-11EE-BC40-00505692492F124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589AF5-AECA-11EE-BC40-00505692492F125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AFFB-A111-11EE-BC36-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702F00-BB9B-11EE-BC41-00505692492F127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA92AE-AEC9-11EE-BC40-00505692492F128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FCE5AEA1-AEC8-11EE-BC40-00505692492F129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AD24-AECA-11EE-BC40-00505692492F130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702FE8-BB9B-11EE-BC41-00505692492F131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D51A6-AEC9-11EE-BC40-00505692492F132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589CA0-AECA-11EE-BC40-00505692492F133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4C9B75F-AEC8-11EE-BC40-00505692492F134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589FD2-AECA-11EE-BC40-00505692492F135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A570313A-BB9B-11EE-BC41-00505692492F136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C55EDB-AEC8-11EE-BC40-00505692492F137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA9125-AEC9-11EE-BC40-00505692492F138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE87041D-A111-11EE-BC36-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AE05-A111-11EE-BC36-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF481F-AEC9-11EE-BC40-00505692492F141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD63FC-AEC8-11EE-BC40-00505692492F142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E58987D-AECA-11EE-BC40-00505692492F143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D73F9-AEC8-11EE-BC40-00505692492F144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55143D47-AECA-11EE-BC40-00505692492F145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF46DD-AEC9-11EE-BC40-00505692492F146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854770C-AECA-11EE-BC40-00505692492F147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4284A0A9-AECA-11EE-BC40-00505692492F148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AACB-A111-11EE-BC36-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694B1A7-A111-11EE-BC36-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3412-9B58-11EE-BC36-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857497-A111-11EE-BC36-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2877351-A111-11EE-BC36-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA5AF8-AEC8-11EE-BC40-00505692492F154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5BD3-AEC9-11EE-BC40-00505692492F155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA93B7-AEC9-11EE-BC40-00505692492F156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE86FFC5-A111-11EE-BC36-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E45C1-A111-11EE-BC36-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B1EC-AECA-11EE-BC40-00505692492F159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E4AF7-A111-11EE-BC36-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E4673-A111-11EE-BC36-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694B107-A111-11EE-BC36-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E5180-A111-11EE-BC36-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C53B-A111-11EE-BC36-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CE8D-AEC9-11EE-BC40-00505692492F165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CF63-AEC9-11EE-BC40-00505692492F166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F4222C3-AECA-11EE-BC40-00505692492F167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D50D0-AEC9-11EE-BC40-00505692492F168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD287-5BE7-11EF-BC4D-00505692C447169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD19F-5BE7-11EF-BC4D-00505692C447170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD381-5BE7-11EF-BC4D-00505692C447171.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420EC4-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6E-E3D3-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3017330B-4250-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842D37C6-2224-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A45C-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F6-424D-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FB-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AFC03-2224-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FE-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945FF-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71B1-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09B5AD6B-2222-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E005-424D-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161A0-424F-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEBBE-424B-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474E12-424B-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C039F-424B-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E07-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CDFFD63-424C-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD461-4251-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E387-4251-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949856A-222F-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656095-4253-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656096-4253-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656097-4253-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88E-3126-11EC-BBF4-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7ADFA-2231-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4BB-3126-11EC-BBF4-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA75F-1CC0-11EE-BC0C-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA9AB-1CC0-11EE-BC0C-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A112A-E3D2-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E915-2230-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C385-2230-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BEF5E93E-E3D5-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD14F-4251-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045A-3126-11EC-BBF4-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C6FDF6-1CC0-11EE-BC0C-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002328-2230-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9946093-2230-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630452-05D8-11EE-BC09-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6AEAE-823F-11EE-BC10-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD15A-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD15D-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D40D98-E3D5-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39651B3-2230-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265DD-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D40D9A-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2178E655-222F-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16E-4251-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD16F-4251-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A630516-05D8-11EE-BC09-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A6307C6-05D8-11EE-BC09-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD173-4251-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265DE-4251-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E6-4251-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265E8-4251-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265EB-4251-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4948-2231-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382CEFBF-2230-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4ADF3-4254-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE190-4254-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1F1425B-8149-11E9-BBBA-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69265-1CC1-11EE-BC0C-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E875-2230-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD965F03-1CC0-11EE-BC0C-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F99E-1CC0-11EE-BC0C-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181B3B-1CC1-11EE-BC0C-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6AF4E-823F-11EE-BC10-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F80F-3157-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C89D-3157-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F76F-3157-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C7FD-3157-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F8AF-3157-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C93D-3157-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E73A0092-3157-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F94F-3157-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E73A0132-3157-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B20A3FF-36B4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C3E76-9B58-11EE-BC36-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14DE5D82-AEC9-11EE-BC40-00505692492F80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18FB6-9C06-11EE-BC36-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C6DA-9C06-11EE-BC36-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF4110-AEC9-11EE-BC40-00505692492F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC714D6-AEC8-11EE-BC40-00505692492F84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59CA111D-AEC8-11EE-BC40-00505692492F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811D028-AEC9-11EE-BC40-00505692492F86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC796D3-9C06-11EE-BC36-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C4C2-9C06-11EE-BC36-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA169-AEC9-11EE-BC40-00505692492F89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A570309A-BB9B-11EE-BC41-00505692492F90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79D03-9C06-11EE-BC36-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D5474-AEC9-11EE-BC40-00505692492F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA99F8-AEC9-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702E60-BB9B-11EE-BC41-00505692492F94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC717EC-AEC8-11EE-BC40-00505692492F95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79FE4-9C06-11EE-BC36-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D554A-AEC9-11EE-BC40-00505692492F97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CC19-AEC9-11EE-BC40-00505692492F98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C410-9C06-11EE-BC36-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC79633-9C06-11EE-BC36-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20F4F2E2-AEC9-11EE-BC40-00505692492F101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5D02-AEC9-11EE-BC40-00505692492F102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C35E-9C06-11EE-BC36-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD6505-AEC8-11EE-BC40-00505692492F104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E885756D-A111-11EE-BC36-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E58A1B3-AECA-11EE-BC40-00505692492F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD6314-AEC8-11EE-BC40-00505692492F107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E885760E-A111-11EE-BC36-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5DCD08F-AEC9-11EE-BC40-00505692492F109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589AF5-AECA-11EE-BC40-00505692492F110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AFFB-A111-11EE-BC36-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702F00-BB9B-11EE-BC41-00505692492F112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA92AE-AEC9-11EE-BC40-00505692492F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FCE5AEA1-AEC8-11EE-BC40-00505692492F114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AD24-AECA-11EE-BC40-00505692492F115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5702FE8-BB9B-11EE-BC41-00505692492F116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D51A6-AEC9-11EE-BC40-00505692492F117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589CA0-AECA-11EE-BC40-00505692492F118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4C9B75F-AEC8-11EE-BC40-00505692492F119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E589FD2-AECA-11EE-BC40-00505692492F120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A570313A-BB9B-11EE-BC41-00505692492F121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C55EDB-AEC8-11EE-BC40-00505692492F122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA9125-AEC9-11EE-BC40-00505692492F123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE87041D-A111-11EE-BC36-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AE05-A111-11EE-BC36-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF481F-AEC9-11EE-BC40-00505692492F126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EACD63FC-AEC8-11EE-BC40-00505692492F127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E58987D-AECA-11EE-BC40-00505692492F128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F4D73F9-AEC8-11EE-BC40-00505692492F129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55143D47-AECA-11EE-BC40-00505692492F130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBEF46DD-AEC9-11EE-BC40-00505692492F131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1854770C-AECA-11EE-BC40-00505692492F132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4284A0A9-AECA-11EE-BC40-00505692492F133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694AACB-A111-11EE-BC36-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694B1A7-A111-11EE-BC36-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3AA3412-9B58-11EE-BC36-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857497-A111-11EE-BC36-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2877351-A111-11EE-BC36-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA5AF8-AEC8-11EE-BC40-00505692492F139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5BD3-AEC9-11EE-BC40-00505692492F140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1FA93B7-AEC9-11EE-BC40-00505692492F141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE86FFC5-A111-11EE-BC36-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E45C1-A111-11EE-BC36-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B1EC-AECA-11EE-BC40-00505692492F144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E4AF7-A111-11EE-BC36-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E4673-A111-11EE-BC36-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D694B107-A111-11EE-BC36-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E5180-A111-11EE-BC36-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C53B-A111-11EE-BC36-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CE8D-AEC9-11EE-BC40-00505692492F150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E811CF63-AEC9-11EE-BC40-00505692492F151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F4222C3-AECA-11EE-BC40-00505692492F152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572D50D0-AEC9-11EE-BC40-00505692492F153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD287-5BE7-11EF-BC4D-00505692C447154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD19F-5BE7-11EF-BC4D-00505692C447155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD381-5BE7-11EF-BC4D-00505692C447156.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4303,471 +4129,471 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6926,500 +6752,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
-        <a:stretch>
-[...448 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7678,62 +7054,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-waring-02140303/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/programmator-d-blendera-vitamix-07010146/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-blendera-33-santos-07010210/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-hbf-600-hamilton-beach-07010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-d-kryshki-konteynera-vitamix-07010216/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendhb908-909-hamilton-beach-07010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-blendhbb250-new-hamilton-beach-07010246/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-d-blendhbb250-new-hamilton-beach-07010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendhbb250-new-hamilton-beach-07010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mernyy-stakan-d-blendhbb250-new-hamilton-beach-07010255/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-d-blendhbb250-hamilton-beach-07010256/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektrichshtepsel-d-blendhbb250-hamilton-beach-07010257/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendhbh450-hamilton-beach-07010259/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-chistki-konteynera-vitamix-07010260/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-d-hbh-915-hamilton-beach-07010262/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-d-hbh-650-hamilton-beach-07010263/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/montazhnaya-plata-d-blendhbf400-hamilton-beach-07010286/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-blendera-7010202-leopold-vienna-07010307/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-blendera-waring-07010359/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-stalnaya-d-blend7010103-010-hamilton-beach-07010365/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-d-blend-hb-908-909-919-hamilton-beach-07010367/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpilki-d-motora-blendhb-hamilton-beach-07010387/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-kolby-212120-matfer-07011507/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-v-sbore-d-blendera-33-santos-07011510/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-miksera-dmb-dmb20-fimar-07011522/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stabilizator-vyklblendera-bl008-020b-021-fimar-07011523/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/destabilizator-vyklblendera-bl008-020b-021-fimar-07011524/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-blendera-bl-fimar-07011525/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-d-kryshki-k-bl008-fimar-07011538/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-pitaniya-d-blendera-bl008-fimar-07011554/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-blendera-bl008-fimar-07011555/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-fimar-07011560/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-dlya-mytya-konteynerov-vitamix-07011647/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-mytya-konteyn-blend-bokalov-vitamix-07011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnik-d-2-nogo-podklk-vode-ykonnektor-vitamix-07011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-d-kryshki-konteynera-vitamix-07011904/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-fiksatornoe-d-kont-0-9-l-1-4-l-2-0-l-vitamix-07011908/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/raspylitelnaya-golovka-d-ustrd-mytya-stakan-vitamix-07011911/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozhki-d-ustroystva-d-mytya-i-opolask-vitamix-07011912-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sistema-otklyucheniya-motora-pri-otkrytkryshki-vitamix-07011918/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-vitamix-07011919/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-shumoizoliruyuschiy-d-blendera-vitamix-07011921/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-profblendera-vitamix-07011924/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-blendera-vitamix-07011927-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-vitamix-07011930/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termorele-dlya-blendera-vitamix-07011932/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-centriruyuschiy-shumopogld-blenderov-vitamix-07011935/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-fiksatornoe-d-kontd-blenderov-vitamix-07011936/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-impulsnogo-rezhima-dlya-blendera-vitamix-07011937/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klyuch-semnik-d-nozha-konteynera-vitamix-07011938/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chip-karta-d-programmatora-blenderov-vitamix-07011940/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-vitamix-07011941/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-v-sbore-d-blendera-vitamix-07011943-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-v-sbore-d-blendera-vitamix-07011944-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-blendera-vitamix-07011945/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-blendera-vitamix-07011947/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-vitamix-07011948/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-programm-dlya-blendera-vitamix-07011949/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-vkl-vyklprogramm-s-podsvetkoy-vitamix-07011951-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-chastoty-toka-dlya-blendera-vitamix-07011952/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-napryazheniya-dlya-blendera-vitamix-07011954/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-blendera-vitamix-07011956/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-skorostey-d-blendera-vitamix-07011958/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-vitamix-07011960/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-8a-d-blenderov-s-kolpakom-vitamix-07011963/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-blendera-vitamix-07011965/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-vitamix-07011966/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-vintov-d-krepleniya-verhnkorpusa-d-blen-vitamix-07011976/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhniy-shumoizolkolpak-d-blend-vitamix-07011977/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-mytya-konteyn-blend-bokalov-vitamix-07011985/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendera-bl008-fimar-07012111/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendera-dmb-dmb20-fimar-07012112/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-blendera-bl008-fimar-07012121/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-blendera-bl008-fimar-07012122/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-vitamix-07012131/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shlang-d-ustroystva-d-mytya-stakanov-d-starbaks-vitamix-07012139/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-bystrorazsoedineniya-ustrd-mytya-stakd-starbaks-vitamix-07012141/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnik-d-2-nogo-podklk-vode-ykonnektor-d-starbaks-vitamix-07012143/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-miks-mashin-vitamix-07012154/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-3amp-d-miks-mashin-vitamix-07012155/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-b-markirovki-d-miks-mashin-vitamix-07012156/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtifty-d-zaschity-ot-bryzg-d-miks-mashin-vitamix-07012157-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-ot-bryzg-d-miks-mashin-vitamix-07012158-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-blendera-mx25-fimar-07012159/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013038/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013040/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013043/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013045/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013048/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013050/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013054/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013055/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013056/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-robot-coupe-07013064/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013085/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013086/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013087/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013090/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-blendera-kuvings-07013091/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiting-dlya-blendera-kuvings-07013092/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiting-dlya-blendera-kuvings-07013093/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013094/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013095/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013096/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013097/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-blendera-kuvings-07013098/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013099/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013101/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013102/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-blendera-kuvings-07013104/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-blendera-kuvings-07013105/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013107/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013110/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013111/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013112/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013113/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozhki-dlya-blendera-kuvings-07013114/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-kuvings-07013115/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013116/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013121/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/modul-dlya-blendera-kuvings-07013123/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-kuvings-07013125/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013126/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/modul-dlya-blendera-kuvings-07013127/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-blendera-kuvings-07013130/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013131/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013132/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013133/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013134/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podushka-dlya-blendera-kuvings-07013135/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-kuvings-07013136/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013137/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasos-dlya-blendera-kuvings-07013138/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013139/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slot-dlya-fitinga-dlya-blendera-kuvings-07013140/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013141/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013142/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-dlya-motora-kuvings-07013143/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013144/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dinamik-dlya-blendera-kuvings-07013145/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013146/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013147/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013148/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-blendera-kuvings-07013149/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-dlya-blendera-kuvings-07013150/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-konteynera-dlya-blendera-kuvings-07013151/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013152/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-blendera-kuvings-07013153/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-dlya-blendera-kuvings-07013154/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013155/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013156/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013157/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013158/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013159/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013160/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-kuvings-07013165/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013166/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-blendera-kuvings-07013167/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013168/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-blendera-kuvings-07013169/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-skorostey-dlya-blendera-kuvings-07013170/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-skorostey-dlya-blendera-kuvings-07013171/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013172/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-gerkonovyy-dlya-blendera-kuvings-07013173/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solenoid-dlya-blendera-kuvings-07013179/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013184/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013185/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-blendera-kuvings-07013186/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasos-dlya-blendera-kuvings-07013187/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013233/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013232/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013234/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-waring-02140303/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/programmator-d-blendera-vitamix-07010146/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendera-hbf-600-hamilton-beach-07010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-d-kryshki-konteynera-vitamix-07010216/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendhb908-909-hamilton-beach-07010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-blendhbb250-new-hamilton-beach-07010246/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-d-blendhbb250-new-hamilton-beach-07010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendhbb250-new-hamilton-beach-07010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mernyy-stakan-d-blendhbb250-new-hamilton-beach-07010255/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-d-blendhbb250-hamilton-beach-07010256/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-blendhbh450-hamilton-beach-07010259/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-d-chistki-konteynera-vitamix-07010260/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-d-hbh-915-hamilton-beach-07010262/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/montazhnaya-plata-d-blendhbf400-hamilton-beach-07010286/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-blendera-7010202-leopold-vienna-07010307/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-blendera-waring-07010359/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-stalnaya-d-blend7010103-010-hamilton-beach-07010365/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-d-blend-hb-908-909-919-hamilton-beach-07010367/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shpilki-d-motora-blendhb-hamilton-beach-07010387/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-kolby-212120-matfer-07011507/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-v-sbore-d-blendera-33-santos-07011510/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-miksera-dmb-dmb20-fimar-07011522/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stabilizator-vyklblendera-bl008-020b-021-fimar-07011523/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/destabilizator-vyklblendera-bl008-020b-021-fimar-07011524/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-blendera-bl-fimar-07011525/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-d-kryshki-k-bl008-fimar-07011538/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-pitaniya-d-blendera-bl008-fimar-07011554/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-blendera-bl008-fimar-07011555/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-fimar-07011560/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-dlya-mytya-konteynerov-vitamix-07011647/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-mytya-konteyn-blend-bokalov-vitamix-07011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnik-d-2-nogo-podklk-vode-ykonnektor-vitamix-07011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-d-kryshki-konteynera-vitamix-07011904/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-fiksatornoe-d-kont-0-9-l-1-4-l-2-0-l-vitamix-07011908/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/raspylitelnaya-golovka-d-ustrd-mytya-stakan-vitamix-07011911/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozhki-d-ustroystva-d-mytya-i-opolask-vitamix-07011912-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sistema-otklyucheniya-motora-pri-otkrytkryshki-vitamix-07011918/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-vitamix-07011919/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-shumoizoliruyuschiy-d-blendera-vitamix-07011921/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-profblendera-vitamix-07011924/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-blendera-vitamix-07011927-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-vitamix-07011930/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termorele-dlya-blendera-vitamix-07011932/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-centriruyuschiy-shumopogld-blenderov-vitamix-07011935/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-fiksatornoe-d-kontd-blenderov-vitamix-07011936/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-impulsnogo-rezhima-dlya-blendera-vitamix-07011937/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klyuch-semnik-d-nozha-konteynera-vitamix-07011938/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chip-karta-d-programmatora-blenderov-vitamix-07011940/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-vitamix-07011941/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-v-sbore-d-blendera-vitamix-07011943-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-blendera-vitamix-07011945/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-blendera-vitamix-07011947/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-programm-dlya-blendera-vitamix-07011949/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-vkl-vyklprogramm-s-podsvetkoy-vitamix-07011951-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-vitamix-07011960/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-8a-d-blenderov-s-kolpakom-vitamix-07011963/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-vitamix-07011966/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhniy-shumoizolkolpak-d-blend-vitamix-07011977/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendera-bl008-fimar-07012111/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-blendera-dmb-dmb20-fimar-07012112/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-blendera-bl008-fimar-07012121/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-d-blendera-bl008-fimar-07012122/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-vitamix-07012131/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnik-d-2-nogo-podklk-vode-ykonnektor-d-starbaks-vitamix-07012143/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-miks-mashin-vitamix-07012154/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-3amp-d-miks-mashin-vitamix-07012155/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-b-markirovki-d-miks-mashin-vitamix-07012156/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-ot-bryzg-d-miks-mashin-vitamix-07012158-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-blendera-mx25-fimar-07012159/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013038/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013040/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013043/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013045/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-probar-07013048/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-probar-07013050/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013054/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013055/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-probar-07013056/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blendera-robot-coupe-07013064/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013085/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013086/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013087/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013090/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-blendera-kuvings-07013091/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiting-dlya-blendera-kuvings-07013092/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiting-dlya-blendera-kuvings-07013093/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013094/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013095/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013096/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013097/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-blendera-kuvings-07013098/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013099/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013101/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013102/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-blendera-kuvings-07013104/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-blendera-kuvings-07013105/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-dlya-blendera-kuvings-07013107/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-dlya-blendera-kuvings-07013110/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013111/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013112/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013113/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozhki-dlya-blendera-kuvings-07013114/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-kuvings-07013115/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013116/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013121/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/modul-dlya-blendera-kuvings-07013123/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-kuvings-07013125/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013126/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/modul-dlya-blendera-kuvings-07013127/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-blendera-kuvings-07013130/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013131/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013132/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013133/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013134/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podushka-dlya-blendera-kuvings-07013135/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-blendera-kuvings-07013136/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013137/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasos-dlya-blendera-kuvings-07013138/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013139/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slot-dlya-fitinga-dlya-blendera-kuvings-07013140/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013141/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kozhuh-dlya-blendera-kuvings-07013142/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-dlya-motora-kuvings-07013143/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013144/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dinamik-dlya-blendera-kuvings-07013145/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013146/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013147/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013148/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-blendera-kuvings-07013149/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-dlya-blendera-kuvings-07013150/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-konteynera-dlya-blendera-kuvings-07013151/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013152/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-blendera-kuvings-07013153/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaglushka-dlya-blendera-kuvings-07013154/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013155/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013156/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013157/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013158/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-blendera-kuvings-07013159/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-blendera-kuvings-07013160/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/panel-upravleniya-dlya-blendera-kuvings-07013165/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-blendera-kuvings-07013166/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-blendera-kuvings-07013167/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013168/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-blendera-kuvings-07013169/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-skorostey-dlya-blendera-kuvings-07013170/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-skorostey-dlya-blendera-kuvings-07013171/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/provod-dlya-blendera-kuvings-07013172/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-gerkonovyy-dlya-blendera-kuvings-07013173/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/solenoid-dlya-blendera-kuvings-07013179/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013184/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-blendera-kuvings-07013185/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-blendera-kuvings-07013186/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasos-dlya-blendera-kuvings-07013187/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013233/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-elektronnaya-dlya-blendera-kuvings-07013232/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-blendera-kuvings-07013234/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L173"/>
+  <dimension ref="A1:L158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I173" sqref="I173"/>
+      <selection activeCell="I158" sqref="I158"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -7818,5476 +7194,4996 @@
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="0">
-        <v>33106</v>
+      <c r="D4" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>36</v>
+      </c>
+      <c r="D6" s="0">
+        <v>950016712</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="L6" s="0">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D7" s="0">
-        <v>950016712</v>
+        <v>990036800</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="L7" s="0">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0">
-        <v>990036800</v>
+        <v>990037900</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L8" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D9" s="0">
-        <v>990037900</v>
+        <v>990054300</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D10" s="0">
-        <v>990054300</v>
+        <v>990036000</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D11" s="0">
-        <v>990036000</v>
+        <v>990064600</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>990064600</v>
+        <v>58</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>59</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>990064800</v>
+        <v>62</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>63</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>66</v>
+      </c>
+      <c r="D14" s="0">
+        <v>260054800</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L14" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>69</v>
+      </c>
+      <c r="D15" s="0">
+        <v>990066700</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="L15" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>260054800</v>
+        <v>73</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>74</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="D17" s="0">
-        <v>990060100</v>
+      <c r="D17" s="0" t="s">
+        <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D18" s="0">
-        <v>990066700</v>
+        <v>98100</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D19" s="0" t="s">
         <v>88</v>
       </c>
+      <c r="D19" s="0">
+        <v>990035300</v>
+      </c>
       <c r="E19" s="0" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="L19" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>92</v>
+      </c>
+      <c r="D20" s="0">
+        <v>310014100</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D21" s="0">
-        <v>98100</v>
+        <v>212125</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="L21" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D22" s="0">
-        <v>990035300</v>
+        <v>33100</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="L22" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D23" s="0">
-        <v>310014100</v>
+      <c r="D23" s="0" t="s">
+        <v>107</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>212125</v>
+        <v>112</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>113</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>33100</v>
+        <v>117</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>118</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L30" s="0"/>
+      <c r="L30" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L32" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="L32" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>153</v>
+        <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="L35" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>104</v>
+        <v>180</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>179</v>
+        <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>181</v>
+        <v>100</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F41" s="0"/>
+      <c r="F41" s="0" t="s">
+        <v>188</v>
+      </c>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>75</v>
+        <v>198</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>60</v>
+        <v>203</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>212</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>221</v>
+        <v>71</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>179</v>
+        <v>228</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>16</v>
+        <v>228</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F52" s="0"/>
+      <c r="F52" s="0" t="s">
+        <v>237</v>
+      </c>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>237</v>
+        <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>237</v>
+        <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>237</v>
+        <v>169</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F56" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>179</v>
+        <v>109</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>284</v>
+        <v>53</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>289</v>
+      </c>
+      <c r="D65" s="0">
+        <v>1419</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>305</v>
+        <v>42</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
-      <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L70" s="0"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>314</v>
+        <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>119</v>
+        <v>314</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>319</v>
+        <v>90</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>321</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>119</v>
+        <v>314</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>326</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>119</v>
+        <v>314</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>327</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>329</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>330</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>119</v>
+        <v>314</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>331</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>334</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>335</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>336</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="D77" s="0">
-        <v>57648</v>
+      <c r="D77" s="0" t="s">
+        <v>338</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>338</v>
+        <v>315</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="D78" s="0">
-        <v>1437</v>
+      <c r="D78" s="0" t="s">
+        <v>341</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>341</v>
+        <v>323</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="D79" s="0">
-        <v>1419</v>
+      <c r="D79" s="0" t="s">
+        <v>344</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="D80" s="0">
+        <v>27358</v>
+      </c>
+      <c r="E80" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>348</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>349</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>350</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>351</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>23</v>
+        <v>352</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>353</v>
+        <v>38</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>23</v>
+        <v>352</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>23</v>
+        <v>352</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>23</v>
+        <v>352</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
+      <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>119</v>
+        <v>352</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>120</v>
+        <v>353</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L85" s="0"/>
+      <c r="L85" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>374</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>376</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>377</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>380</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>381</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>382</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>384</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>385</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>386</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>388</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>389</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>390</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>392</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>393</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>394</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>374</v>
+        <v>398</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>382</v>
+        <v>402</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>104</v>
+        <v>403</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>179</v>
+        <v>353</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>27358</v>
+        <v>409</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>410</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>406</v>
+        <v>352</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>29</v>
+        <v>353</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>52</v>
+        <v>412</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>44</v>
+        <v>417</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>44</v>
+        <v>403</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>44</v>
+        <v>403</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>44</v>
+        <v>403</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>44</v>
+        <v>454</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>44</v>
+        <v>463</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>462</v>
+        <v>403</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>212</v>
+        <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>471</v>
+        <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>476</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>181</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>497</v>
+        <v>38</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>462</v>
+        <v>38</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>514</v>
+        <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>44</v>
+        <v>403</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>44</v>
+        <v>596</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>514</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>476</v>
+        <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>284</v>
+        <v>38</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>462</v>
+        <v>38</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>497</v>
+        <v>19</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>411</v>
+        <v>352</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>412</v>
+        <v>353</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="L158" s="0">
-        <v>1</v>
-[...478 lines deleted...]
-      <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -13407,65 +12303,50 @@
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="B143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="B144" r:id="rId_hyperlink_143"/>
     <hyperlink ref="B145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_157"/>
-    <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
-[...13 lines deleted...]
-    <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>