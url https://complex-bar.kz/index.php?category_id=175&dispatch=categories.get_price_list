--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,124 +15,106 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Ремкомплект в сборе д/блендера 33;сталь,пластик;D=70,H=75мм;металлич.</t>
-[...8 lines deleted...]
-    <t>ФРАНЦИЯ</t>
+    <t>Рем.комплект д/бленд.HBH450;металл;,H=75,L=80,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010245</t>
+  </si>
+  <si>
+    <t>98450NEW</t>
+  </si>
+  <si>
+    <t>Hamilton Beach</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>Ремкомплекты для блендеров</t>
   </si>
   <si>
-    <t>47271.00₸</t>
-[...19 lines deleted...]
-  <si>
     <t>52741.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Рем.комплект д/HBH 650,HBH 850 HBF600;сталь;,H=7,B=8мм;металлич.</t>
   </si>
   <si>
     <t>07010266</t>
   </si>
   <si>
     <t>140895.00₸</t>
   </si>
   <si>
     <t>Рем.комплект д/блендера HBS 1200;металл;,H=55,L=80,B=50мм;металлич.</t>
   </si>
   <si>
     <t>07010267</t>
   </si>
   <si>
     <t>75322.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
@@ -161,99 +143,78 @@
   <si>
     <t>Рем.комплект д/бленд.HBB250,250S NEW;металл;D=5,H=7см;металлич.</t>
   </si>
   <si>
     <t>07010325</t>
   </si>
   <si>
     <t>30944.00₸</t>
   </si>
   <si>
     <t>Ремкомплект для блендера «Vitamix» (для щеток);черный</t>
   </si>
   <si>
     <t>07011905</t>
   </si>
   <si>
     <t>000764</t>
   </si>
   <si>
     <t>Vitamix</t>
   </si>
   <si>
     <t>13522.00₸</t>
   </si>
   <si>
-    <t>Ремкомплект для блендера «Quite One» для системы охлаждения;черный</t>
-[...10 lines deleted...]
-  <si>
     <t>Ремкомплект для блендера «Quiet One»</t>
   </si>
   <si>
     <t>07011925</t>
   </si>
   <si>
     <t>015294</t>
   </si>
   <si>
     <t>23978.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Ремкомплект для блендера Vitamix для старбакс</t>
-[...2 lines deleted...]
-    <t>07012151</t>
+    <t>Ремкомплект для блендера Vitamix для старбакс шумопоглащ. покрытия</t>
+  </si>
+  <si>
+    <t>07012153</t>
   </si>
   <si>
     <t>Elite Gold</t>
   </si>
   <si>
-    <t>30731.00₸</t>
+    <t>231616.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
-  </si>
-[...7 lines deleted...]
-    <t>231616.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -268,51 +229,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9B8-424F-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F5-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E00A-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E00B-424D-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC9D-424E-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA2C-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F1-424D-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD149-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0AF908-1CC0-11EE-BC0C-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD158-4251-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFBFAD6D-FECF-11EC-BBFA-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C521A-222F-11EE-BC0D-005056921CC412.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F5-424D-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E00A-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E00B-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC9D-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA2C-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F0945F1-424D-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD149-4251-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD158-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C521A-222F-11EE-BC0D-005056921CC49.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -530,140 +491,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -922,62 +793,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-v-sbore-d-blendera-33-santos-07010211/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbh450-hamilton-beach-07010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-hbh-650-hbh-850-hbf600-hamilton-beach-07010266/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendera-hbs-1200-hamilton-beach-07010267/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbf400-hamilton-beach-07010277/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blen908-909-918-919-hamilton-beach-07010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbb250-250s-new-hamilton-beach-07010325/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-dlya-blendera-vitamix-07011905/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-dlya-blendera-vitamix-07011923/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-dlya-blendera-vitamix-07011925/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendera-vaytamiks-d-starbaks-vitamix-07012151/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-shumopoglaschpokrytiya-d-blendera-vaytamiks-d-starbaks-vitamix-07012153/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbh450-hamilton-beach-07010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-hbh-650-hbh-850-hbf600-hamilton-beach-07010266/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendera-hbs-1200-hamilton-beach-07010267/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbf400-hamilton-beach-07010277/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blen908-909-918-919-hamilton-beach-07010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-d-blendhbb250-250s-new-hamilton-beach-07010325/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-dlya-blendera-vitamix-07011905/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-dlya-blendera-vitamix-07011925/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remkomplekt-shumopoglaschpokrytiya-d-blendera-vaytamiks-d-starbaks-vitamix-07012153/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L13"/>
+  <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I13" sqref="I13"/>
+      <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -998,445 +869,344 @@
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="0">
-        <v>33107</v>
+      <c r="D2" s="0" t="s">
+        <v>14</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F2" s="0"/>
       <c r="G2" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
+      <c r="D3" s="0">
+        <v>98650</v>
+      </c>
       <c r="E3" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D4" s="0">
-        <v>98650</v>
+        <v>98120</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L4" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D5" s="0">
-        <v>98120</v>
+        <v>98400</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D6" s="0">
-        <v>98400</v>
+        <v>98908</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D7" s="0">
-        <v>98908</v>
+        <v>98250</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L8" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0">
+        <v>15114</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="G10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>50</v>
-      </c>
-[...11 lines deleted...]
-        <v>51</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="L10" s="0">
-        <v>1</v>
-[...98 lines deleted...]
-      <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
-[...1 lines deleted...]
-    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>