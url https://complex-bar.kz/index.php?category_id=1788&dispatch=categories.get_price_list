--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -125,116 +125,122 @@
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>36448.00₸</t>
   </si>
   <si>
     <t>Корзина д/фритюрницы FRI01572 б/ручки;,H=10,L=20,5,B=20,5см</t>
   </si>
   <si>
     <t>04030202</t>
   </si>
   <si>
     <t>FRI0366</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>57373.00₸</t>
   </si>
   <si>
-    <t>Ручка съемная д/корзины FRI0366;,H=10,L=27/20,B=21см</t>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ручка съемная для корзин FRI0366,FRI0367;,H=10,L=27/20,B=21см</t>
   </si>
   <si>
     <t>04030203</t>
   </si>
   <si>
     <t>FRI0398</t>
   </si>
   <si>
     <t>3381.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Корзина д/фритюрницы FRI01573,FRI01576 б/ручки;,H=13,L=24,5,B=22см</t>
   </si>
   <si>
     <t>04030204</t>
   </si>
   <si>
     <t>FRI0367</t>
   </si>
   <si>
-    <t>124086.00₸</t>
-[...2 lines deleted...]
-    <t>4 шт.</t>
+    <t>58513.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Корзина д/фритюрницы FRI01574,01577 б/ручки;,H=10,L=27,B=21,5см</t>
   </si>
   <si>
     <t>04030207</t>
   </si>
   <si>
     <t>FRI0368</t>
   </si>
   <si>
     <t>57127.00₸</t>
   </si>
   <si>
     <t>Ручка съемная д/корзины FRI0368</t>
   </si>
   <si>
     <t>04030208</t>
   </si>
   <si>
     <t>FRI0435</t>
   </si>
   <si>
     <t>46177.00₸</t>
   </si>
   <si>
     <t>Корзина д/фритюрницы FRI01875;,H=10,L=22,B=13см</t>
   </si>
   <si>
     <t>04030210</t>
   </si>
   <si>
     <t>FRI0436</t>
   </si>
   <si>
     <t>63903.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
     <t>Корзина для фритюра;сталь нерж.;,H=45,L=215,B=105мм</t>
   </si>
   <si>
     <t>04030211</t>
   </si>
   <si>
     <t>13167.00₸</t>
   </si>
   <si>
     <t>Решетка д/жарки картофел. гнезд комплект 2шт.;сталь нерж.;D=100/70,H=70,L=440,B=95мм;металлич.</t>
   </si>
   <si>
     <t>04110707</t>
   </si>
   <si>
     <t>47009.00₸</t>
   </si>
   <si>
     <t>Совок д/картофеля фри «Проотель»;сталь нерж.;,H=52,L=228,B=206мм</t>
   </si>
   <si>
     <t>04141632</t>
   </si>
   <si>
     <t>X3</t>
@@ -242,50 +248,53 @@
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4165.00₸</t>
   </si>
   <si>
     <t>Совок д/картофеля фри с 2мя ручками;сталь нерж.,пластик;,L=23,B=20см;металлич.,черный</t>
   </si>
   <si>
     <t>04141633</t>
   </si>
   <si>
     <t>FFB01</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>8659.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Корзина овал. д/Фаст Фуд;,H=57,L=248,B=159мм</t>
   </si>
   <si>
     <t>04142103</t>
   </si>
   <si>
     <t>4-30144</t>
   </si>
   <si>
     <t>CLIP</t>
   </si>
   <si>
     <t>5401.00₸</t>
   </si>
   <si>
     <t>Фритюрница FB4LT;сталь;,H=30,L=63,B=18,5см;2Квт;металлич.</t>
   </si>
   <si>
     <t>07020608</t>
   </si>
   <si>
     <t>FRI01875</t>
   </si>
   <si>
     <t>Фритюрницы</t>
@@ -299,83 +308,77 @@
   <si>
     <t>Фритюрница FR10LT;сталь;,H=35,5,L=61,B=26см;3Квт;металлич.</t>
   </si>
   <si>
     <t>07020609</t>
   </si>
   <si>
     <t>FRI01574</t>
   </si>
   <si>
     <t>370948.00₸</t>
   </si>
   <si>
     <t>Фритюрница FR10+10LT;сталь;,H=35,5,L=48,B=53см;3Квт;металлич.</t>
   </si>
   <si>
     <t>07020610</t>
   </si>
   <si>
     <t>FRI01577</t>
   </si>
   <si>
     <t>625679.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фритюрница FR6LT;сталь;,H=31,L=55,B=26см;3Квт;металлич.</t>
   </si>
   <si>
     <t>07020611</t>
   </si>
   <si>
     <t>FRI01572</t>
   </si>
   <si>
     <t>299769.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Фритюрница FR6+6LT;3Квт</t>
   </si>
   <si>
     <t>07020612</t>
   </si>
   <si>
     <t>FRI01575</t>
   </si>
   <si>
     <t>526942.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фритюрница FR8LT;сталь;,H=31,L=40,B=26см;3Квт;металлич.</t>
   </si>
   <si>
     <t>07020613</t>
   </si>
   <si>
     <t>FRI01573</t>
   </si>
   <si>
     <t>370586.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Фритюрница FR8+8LT;сталь нерж.;,H=40,L=56,B=45см;3Квт;серебрист.</t>
   </si>
   <si>
     <t>07020614</t>
   </si>
   <si>
     <t>FRI01576</t>
   </si>
   <si>
     <t>585893.00₸</t>
@@ -393,53 +396,50 @@
     <t>49011.00₸</t>
   </si>
   <si>
     <t>Световой индикатор д/фритюрницы FB-4LT;зелен.</t>
   </si>
   <si>
     <t>07020619</t>
   </si>
   <si>
     <t>FRI03202/SPI00000</t>
   </si>
   <si>
     <t>3042.00₸</t>
   </si>
   <si>
     <t>Световой индикатор д/фритюрницы FB-4LT;оранжев.</t>
   </si>
   <si>
     <t>07020620</t>
   </si>
   <si>
     <t>SPI00001</t>
   </si>
   <si>
     <t>2241.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>15 шт.</t>
   </si>
   <si>
     <t>Термостат д/фритюрницы</t>
   </si>
   <si>
     <t>07020622</t>
   </si>
   <si>
     <t>FRI02720</t>
   </si>
   <si>
     <t>40333.00₸</t>
   </si>
   <si>
     <t>Блок управления для фритюрницы для моделей FRI01572/ FRI01575/ FRI01573/ FRI01576/ FRI01574/FRI01577</t>
   </si>
   <si>
     <t>09101820</t>
   </si>
   <si>
     <t>FRI0741</t>
   </si>
   <si>
     <t>159591.00₸</t>
   </si>
@@ -1737,686 +1737,686 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0">
         <v>40610</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D12" s="0">
         <v>112320</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="L14" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
@@ -2433,75 +2433,75 @@
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>138</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F29" s="0"/>