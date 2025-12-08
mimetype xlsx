--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Крышка для микроволновой печи и холодильника;полипроп.;D=23см;прозр.</t>
   </si>
   <si>
     <t>04010591</t>
   </si>
   <si>
     <t>431155801/6001</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Крышки для микроволновых печей</t>
   </si>
   <si>
     <t>809.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Крышка для микроволновой печи и холодильника;полипроп.;D=29см;в ассорт.</t>
   </si>
   <si>
     <t>04010592</t>
   </si>
   <si>
     <t>43113810122/431138118</t>
   </si>
   <si>
     <t>1232.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка для микроволновой печи и холодильника;полипроп.;D=25,H=10,5см;прозр.</t>
   </si>
   <si>
     <t>04010595</t>
   </si>
   <si>
     <t>963.00₸</t>
   </si>