--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="544">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -83,1349 +83,1340 @@
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Емкости фуршетные</t>
   </si>
   <si>
     <t>156973.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Емкость фуршетная для фруктов с охладительным элементом;пластик,сталь;4л;D=24,H=19см;прозр.,металлич</t>
   </si>
   <si>
     <t>02120428</t>
   </si>
   <si>
     <t>165627.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для джема с охладительным элементом;пластик,сталь;0,6л;D=14,H=9см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>02120447</t>
+  </si>
+  <si>
+    <t>65997.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для джема с охладительным элементом;дерево,поликарбонат;0,6л</t>
+  </si>
+  <si>
+    <t>02120455</t>
+  </si>
+  <si>
+    <t>35174.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для пакетиков чая;дерево,стекло;,H=9,L=36,B=20см;тем.дерево,прозр.</t>
+  </si>
+  <si>
+    <t>02120913</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>16063.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков;дерево;,H=90,L=335,B=200мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02120919</t>
+  </si>
+  <si>
+    <t>41614-34</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Органайзеры для пакетиков чая</t>
+  </si>
+  <si>
+    <t>46408.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков 4 отделения;акрил;,H=9,L=22,B=17см;прозр.</t>
+  </si>
+  <si>
+    <t>02120920</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>28067.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков 4 отделения;дерево;,H=90,L=335/200мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02120959</t>
+  </si>
+  <si>
+    <t>23062.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков 4 отделения;дерево;,H=95,L=300,B=190мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02120960</t>
+  </si>
+  <si>
+    <t>F901O-00N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>41965.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов без емкостей;сталь;D=10,5,H=19,5,L=37,5,B=29,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122301</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>Емкости для столовых приборов</t>
+  </si>
+  <si>
+    <t>90657.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для подачи глубокая;керамика;0,95л;,H=13,L=15,B=15см;белый,кирпичн.</t>
+  </si>
+  <si>
+    <t>02122953</t>
+  </si>
+  <si>
+    <t>B7714253</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>5283.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков с рисунком (на 30 шт.);дерево;,H=90,L=335,B=200мм;св. дерево</t>
+  </si>
+  <si>
+    <t>02124218</t>
+  </si>
+  <si>
+    <t>19250.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков (на 30 шт.);дерево;,H=90,L=335,B=200мм;св. дерево</t>
+  </si>
+  <si>
+    <t>02124219</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Бар» для пакетиков сахара 18/10;сталь нерж.;,L=10,5см;металлич.</t>
+  </si>
+  <si>
+    <t>02124269</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Bar</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке;пластик,сталь нерж.;D=265,H=85мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>03030738</t>
+  </si>
+  <si>
+    <t>86086.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная с охладительным элементом;фарфор,сталь нерж.;D=28,H=14,5см</t>
+  </si>
+  <si>
+    <t>03031297</t>
+  </si>
+  <si>
+    <t>EFC 000 E 014</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>214007.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Фрэймс» на подставке;дерево,поликарбонат;0,56л;,H=85мм;белый,желт.</t>
+  </si>
+  <si>
+    <t>03031503</t>
+  </si>
+  <si>
+    <t>Frames</t>
+  </si>
+  <si>
+    <t>42620.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Фрэймс» на подставке;пластик,полиэтилен;0,55л;,H=85мм;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>03031505</t>
+  </si>
+  <si>
+    <t>56788.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных на подставке с крышкой[3шт];пластик,полистирол;D=14см</t>
+  </si>
+  <si>
+    <t>03031506</t>
+  </si>
+  <si>
+    <t>198360.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке;полистирол;D=26,5см</t>
+  </si>
+  <si>
+    <t>03031509</t>
+  </si>
+  <si>
+    <t>108386.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке;полистирол;D=17,4см</t>
+  </si>
+  <si>
+    <t>03031510</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Буфет Пентолино» для подачи;стекло;300мл;,H=58,L=142,B=105мм</t>
+  </si>
+  <si>
+    <t>03033201</t>
+  </si>
+  <si>
+    <t>125610MTX121990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Buffet Pentolino</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Буфет Пентолино» для подачи;стекло;0,5л;,H=68,L=167,B=126мм;прозр.</t>
+  </si>
+  <si>
+    <t>03033202</t>
+  </si>
+  <si>
+    <t>125611MTX121990</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для подачи овальная;пластик;2,4л;,L=51,B=15,5см;белый</t>
+  </si>
+  <si>
+    <t>03033504</t>
+  </si>
+  <si>
+    <t>56626.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Бочонок» для выкладки;пластик;10л;D=30,H=19,5см;тем.дерево</t>
+  </si>
+  <si>
+    <t>03034501</t>
+  </si>
+  <si>
+    <t>BB300</t>
+  </si>
+  <si>
+    <t>Dalebrook</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>37238.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для емкости «Бочонок» BB300;пластик;4,5л;D=30,5см;черный</t>
+  </si>
+  <si>
+    <t>03034502</t>
+  </si>
+  <si>
+    <t>BLB350</t>
+  </si>
+  <si>
+    <t>18011.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для емкости «Бочонок» BB300;пластик;8л;D=30,5см;черный</t>
+  </si>
+  <si>
+    <t>03034503</t>
+  </si>
+  <si>
+    <t>BLB355</t>
+  </si>
+  <si>
+    <t>24163.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Клиа» на металлической подставке;металл;D=40,H=11,5см;прозр.,матовый</t>
+  </si>
+  <si>
+    <t>03080245</t>
+  </si>
+  <si>
+    <t>342B/221</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>21803.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Вайт Сатин» на металлической подставке;стекло,сталь;D=40/25,H=24,5см;матовый,мета</t>
+  </si>
+  <si>
+    <t>03080249</t>
+  </si>
+  <si>
+    <t>White Satin</t>
+  </si>
+  <si>
+    <t>29237.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Вайт Сатин» на металлической подставке;стекло,сталь;D=80,H=30см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080253</t>
+  </si>
+  <si>
+    <t>5462B/221</t>
+  </si>
+  <si>
+    <t>236629.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Нордик»;стекло;,H=25,L=90мм;серый</t>
+  </si>
+  <si>
+    <t>03113283</t>
+  </si>
+  <si>
+    <t>XGLAS-710</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Nordica</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>4182.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Кратер»;стекло;,L=60,B=25мм;черный</t>
+  </si>
+  <si>
+    <t>03171859</t>
+  </si>
+  <si>
+    <t>XGLAS-409</t>
+  </si>
+  <si>
+    <t>Crater</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для соусов и специй (3 чаши);сталь нерж.,пластик;D=10,H=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03173201</t>
+  </si>
+  <si>
+    <t>RD3</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>19684.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для соусов и специй (4 чаши);сталь нерж.,пластик;D=10,H=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03173202</t>
+  </si>
+  <si>
+    <t>RD4</t>
+  </si>
+  <si>
+    <t>21714.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо для емкости фуршетной EB582;пластик</t>
+  </si>
+  <si>
+    <t>03173503</t>
+  </si>
+  <si>
+    <t>3ME019</t>
+  </si>
+  <si>
+    <t>Комплектующие для емкостей фуршетных</t>
+  </si>
+  <si>
+    <t>18188.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной EB 582;металл;D=82мм</t>
+  </si>
+  <si>
+    <t>03173505</t>
+  </si>
+  <si>
+    <t>3DE074</t>
+  </si>
+  <si>
+    <t>Крышки для емкостей фуршетных</t>
+  </si>
+  <si>
+    <t>393.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной EB 582;пластик;D=83мм</t>
+  </si>
+  <si>
+    <t>03173506</t>
+  </si>
+  <si>
+    <t>3DE073</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Бочка»;дерево;D=11,5,H=14см;древесн.</t>
+  </si>
+  <si>
+    <t>03190501</t>
+  </si>
+  <si>
+    <t>Country Style</t>
+  </si>
+  <si>
+    <t>22069.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной;пластик;,H=53,L=310,B=250мм;прозр.</t>
+  </si>
+  <si>
+    <t>04019080</t>
+  </si>
+  <si>
+    <t>BU_TL1221</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>77532.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной;пластик;,H=53,L=515,B=310мм;прозр.</t>
+  </si>
+  <si>
+    <t>04019081</t>
+  </si>
+  <si>
+    <t>BU_TL1121</t>
+  </si>
+  <si>
+    <t>94556.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной раздвижная;акрил;,H=90,L=520/300,B=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>04019082</t>
+  </si>
+  <si>
+    <t>BU_SL002</t>
+  </si>
+  <si>
+    <t>329114.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости фуршетной 11817, 11818;поликарбонат;D=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04080710</t>
+  </si>
+  <si>
+    <t>10434.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для закусок с крышкой;стекло,сталь нерж.;1л;,H=18,L=19,B=12,5см</t>
+  </si>
+  <si>
+    <t>04081357</t>
+  </si>
+  <si>
+    <t>00637</t>
+  </si>
+  <si>
+    <t>5429.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «Мун» с ложками[3шт];пластик,дерево;50мл;D=80,H=75мм;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>04081359</t>
+  </si>
+  <si>
+    <t>Moon</t>
+  </si>
+  <si>
+    <t>31570.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «Мун» с ложками[3шт];пластик,дерево;50мл;D=80,H=75мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04081360</t>
+  </si>
+  <si>
+    <t>43552.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Мун» с откидной крышкой;пластик;0,8л;D=19,H=17,5см;серый</t>
+  </si>
+  <si>
+    <t>04081361</t>
+  </si>
+  <si>
+    <t>53284.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Мун» с откидной крышкой;пластик;0,8л;D=19,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>04081362</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке[3шт];стекло,дуб;0,5л;D=12,5,H=11,L=45,B=14,5см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>04082550</t>
+  </si>
+  <si>
+    <t>SET_GJO01</t>
+  </si>
+  <si>
+    <t>416817.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная на подставке[3шт];стекло,орех;0,5л;D=12,5,H=11,L=45,B=14,5см;прозр.,деревян.</t>
+  </si>
+  <si>
+    <t>04082551</t>
+  </si>
+  <si>
+    <t>SET_GJW01</t>
+  </si>
+  <si>
+    <t>481720.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Тост Бокс» с крышкой (4 секции);дуб;,H=16,L=36,B=33,5см;св. дерево,черный</t>
+  </si>
+  <si>
+    <t>04082556</t>
+  </si>
+  <si>
+    <t>Toast Box</t>
+  </si>
+  <si>
+    <t>145808.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная «Тост Бокс» с крышкой (4 секции);дуб;,H=16,L=36,B=33,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04082566</t>
+  </si>
+  <si>
+    <t>160391.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для хлеба выдвижной с доской для нарезки;дерево,акрил;,H=20,L=354,B=325мм;прозр.,коричнев.</t>
+  </si>
+  <si>
+    <t>04121287</t>
+  </si>
+  <si>
+    <t>00910</t>
+  </si>
+  <si>
+    <t>232456.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «Вилла» для десерта с крышкой[3шт];стекло;0,505л;D=94/118,H=261мм;прозр.</t>
+  </si>
+  <si>
+    <t>04131003</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Villa</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>7608.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная с ложкой;стекло,сталь нерж.;3,3л;D=20,H=18,L=20,B=20см;прозр.</t>
+  </si>
+  <si>
+    <t>04141422</t>
+  </si>
+  <si>
+    <t>00636</t>
+  </si>
+  <si>
+    <t>12096.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для джема с крышкой и держателем для буфетной стены;фарфор,сталь нерж.;0,6л</t>
+  </si>
+  <si>
+    <t>04141444</t>
+  </si>
+  <si>
+    <t>MCO 006 E 101</t>
+  </si>
+  <si>
+    <t>177301.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «мини» для горчицы, масла[4шт];полиэтилен;30мл;D=30,H=85мм</t>
+  </si>
+  <si>
+    <t>04141474</t>
+  </si>
+  <si>
+    <t>7577.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных «мини» для горчицы, масла[4шт];полиэтилен;50мл;D=35,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>04141475</t>
+  </si>
+  <si>
+    <t>8347.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для джема с охладительным элементом;пластик;1л;D=14,H=11,5см</t>
+  </si>
+  <si>
+    <t>04142216</t>
+  </si>
+  <si>
+    <t>45962.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для джема с крышкой и мешалкой;стекло;250мл;D=94,H=110мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142252</t>
+  </si>
+  <si>
+    <t>Trendglas</t>
+  </si>
+  <si>
+    <t>ВЕНГРИЯ</t>
+  </si>
+  <si>
+    <t>8619.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для джема[3шт];пластик,сталь нерж.;0,6л;,H=18,L=47,B=14см</t>
+  </si>
+  <si>
+    <t>04142258</t>
+  </si>
+  <si>
+    <t>ECO 018 E</t>
+  </si>
+  <si>
+    <t>404997.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных для джема[3шт];стекло,сталь нерж.;350мл;металлич.</t>
+  </si>
+  <si>
+    <t>04142290</t>
+  </si>
+  <si>
+    <t>ECO 012 E 004</t>
+  </si>
+  <si>
+    <t>154247.00₸</t>
+  </si>
+  <si>
+    <t>Емкость фуршетная для фруктов с охладительным элементом;стекло,пластик;2,5л;D=24см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>04142928</t>
+  </si>
+  <si>
+    <t>95196.00₸</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных на подставке[3шт];стекло,дерево;2л;,H=13,5,L=43,B=17см;прозр.,тем.корич.</t>
+  </si>
+  <si>
+    <t>04147102</t>
+  </si>
+  <si>
+    <t>132671.00₸</t>
+  </si>
+  <si>
+    <t>Чаша для емкости фуршетной «Топ фреш» 11817;поликарбонат;D=22,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>04147103</t>
+  </si>
+  <si>
+    <t>Top Fresh</t>
+  </si>
+  <si>
+    <t>Чаши для емкостей фуршетных</t>
+  </si>
+  <si>
+    <t>41219.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;сталь нерж.;D=97,H=137мм;металлич.</t>
+  </si>
+  <si>
+    <t>04150114</t>
+  </si>
+  <si>
+    <t>11102.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов + 4 емкости;сталь нерж.,пластик;D=10,H=20,L=26,B=30см</t>
+  </si>
+  <si>
+    <t>04150130</t>
+  </si>
+  <si>
+    <t>70329.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;полиэтилен</t>
+  </si>
+  <si>
+    <t>04150132</t>
+  </si>
+  <si>
+    <t>42585-04</t>
+  </si>
+  <si>
+    <t>10149.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=52,B=29см;серый</t>
+  </si>
+  <si>
+    <t>04150134</t>
+  </si>
+  <si>
+    <t>JW-4C</t>
+  </si>
+  <si>
+    <t>6937.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;полипроп.;D=97,H=137мм;белый</t>
+  </si>
+  <si>
+    <t>04150137</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;полипроп.;D=95,H=130мм;белый</t>
+  </si>
+  <si>
+    <t>04150138</t>
+  </si>
+  <si>
+    <t>42586-09</t>
+  </si>
+  <si>
+    <t>3381.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов «Корзина» 4 отделения;полиротанг;,H=8,L=36,B=26см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150150</t>
+  </si>
+  <si>
+    <t>5132/B-30B</t>
+  </si>
+  <si>
+    <t>15589.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Корзина»;полипроп.;D=12,H=15см</t>
+  </si>
+  <si>
+    <t>04150151</t>
+  </si>
+  <si>
+    <t>6636.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 3 отделения;полипроп.;,H=10,5,L=54,B=33см;серый</t>
+  </si>
+  <si>
+    <t>04150152</t>
+  </si>
+  <si>
+    <t>42585-06</t>
+  </si>
+  <si>
+    <t>18665.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Проотель»;сталь нерж.;D=113/80,H=140мм;металлич.</t>
+  </si>
+  <si>
+    <t>04150159</t>
+  </si>
+  <si>
+    <t>FC2</t>
+  </si>
+  <si>
+    <t>3577.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
+  </si>
+  <si>
+    <t>04150162</t>
+  </si>
+  <si>
+    <t>11035.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;полипроп.;,L=53,B=32,5см</t>
+  </si>
+  <si>
+    <t>04150166</t>
+  </si>
+  <si>
+    <t>52948.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Корзина»;полипроп.;,H=45,L=270,B=100мм;бежев.</t>
+  </si>
+  <si>
+    <t>04150169</t>
+  </si>
+  <si>
+    <t>6706.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;пластик;,H=11,5,L=32,B=14см;прозр.</t>
+  </si>
+  <si>
+    <t>04150170</t>
+  </si>
+  <si>
+    <t>TABL</t>
+  </si>
+  <si>
+    <t>3727.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;сталь нерж.;,H=85мм</t>
+  </si>
+  <si>
+    <t>04150173</t>
+  </si>
+  <si>
+    <t>020265</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>36683.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;пластик;,H=10,L=54,B=33см;серый</t>
+  </si>
+  <si>
+    <t>04150183</t>
+  </si>
+  <si>
+    <t>4269.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;керамика;,H=38,L=192,B=100мм</t>
+  </si>
+  <si>
+    <t>04150190</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Revolution 2</t>
+  </si>
+  <si>
+    <t>24402.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дерево;,H=11,L=53,B=32,5см</t>
+  </si>
+  <si>
+    <t>04150208</t>
+  </si>
+  <si>
+    <t>235228.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;дуб;,H=12,L=12,B=12см;черный</t>
+  </si>
+  <si>
+    <t>04150217</t>
+  </si>
+  <si>
+    <t>Q824S-00B</t>
+  </si>
+  <si>
+    <t>13899.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;дуб;,H=12,L=12,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150218</t>
+  </si>
+  <si>
+    <t>Q824O-00N</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>04150220</t>
+  </si>
+  <si>
+    <t>JW-4C grey</t>
+  </si>
+  <si>
+    <t>7889.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Набор емкостей фуршетных на подставке[3шт];стекло,дерево;2л;,H=13,5,L=43,B=17см;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04150638</t>
+  </si>
+  <si>
+    <t>124494.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;полиэтилен;,H=11,4,L=11,B=11см;белый</t>
+  </si>
+  <si>
+    <t>04150802</t>
+  </si>
+  <si>
+    <t>4605.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;полипроп.;,H=45,L=270,B=100мм;черный</t>
+  </si>
+  <si>
+    <t>04150803</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Корзина»;полипроп.;,H=15,L=26,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04150821</t>
+  </si>
+  <si>
+    <t>Economic</t>
+  </si>
+  <si>
+    <t>20664.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;пластик;1,3л;D=13,H=15см;черный</t>
+  </si>
+  <si>
+    <t>04150830</t>
+  </si>
+  <si>
+    <t>00020</t>
+  </si>
+  <si>
+    <t>8286.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;сталь нерж.;D=10,H=10см</t>
+  </si>
+  <si>
+    <t>04150833</t>
+  </si>
+  <si>
+    <t>9345.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дуб;,H=12,L=25,B=13,3см;охра</t>
+  </si>
+  <si>
+    <t>04150845</t>
+  </si>
+  <si>
+    <t>Q805O-08N</t>
+  </si>
+  <si>
+    <t>20290.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дуб;,H=12,L=25,B=13,3см;черный</t>
+  </si>
+  <si>
+    <t>04150853</t>
+  </si>
+  <si>
+    <t>Q805P-08B</t>
+  </si>
+  <si>
+    <t>22330.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дерево,полипроп.;,H=12,L=57,5,B=37см</t>
+  </si>
+  <si>
+    <t>04150868</t>
+  </si>
+  <si>
+    <t>Bridge</t>
+  </si>
+  <si>
+    <t>118265.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;пластик,сталь нерж.;D=10,H=15,L=27,B=27см;черный,коричн</t>
+  </si>
+  <si>
+    <t>04150875</t>
+  </si>
+  <si>
+    <t>112074.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;сталь нерж.;D=11,5,H=13,2см</t>
+  </si>
+  <si>
+    <t>04150879</t>
+  </si>
+  <si>
+    <t>535016-10</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>6965.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;черный</t>
+  </si>
+  <si>
+    <t>04150881</t>
+  </si>
+  <si>
+    <t>V832S-08B</t>
+  </si>
+  <si>
+    <t>13629.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;черный</t>
+  </si>
+  <si>
+    <t>04150882</t>
+  </si>
+  <si>
+    <t>V827S-08B</t>
+  </si>
+  <si>
+    <t>18604.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150884</t>
+  </si>
+  <si>
+    <t>V827S-08O</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Емкость фуршетная для джема с охладительным элементом;пластик,сталь;0,6л;D=14,H=9см;прозр.,металлич.</t>
-[...1181 lines deleted...]
-    <t>18604.00₸</t>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150885</t>
+  </si>
+  <si>
+    <t>V833S-08O</t>
+  </si>
+  <si>
+    <t>15793.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150886</t>
+  </si>
+  <si>
+    <t>110734.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;акация;,H=13,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150887</t>
+  </si>
+  <si>
+    <t>75676.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для чайных пакетиков со съемными секциями;дуб;,H=80,L=466,B=444мм</t>
+  </si>
+  <si>
+    <t>04150891</t>
+  </si>
+  <si>
+    <t>Q836O-00N</t>
+  </si>
+  <si>
+    <t>109340.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;серый</t>
+  </si>
+  <si>
+    <t>04150892</t>
+  </si>
+  <si>
+    <t>99076.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;дуб;,H=14,L=31,B=18,5см</t>
+  </si>
+  <si>
+    <t>04150894</t>
+  </si>
+  <si>
+    <t>Q827F-08N</t>
+  </si>
+  <si>
+    <t>32933.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дуб;,H=14,8,L=15,B=15см</t>
+  </si>
+  <si>
+    <t>04150895</t>
+  </si>
+  <si>
+    <t>Q838O-00N</t>
+  </si>
+  <si>
+    <t>21653.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;коричнев.</t>
-[...85 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;черный</t>
   </si>
   <si>
     <t>04150902</t>
   </si>
   <si>
     <t>12644.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Органайзер для столовых приборов 3 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
   </si>
   <si>
     <t>04150903</t>
   </si>
   <si>
-    <t>15 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для столовых приборов «Буфет» + 5 емкостей;пластик;,H=10,L=31,B=7см;черный</t>
   </si>
   <si>
     <t>04151308</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>30477.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов и салфеток с солонкой и перечницей (5 отделений);дуб;,H=10,6,L=23,B</t>
   </si>
   <si>
     <t>04151317</t>
   </si>
   <si>
     <t>Q844O-00N</t>
   </si>
   <si>
     <t>35066.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов с секцией для салфеток;бук;,H=50,L=305,B=125мм;деревян.</t>
@@ -1469,62 +1460,68 @@
   <si>
     <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;тем.корич.,синий</t>
   </si>
   <si>
     <t>04151362</t>
   </si>
   <si>
     <t>LPHO019NB681100</t>
   </si>
   <si>
     <t>4928.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;дуб;,H=4,L=26,B=11см;деревян.</t>
   </si>
   <si>
     <t>04151363</t>
   </si>
   <si>
     <t>Q850O-00N</t>
   </si>
   <si>
     <t>25156.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
     <t>Органайзер для столовых приборов с салфетницей, солонкой и перечницей;,H=12,5,L=17,B=14,5см</t>
   </si>
   <si>
     <t>04151367</t>
   </si>
   <si>
     <t>F852O-00N</t>
   </si>
   <si>
     <t>27297.00₸</t>
   </si>
   <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
     <t>Подставка для столовых приборов;сталь нерж.;D=13,H=16,5см;черный</t>
   </si>
   <si>
     <t>04151378</t>
   </si>
   <si>
     <t>29753.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Дарт»;металл;D=12,H=25см;черный</t>
   </si>
   <si>
     <t>04151379</t>
   </si>
   <si>
     <t>Dart</t>
   </si>
   <si>
     <t>20829.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения</t>
   </si>
   <si>
     <t>09100289</t>
@@ -1638,50 +1635,62 @@
     <t>04151375</t>
   </si>
   <si>
     <t>V853S-00W</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков;дуб;,H=80,L=272,B=272мм;черный</t>
   </si>
   <si>
     <t>02124272</t>
   </si>
   <si>
     <t>Q854L-00B</t>
   </si>
   <si>
     <t>45592.00₸</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков 12 отделений;дерево,акрил;,H=9,L=31,B=28см;коричнев.,прозр.</t>
   </si>
   <si>
     <t>02124286</t>
   </si>
   <si>
     <t>25564.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Элемент»;бетон,силикон;,H=14,5,L=13,B=13см;серый</t>
+  </si>
+  <si>
+    <t>04150896</t>
+  </si>
+  <si>
+    <t>Element</t>
+  </si>
+  <si>
+    <t>15652.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1696,51 +1705,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B760A-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B7558-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F344-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F3E4-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33995C7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3399347-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33993E7-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDBE-814B-11E9-BBBA-005056921CC48.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D14FA5D-814B-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2F-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C16E5326-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C159685-D795-11ED-BC05-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C15976D-D795-11ED-BC05-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85F7D-3484-11EF-BC57-00505692E04914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD139-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D2D69BF-F150-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710456-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710458-424F-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02FDD7A-F150-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE3-F150-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE4-F150-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243418-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2326-21B6-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4512DA3-4768-11EA-BBCE-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19D5B950-21B6-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2478-21B6-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0481-925D-11EB-BBEF-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0480-925D-11EB-BBEF-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C924-424D-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4C317F-8146-11E9-BBBA-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081770-424D-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16AA74-21B9-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD8729A-764E-11EC-BBF7-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC180-9817-11EE-BC35-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC0CE-9817-11EE-BC35-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBEC-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A74902C-4253-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770ED0-4253-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50CACE95-21C0-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF7AB-E44E-11ED-BC09-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06934245-E5B5-11ED-BC09-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06934309-E5B5-11ED-BC09-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F55F-424F-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A712961-21C5-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78943-1A7B-11ED-BBFC-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78942-1A7B-11ED-BBFC-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71239D-21C5-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146276EC-21C5-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D975-F4B0-11ED-BC09-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D88D-F4B0-11ED-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D0E3-FFCC-11ED-BC09-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F909-6C00-11EE-BC0F-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96AF3-21C8-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C7-0510-11EC-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7A43-21C8-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D0-4252-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4B-4254-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2557-4254-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC66EE-21C8-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307456-4251-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FE-4251-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC664E-21C8-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F507C-3FDF-11F0-BC59-00505692E04963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAF2A749-1A7B-11ED-BBFC-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DAF7A-2224-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3972-2223-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B93A4-2224-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC84C-0683-11ED-BBFC-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8A-424D-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B6-424E-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54F40-2223-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBE74-2224-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0C-696D-11EC-BBF7-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC151-2224-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C517-1A7C-11ED-BBFC-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2ABAEF-2224-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB942-2224-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01B-4250-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB26A-2224-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B8-4250-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF490F7C-E63A-11EF-BC4E-00505692C44781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2963-4254-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8D66-2223-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8E06-2223-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C41-F13D-11EC-BBFA-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F512E-3FDF-11F0-BC59-00505692E04986.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BE8F4-CF50-11EF-BC46-0050569297EB87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354160-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB9F4-2224-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBF80-2224-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9297-2224-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6924-4254-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808300-814A-11E9-BBBA-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF419-F161-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC53B4-2224-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC5BA-2224-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF014-696C-11EC-BBF7-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC570A-2224-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9048-2224-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8EBE-2224-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC52CF-2224-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8F5E-2224-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC5463-2224-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC554C-2224-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BBB8-6C00-11EE-BC0F-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BCD6-6C00-11EE-BC0F-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC9B816-C099-11EC-BBFA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5E378-2223-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C57E52-B85F-11ED-BC05-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1526-CF50-11EF-BC46-0050569297EB110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C7A4-053D-11EE-BC09-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C702-053D-11EE-BC09-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD2BC-524D-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9A03-8796-11EE-BC13-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366840-3212-11EF-BC4C-00505692C447115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3668E0-3212-11EF-BC4C-00505692C447116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C649-2230-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070F12-2230-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68C-3126-11EC-BBF4-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88F-3126-11EC-BBF4-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A70-424E-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310459-3126-11EC-BBF4-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B5E-424E-11E8-A155-00259035BB67123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF26C-2935-11F0-BC54-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E97A8489-FC6E-11EF-BC53-00505692E2D0125.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B760A-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B7558-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F344-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D996F3E4-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33995C7-20D0-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3399347-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33993E7-20D0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6078BDBE-814B-11E9-BBBA-005056921CC48.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D14FA5D-814B-11E9-BBBA-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8403B2F-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C16E5326-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C159685-D795-11ED-BC05-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C15976D-D795-11ED-BC05-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85F7D-3484-11EF-BC57-00505692E04914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD139-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D2D69BF-F150-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710456-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75710458-424F-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02FDD7A-F150-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE3-F150-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83555CE4-F150-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2326-21B6-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4512DA3-4768-11EA-BBCE-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19D5B950-21B6-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FCE2478-21B6-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0481-925D-11EB-BBEF-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BDE0480-925D-11EB-BBEF-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C924-424D-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA4C317F-8146-11E9-BBBA-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65081770-424D-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16AA74-21B9-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD8729A-764E-11EC-BBF7-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC180-9817-11EE-BC35-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881EC0CE-9817-11EE-BC35-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667BBEC-4253-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A74902C-4253-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770ED0-4253-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50CACE95-21C0-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF7AB-E44E-11ED-BC09-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06934245-E5B5-11ED-BC09-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06934309-E5B5-11ED-BC09-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F55F-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A712961-21C5-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78943-1A7B-11ED-BBFC-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FBB78942-1A7B-11ED-BBFC-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71239D-21C5-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146276EC-21C5-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D975-F4B0-11ED-BC09-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81D6D88D-F4B0-11ED-BC09-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78F6D0E3-FFCC-11ED-BC09-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5506F909-6C00-11EE-BC0F-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96AF3-21C8-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9EF64C7-0510-11EC-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7A43-21C8-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35D0-4252-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4B-4254-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2557-4254-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC66EE-21C8-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307456-4251-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C84FE-4251-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC664E-21C8-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F507C-3FDF-11F0-BC59-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAF2A749-1A7B-11ED-BBFC-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DAF7A-2224-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3972-2223-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B93A4-2224-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC84C-0683-11ED-BBFC-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD8A-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299B6-424E-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54F40-2223-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBE74-2224-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0C-696D-11EC-BBF7-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC151-2224-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C517-1A7C-11ED-BBFC-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2ABAEF-2224-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB942-2224-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA01B-4250-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB26A-2224-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1B8-4250-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF490F7C-E63A-11EF-BC4E-00505692C44780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A2963-4254-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8D66-2223-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D8E06-2223-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C41-F13D-11EC-BBFA-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738F512E-3FDF-11F0-BC59-00505692E04985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E5BE8F4-CF50-11EF-BC46-0050569297EB86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354160-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB9F4-2224-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DBF80-2224-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9297-2224-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A6924-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808300-814A-11E9-BBBA-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF419-F161-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC53B4-2224-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC5BA-2224-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF014-696C-11EC-BBF7-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC570A-2224-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B9048-2224-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8EBE-2224-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC52CF-2224-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964B8F5E-2224-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC5463-2224-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BEC554C-2224-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BBB8-6C00-11EE-BC0F-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4865BCD6-6C00-11EE-BC0F-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CC9B816-C099-11EC-BBFA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5E378-2223-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9C57E52-B85F-11ED-BC05-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E1526-CF50-11EF-BC46-0050569297EB109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C7A4-053D-11EE-BC09-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C702-053D-11EE-BC09-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD2BC-524D-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9A03-8796-11EE-BC13-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366840-3212-11EF-BC4C-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3668E0-3212-11EF-BC4C-00505692C447115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C649-2230-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070F12-2230-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68C-3126-11EC-BBF4-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD88F-3126-11EC-BBF4-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A70-424E-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310459-3126-11EC-BBF4-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B5E-424E-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF26C-2935-11F0-BC54-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E97A8489-FC6E-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D7660D-C7F0-11F0-BC5A-00505692E2D0125.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3445,51 +3454,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4555,51 +4564,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4615,51 +4624,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5365,51 +5374,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5740,51 +5749,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-frukt-salats-ohlazhdelem-aps-02120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlelement-aps-02120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketchaya-kesper-02120913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-paderno-02120919/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-aps-02120920/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-4-otdeleniya-aps-02120959/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-paketikov-chaya-4-otdeleniya-ppwood-02120960/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-02122301/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-glubokaya-serax-02122953/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korobka-dlya-chaynyh-paketikov-aps-02124218/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korobka-dlya-chaynyh-paketikov-aps-02124219/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-pintinox-02124269/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnikpodstavka-aps-03030738/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-ohlazhdelementom-frilich-03031297/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031503/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031505/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-salatnikov-na-podstavke-s-kryshkoy-aps-03031506/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031509/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031510/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-kryshna-podstavke-aps-03031532/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033201/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033202/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-ovalnaya-aps-03033504/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochonok-d-vykladki-dalebrook-03034501/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034502/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034503/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080245/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080249/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080253/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolovyh-priborov-pordamsa-03113283/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-priborov-pordamsa-03171859/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173201/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173202/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-adapter-d-arteb582-frilich-03173503/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-emkosti-arteb-582-frilich-03173505/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-emkosti-arteb-582-frilich-03173506/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodstavka-d-stolpriborov-aps-03190501/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019080/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019081/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019082/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkostey-furshetnyh-aps-04080710/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-kryshkoy-aps-04081357/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081359/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081360/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081361/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081362/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082550/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082551/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082556/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082566/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-vydvizhnoy-dlya-hleba-s-doskoy-dlya-narezki-aps-04121287/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-dlya-deserta-pasabahce-04131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-lozhkoy-aps-04141422/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-kri-derzhd-bufsteny-frilich-04141444/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141475/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-04142216/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-trendglas-04142252/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142258/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142290/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlel-tom-aps-04142928/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-na-podstavke-aps-04147102/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-dlya-emkosti-furshetnoy-aps-04147103/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka4-emkosti-d-stolovyh-priborov-aps-04150130/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150134/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-prohotel-04150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150151/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-paderno-04150152/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-prohotel-04150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-aps-04150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-04150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-tabl-04150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-lozhek-matfer-04150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-aps-04150183/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-revol-04150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolpriborov-4otd-aps-04150208/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150217/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150218/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150220/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04150638/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-matfer-04150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150830/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150833/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolovpriborov-4-sekcii-ppwood-04150845/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-ppwood-04150853/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-cvet-venge-aps-04150868/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150875/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-linden-04150879/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150881/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150882/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150884/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150885/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150886/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-aps-04150887/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-chaynyh-paketikov-so-semnymi-sekciyami-ppwood-04150891/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150892/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04150894/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-4-sekcii-ppwood-04150895/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150902/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150903/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-priborov-5-stakanov-pintinox-04151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151317/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151324/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151361/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151378/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151379/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-matfer-09100289/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-09100528/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-dlya-emkosti-furshetnoy-aps-09100529/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-dzhema-aps-09100530/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-09100532/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-emkosti-furshetnoy-aps-09100572/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkostey-furshetnyh-aps-09100692/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-ppwood-04151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151374/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151375/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-chaynyh-paketikov-ppwood-02124272/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-chaynyh-paketikov-aps-02124286/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-frukt-salats-ohlazhdelem-aps-02120427/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlelement-aps-02120428/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120447/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-02120455/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketchaya-kesper-02120913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-paderno-02120919/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-aps-02120920/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-4-otdeleniya-aps-02120959/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-paketikov-chaya-4-otdeleniya-ppwood-02120960/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-02122301/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-glubokaya-serax-02122953/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korobka-dlya-chaynyh-paketikov-aps-02124218/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korobka-dlya-chaynyh-paketikov-aps-02124219/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-pintinox-02124269/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnikpodstavka-aps-03030738/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-s-ohlazhdelementom-frilich-03031297/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031503/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031505/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-salatnikov-na-podstavke-s-kryshkoy-aps-03031506/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031509/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salatnik-na-podstavke-aps-03031510/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033201/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-bormioli-rocco-03033202/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-podachi-ovalnaya-aps-03033504/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bochonok-d-vykladki-dalebrook-03034501/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034502/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-emkosti-dalebrook-03034503/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080245/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080249/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-lux-03080253/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolovyh-priborov-pordamsa-03113283/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-priborov-pordamsa-03171859/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173201/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-furshetnyy-d-sousov-i-speciy-prohotel-03173202/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-adapter-d-arteb582-frilich-03173503/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-emkosti-arteb-582-frilich-03173505/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-emkosti-arteb-582-frilich-03173506/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodstavka-d-stolpriborov-aps-03190501/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019080/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019081/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkosti-furshetnoy-craster-04019082/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkostey-furshetnyh-aps-04080710/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zakusok-s-kryshkoy-aps-04081357/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081359/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04081360/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081361/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04081362/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082550/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-craster-04082551/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082556/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-aps-04082566/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-vydvizhnoy-dlya-hleba-s-doskoy-dlya-narezki-aps-04121287/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-dlya-deserta-pasabahce-04131003/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-lozhkoy-aps-04141422/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-kri-derzhd-bufsteny-frilich-04141444/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141474/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mini-d-gorchicy-masla-i-td-aps-04141475/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-04142216/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-furshetnaya-trendglas-04142252/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142258/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-d-dzhema-frilich-04142290/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-fruktsalata-s-ohlel-tom-aps-04142928/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-na-podstavke-aps-04147102/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-dlya-emkosti-furshetnoy-aps-04147103/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150114/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka4-emkosti-d-stolovyh-priborov-aps-04150130/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150132/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150134/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-aps-04150137/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-paderno-04150138/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-prohotel-04150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150151/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-paderno-04150152/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-prohotel-04150159/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-aps-04150162/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-04150166/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150169/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-tabl-04150170/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-lozhek-matfer-04150173/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-aps-04150183/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-revol-04150190/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolpriborov-4otd-aps-04150208/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150217/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-stolov-priborov-ppwood-04150218/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4-otdeleniya-prohotel-04150220/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-furshetnyh-aps-04150638/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-matfer-04150802/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovyh-priborov-aps-04150821/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150830/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-aps-04150833/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolovpriborov-4-sekcii-ppwood-04150845/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-ppwood-04150853/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-4-sekcii-cvet-venge-aps-04150868/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150875/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-stolovyh-priborov-linden-04150879/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150881/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150882/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150884/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-d-stolov-priborov-ppwood-04150885/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150886/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-aps-04150887/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-chaynyh-paketikov-so-semnymi-sekciyami-ppwood-04150891/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-hraneniya-stolovyh-priborov-s-kryshkoy-aps-04150892/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04150894/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-4-sekcii-ppwood-04150895/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150902/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-aps-04150903/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-priborov-5-stakanov-pintinox-04151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151317/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151324/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151350/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151361/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-le-coq-04151362/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-ppwood-04151363/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151367/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151378/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04151379/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-stolovyh-priborov-4otdeleniya-matfer-09100289/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-stolovpriborov-aps-09100528/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-dlya-emkosti-furshetnoy-aps-09100529/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-d-dzhema-aps-09100530/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dzhema-s-ohlazhdayuschim-elementom-aps-09100532/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-emkosti-furshetnoy-aps-09100572/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-emkostey-furshetnyh-aps-09100692/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-ppwood-04151364/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151380/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151374/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151382/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-stolovyh-priborov-ppwood-04151375/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-chaynyh-paketikov-ppwood-02124272/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-dlya-chaynyh-paketikov-aps-02124286/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-stolovyh-priborov-aps-04150896/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I134" sqref="I134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -6024,275 +6033,275 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="0">
         <v>11563</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="0">
         <v>11574</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>11997</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D13" s="0">
         <v>11575</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D14" s="0">
         <v>11576</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D15" s="0">
         <v>55014400</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D16" s="0">
         <v>12915</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
@@ -6312,51 +6321,51 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="0">
         <v>12910</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
@@ -6486,3613 +6495,3613 @@
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>91</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D23" s="0">
-        <v>14926</v>
+      <c r="D23" s="0" t="s">
+        <v>102</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F23" s="0"/>
+        <v>103</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>104</v>
+      </c>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="L23" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="F24" s="0" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>113</v>
+      </c>
+      <c r="D25" s="0">
+        <v>83499</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="L25" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>83499</v>
+        <v>117</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>14</v>
+        <v>119</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="F29" s="0"/>
+        <v>133</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>134</v>
+      </c>
       <c r="G29" s="0" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L29" s="0"/>
+      <c r="L29" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L32" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C33" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="0" t="s">
+      <c r="F33" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="G33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="F33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H33" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L33" s="0"/>
+        <v>106</v>
+      </c>
+      <c r="L33" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="L34" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>162</v>
+        <v>83</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="D39" s="0">
+        <v>11931</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="E39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>178</v>
+        <v>59</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="L39" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>11931</v>
+        <v>186</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>187</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>193</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>196</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>197</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="D43" s="0" t="s">
-        <v>200</v>
+      <c r="D43" s="0">
+        <v>11878</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>192</v>
+        <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>11878</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>178</v>
+        <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>204</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L44" s="0"/>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="D45" s="0" t="s">
-        <v>207</v>
+      <c r="D45" s="0">
+        <v>85080</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F45" s="0"/>
+      <c r="F45" s="0" t="s">
+        <v>207</v>
+      </c>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>208</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D46" s="0">
-        <v>85080</v>
+        <v>85081</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="0">
-        <v>85081</v>
+        <v>85082</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="L47" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="0">
-        <v>85082</v>
+        <v>85083</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="L48" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>222</v>
+        <v>26</v>
       </c>
       <c r="L49" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>11713</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L51" s="0"/>
+        <v>18</v>
+      </c>
+      <c r="L51" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="0">
-        <v>11713</v>
+        <v>11714</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>18</v>
+        <v>233</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>11714</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="D54" s="0">
+        <v>96815</v>
+      </c>
+      <c r="E54" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="0"/>
+      <c r="F54" s="0" t="s">
+        <v>241</v>
+      </c>
       <c r="G54" s="0" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>96815</v>
+        <v>245</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>246</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>246</v>
+        <v>58</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>26</v>
+        <v>177</v>
       </c>
       <c r="L55" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="D57" s="0" t="s">
-        <v>254</v>
+      <c r="D57" s="0">
+        <v>93225</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L57" s="0"/>
+        <v>111</v>
+      </c>
+      <c r="L57" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="0">
-        <v>93225</v>
+        <v>93226</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L58" s="0">
-        <v>1</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="0">
-        <v>93226</v>
+        <v>11813</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="L59" s="0"/>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="80">
+      <c r="B60" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="L59" s="0">
-[...5 lines deleted...]
-      <c r="B60" s="0" t="s">
+      <c r="D60" s="0">
+        <v>300500</v>
+      </c>
+      <c r="E60" s="0" t="s">
         <v>263</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>15</v>
+        <v>264</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
+      <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="D61" s="0">
-        <v>300500</v>
+      <c r="D61" s="0" t="s">
+        <v>268</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>268</v>
+        <v>83</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>269</v>
+        <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L61" s="0"/>
+      <c r="L61" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="D63" s="0">
+        <v>11845</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D64" s="0">
-        <v>11845</v>
+        <v>14965</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D65" s="0">
-        <v>14965</v>
+        <v>11846</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F65" s="0"/>
+      <c r="F65" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>16</v>
+        <v>283</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>284</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>219</v>
+        <v>55</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D66" s="0">
-        <v>11846</v>
+        <v>11999</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F66" s="0" t="s">
+      <c r="F66" s="0"/>
+      <c r="G66" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>287</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>290</v>
+        <v>111</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D67" s="0">
-        <v>11999</v>
+        <v>11994</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>290</v>
+        <v>26</v>
       </c>
       <c r="L67" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>11994</v>
+        <v>292</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>293</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="0">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>37</v>
+        <v>159</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>300</v>
+      </c>
+      <c r="D70" s="0">
+        <v>11998</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L70" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>11998</v>
+        <v>303</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>304</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="L71" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>37</v>
+        <v>159</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="L72" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>311</v>
+      </c>
+      <c r="D73" s="0">
+        <v>40130</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>158</v>
+        <v>106</v>
       </c>
       <c r="L73" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>40130</v>
+        <v>314</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>315</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="L74" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>37</v>
+        <v>159</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>38</v>
+        <v>160</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="L75" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...3 lines deleted...]
-        <v>325</v>
+      <c r="D76" s="0">
+        <v>11955</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>327</v>
+        <v>111</v>
       </c>
       <c r="L76" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D77" s="0">
-        <v>11955</v>
+        <v>11966</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>22</v>
+        <v>328</v>
       </c>
       <c r="L77" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D78" s="0">
-        <v>11966</v>
+        <v>40131</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>109</v>
+        <v>321</v>
       </c>
       <c r="L78" s="0">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D79" s="0"/>
+      <c r="E79" s="0" t="s">
         <v>334</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="L79" s="0">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="D80" s="0"/>
+      <c r="D80" s="0" t="s">
+        <v>339</v>
+      </c>
       <c r="E80" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>52</v>
+        <v>341</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>341</v>
+        <v>26</v>
       </c>
       <c r="L80" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="D81" s="0" t="s">
         <v>344</v>
       </c>
+      <c r="D81" s="0">
+        <v>11957</v>
+      </c>
       <c r="E81" s="0" t="s">
-        <v>345</v>
+        <v>14</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>346</v>
+        <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L81" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D82" s="0">
+        <v>644293</v>
+      </c>
+      <c r="E82" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="F82" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="D82" s="0">
-[...5 lines deleted...]
-      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>350</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L82" s="0"/>
+        <v>45</v>
+      </c>
+      <c r="L82" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>351</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>352</v>
       </c>
       <c r="D83" s="0">
-        <v>644293</v>
+        <v>14956</v>
       </c>
       <c r="E83" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="0"/>
+      <c r="G83" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>353</v>
-      </c>
-[...10 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="L83" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L84" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="D85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L85" s="0"/>
+      <c r="L85" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="0" t="s">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>26</v>
+        <v>365</v>
       </c>
       <c r="L86" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>301</v>
+        <v>366</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="D87" s="0" t="s">
-        <v>368</v>
+      <c r="D87" s="0">
+        <v>13965</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>370</v>
+        <v>26</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="D88" s="0">
-        <v>13965</v>
+        <v>817010</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>14</v>
+        <v>340</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D89" s="0">
-        <v>817010</v>
+        <v>40009</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>345</v>
+        <v>14</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>346</v>
+        <v>58</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>376</v>
+        <v>312</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="L89" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D90" s="0">
-        <v>40009</v>
+        <v>40182</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F90" s="0"/>
+      <c r="F90" s="0" t="s">
+        <v>376</v>
+      </c>
       <c r="G90" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>318</v>
+        <v>377</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>327</v>
+        <v>26</v>
       </c>
       <c r="L90" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>40182</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F91" s="0" t="s">
+      <c r="F91" s="0"/>
+      <c r="G91" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>381</v>
-      </c>
-[...7 lines deleted...]
-        <v>382</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L91" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...3 lines deleted...]
-        <v>385</v>
+      <c r="D92" s="0">
+        <v>11921</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L92" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>26</v>
+        <v>389</v>
       </c>
       <c r="L93" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>391</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>392</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>393</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>262</v>
+        <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>394</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="D95" s="0" t="s">
+      <c r="D95" s="0">
+        <v>14995</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="E95" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>397</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>399</v>
       </c>
       <c r="D96" s="0">
-        <v>14995</v>
+        <v>93321</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>403</v>
       </c>
-      <c r="D97" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>14</v>
+        <v>404</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>15</v>
+        <v>160</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L97" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
-      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>408</v>
+        <v>52</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>163</v>
+        <v>53</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
+      <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>411</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>412</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L99" s="0"/>
+        <v>414</v>
+      </c>
+      <c r="L99" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="L100" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
-      <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
+      <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="D102" s="0" t="s">
         <v>425</v>
       </c>
+      <c r="D102" s="0">
+        <v>11949</v>
+      </c>
       <c r="E102" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>426</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L102" s="0"/>
+      <c r="L102" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>428</v>
       </c>
       <c r="D103" s="0">
-        <v>11949</v>
+        <v>11952</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="D104" s="0">
-        <v>11952</v>
+      <c r="D104" s="0" t="s">
+        <v>432</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="D105" s="0" t="s">
         <v>435</v>
       </c>
+      <c r="D105" s="0">
+        <v>11948</v>
+      </c>
       <c r="E105" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>436</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="L105" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>437</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="D106" s="0">
-        <v>11948</v>
+      <c r="D106" s="0" t="s">
+        <v>439</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>26</v>
+        <v>441</v>
       </c>
       <c r="L106" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>219</v>
+        <v>446</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>448</v>
+      </c>
+      <c r="D108" s="0">
+        <v>11954</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="L108" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D109" s="0">
-        <v>11954</v>
+        <v>11960</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>453</v>
       </c>
       <c r="D110" s="0">
-        <v>11960</v>
+        <v>51273901</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F110" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>454</v>
+      </c>
       <c r="G110" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>454</v>
+        <v>26</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>51273901</v>
+        <v>457</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>458</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>26</v>
+        <v>171</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>466</v>
+        <v>440</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L113" s="0"/>
+      <c r="L113" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>468</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>469</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="F114" s="0"/>
+        <v>470</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>471</v>
+      </c>
       <c r="G114" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="E115" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="F115" s="0" t="s">
         <v>471</v>
-      </c>
-[...7 lines deleted...]
-        <v>474</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
       <c r="L115" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>109</v>
+        <v>481</v>
       </c>
       <c r="L116" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>76</v>
+        <v>486</v>
       </c>
       <c r="L117" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>488</v>
+      </c>
+      <c r="D118" s="0">
+        <v>11748</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D119" s="0">
-        <v>11748</v>
+        <v>11755</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F119" s="0"/>
+      <c r="F119" s="0" t="s">
+        <v>492</v>
+      </c>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D120" s="0">
-        <v>11755</v>
+        <v>510601</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L120" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D121" s="0">
-        <v>510601</v>
+        <v>11965</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>345</v>
+        <v>14</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>346</v>
+        <v>58</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L121" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="L121" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D122" s="0">
-        <v>11965</v>
+        <v>11848</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F122" s="0"/>
+      <c r="F122" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G122" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>58</v>
+        <v>283</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="L122" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D123" s="0">
-        <v>11848</v>
+        <v>11811</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F123" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>288</v>
+        <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D124" s="0">
-        <v>11811</v>
+        <v>11815</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-        <v>11815</v>
+        <v>510</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>511</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F125" s="0"/>
+      <c r="F125" s="0" t="s">
+        <v>282</v>
+      </c>
       <c r="G125" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>109</v>
+        <v>171</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>514</v>
+      </c>
+      <c r="D126" s="0">
+        <v>11868</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F126" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>174</v>
+        <v>516</v>
       </c>
       <c r="L126" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
-      <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>11868</v>
+        <v>518</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>519</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>178</v>
+        <v>59</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="B128" s="0" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="B129" s="0" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L129" s="0"/>
+      <c r="L129" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="B130" s="0" t="s">
-        <v>525</v>
+        <v>460</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>528</v>
+        <v>463</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L130" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
-        <v>463</v>
+        <v>530</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>466</v>
+        <v>527</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L131" s="0"/>
+      <c r="L131" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
+      <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L132" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>538</v>
+      </c>
+      <c r="D133" s="0">
+        <v>11776</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="L133" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D134" s="0">
-        <v>11776</v>
+        <v>11750</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F134" s="0"/>
+      <c r="F134" s="0" t="s">
+        <v>542</v>
+      </c>
       <c r="G134" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L134" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>